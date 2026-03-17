--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -341,95 +341,95 @@
   <x:si>
     <x:t>Banque assurance</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Saint Vincent de Paul - Formations des Apprentis</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Lycée Marie-France - Cfa Marie-France</x:t>
   </x:si>
   <x:si>
     <x:t>LMF</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
+    <x:t>07/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/15/2027 00:00:00</x:t>
+    <x:t>Consultant financier et patrimonial spécialisation manager en patrimoine immobilier financier (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sciences-U Lyon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager des actifs et patrimoines immobiliers spécialisation manager en promotion immobilières (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion patrimoine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Négociateur-conseil en patrimoine immobilier et financier spécialisation conseiller en investissement immobilier (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Sciences-U Lyon</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Commercialisation immobilière</x:t>
   </x:si>
   <x:si>
-    <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>09/14/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des actifs et patrimoines immobiliers spécialisation manager d'actifs immobiliers (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Immobilier</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller clientèle des particuliers en banque et assurance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Sully</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
@@ -443,60 +443,60 @@
   <x:si>
     <x:t>Lycée Professionnel Charles Péguy</x:t>
   </x:si>
   <x:si>
     <x:t>Expert conseil en gestion de patrimoine (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Liberté Formation - Iscae</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Expert conseil en gestion de patrimoine (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor européen gestion de patrimoine assurance banque</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>INEAD-ESMAC</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2024 00:00:00</x:t>
   </x:si>
@@ -2164,164 +2164,164 @@
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>568266</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
-        <x:v>40193</x:v>
+        <x:v>35919</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
-        <x:v>34076</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>609173</x:v>
+        <x:v>498934</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>35919</x:v>
+        <x:v>40193</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>41003</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>498934</x:v>
+        <x:v>609173</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>40253</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
@@ -2448,54 +2448,54 @@
       <x:c r="K18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>583406</x:v>
+        <x:v>607793</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>40253</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
@@ -2508,580 +2508,580 @@
       <x:c r="K19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>607793</x:v>
+        <x:v>583406</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>40174</x:v>
+        <x:v>35077</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>42158</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="P20" s="14" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>589698</x:v>
+        <x:v>534946</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="U20" s="16" t="s">
         <x:v>98</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>35077</x:v>
+        <x:v>35438</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>41003</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>534946</x:v>
+        <x:v>550759</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>35438</x:v>
+        <x:v>40174</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>41014</x:v>
+        <x:v>42158</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>550759</x:v>
+        <x:v>589700</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>40174</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>42158</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="P23" s="0" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>589700</x:v>
+        <x:v>589698</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="U23" s="4" t="s">
         <x:v>98</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>35438</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>534960</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>35438</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>550757</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>36382</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>42154</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>534977</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>35438</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>534963</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>35077</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>550742</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>35538</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -3194,51 +3194,51 @@
       <x:c r="E31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>496196</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
@@ -3253,182 +3253,183 @@
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>560012</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>36074</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
+      <x:c r="E33" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>495679</x:v>
+        <x:v>598954</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>36074</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
-      <x:c r="E34" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>598954</x:v>
+        <x:v>495679</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>132</x:v>
@@ -3534,51 +3535,51 @@
       <x:c r="G37" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>42158</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>574093</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
@@ -3589,74 +3590,74 @@
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>562924</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>29</x:v>
@@ -3664,51 +3665,51 @@
       <x:c r="M39" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>556962</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
@@ -3723,56 +3724,56 @@
       <x:c r="M40" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>556966</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>29</x:v>
@@ -3839,51 +3840,51 @@
       <x:c r="M42" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>608096</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
@@ -3899,56 +3900,56 @@
       <x:c r="M43" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>549286</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -3958,51 +3959,51 @@
       <x:c r="M44" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>608095</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>35538</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
@@ -4018,94 +4019,94 @@
       <x:c r="M45" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>549249</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38949</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>614695</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
@@ -4239,51 +4240,51 @@
       <x:c r="G49" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>549273</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
@@ -4298,111 +4299,111 @@
       <x:c r="G50" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>588402</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>36074</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>609982</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
@@ -4419,51 +4420,51 @@
       <x:c r="G52" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>549088</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
@@ -4479,110 +4480,110 @@
       <x:c r="G53" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>521863</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>36074</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>517683</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
@@ -4721,848 +4722,848 @@
       <x:c r="L57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>42154</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>534980</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>35077</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>550741</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>36382</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>42154</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>534975</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>35438</x:v>
+        <x:v>40174</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>41014</x:v>
+        <x:v>42158</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>550758</x:v>
+        <x:v>589702</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="U60" s="16" t="s">
         <x:v>98</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>40174</x:v>
+        <x:v>35438</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>42158</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>589702</x:v>
+        <x:v>550758</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>40174</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>42158</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>589704</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>35438</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>550755</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>40174</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>42158</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>589696</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>35077</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>534945</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>35438</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>534954</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>35438</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>550756</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>40174</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>42158</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>589694</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="U68" s="16" t="s">
         <x:v>98</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>35438</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>534959</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>35438</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>534962</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38949</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>545040</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
@@ -5577,51 +5578,51 @@
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>616227</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
@@ -5634,51 +5635,51 @@
       <x:c r="E73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>495450</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
@@ -5745,51 +5746,51 @@
         <x:v>38949</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>596812</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
@@ -6194,51 +6195,51 @@
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>572614</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
@@ -6311,112 +6312,112 @@
       <x:c r="G85" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>599657</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38949</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>599658</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
@@ -6516,51 +6517,51 @@
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>570268</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>35452</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>132</x:v>
@@ -6573,51 +6574,51 @@
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>572392</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>35538</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -6669,51 +6670,51 @@
       <x:c r="G91" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>42158</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>589692</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
@@ -6730,51 +6731,51 @@
       <x:c r="G92" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>42158</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>608460</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
@@ -6790,51 +6791,51 @@
       <x:c r="G93" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>42158</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>608461</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
@@ -6851,51 +6852,51 @@
       <x:c r="G94" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>42158</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>589690</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
@@ -6905,51 +6906,51 @@
         <x:v>40174</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>42158</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>592415</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
@@ -6966,51 +6967,51 @@
       <x:c r="G96" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>602441</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
@@ -7026,51 +7027,51 @@
       <x:c r="G97" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>602440</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
@@ -7079,51 +7080,51 @@
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>537371</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
@@ -7139,51 +7140,51 @@
       <x:c r="G99" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>516205</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
@@ -7200,51 +7201,51 @@
       <x:c r="G100" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>549369</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
@@ -7260,51 +7261,51 @@
       <x:c r="G101" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>601022</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">