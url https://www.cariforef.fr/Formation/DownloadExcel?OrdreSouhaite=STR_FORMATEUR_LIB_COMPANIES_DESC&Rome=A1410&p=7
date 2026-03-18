--- v0 (2026-03-18)
+++ v1 (2026-03-18)
@@ -545,81 +545,81 @@
   <x:si>
     <x:t>83408</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LPA La Ricarde</x:t>
   </x:si>
   <x:si>
     <x:t>84800</x:t>
   </x:si>
   <x:si>
     <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
   </x:si>
   <x:si>
     <x:t>Legta de Gap - Lycée Agricole des Hautes Alpes Les Emeyères</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
+    <x:t>CAP agricole métiers de l'agriculture option grandes cultures (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Métier - Cfa Régional Formations Adaptées</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Métier - Cfa Régional Formations Adaptées - UFA Argimsa Sessad</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE CANNET-DES-MAURES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>CAP agricole métiers de l'agriculture spécialisation volailles (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation et Métier - Cfa Régional Formations Adaptées</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Saint Rémy de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13210</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-REMY-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BP option responsable d'entreprise agricole - Apiculture, maraîchage, viticulture, horticulture</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Hyères</x:t>
   </x:si>
@@ -2341,57 +2341,57 @@
       <x:c r="K20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>599721</x:v>
+        <x:v>497207</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -2401,57 +2401,57 @@
       <x:c r="K21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>497207</x:v>
+        <x:v>599721</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>46</x:v>
@@ -2597,282 +2597,282 @@
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>599720</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>29267</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>459111</x:v>
+        <x:v>512511</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>38316</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>21052</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>558670</x:v>
+        <x:v>599638</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>40523</x:v>
+        <x:v>29267</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>512511</x:v>
+        <x:v>459111</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>40523</x:v>
+        <x:v>38316</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>21040</x:v>
+        <x:v>21052</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>599638</x:v>
+        <x:v>558670</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38316</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -2899,161 +2899,161 @@
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>599634</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>40523</x:v>
+        <x:v>38316</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>21040</x:v>
+        <x:v>21052</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>558673</x:v>
+        <x:v>512505</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>38316</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>21052</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>512505</x:v>
+        <x:v>558673</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>48</x:v>
@@ -3640,54 +3640,54 @@
       <x:c r="K42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>506227</x:v>
+        <x:v>554258</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -3697,54 +3697,54 @@
       <x:c r="K43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>554258</x:v>
+        <x:v>506227</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
@@ -3816,57 +3816,57 @@
       <x:c r="K45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>549891</x:v>
+        <x:v>496549</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>103</x:v>
@@ -3877,57 +3877,57 @@
       <x:c r="K46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>496549</x:v>
+        <x:v>549891</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>29</x:v>
@@ -4345,170 +4345,169 @@
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>605820</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
-        <x:v>140</x:v>
-[...2 lines deleted...]
-        <x:v>141</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>583536</x:v>
+        <x:v>605819</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="F56" s="14" t="s"/>
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="F56" s="14" t="s">
+        <x:v>141</x:v>
+      </x:c>
       <x:c r="G56" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>605819</x:v>
+        <x:v>583536</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
@@ -4864,57 +4863,57 @@
       <x:c r="K63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>605889</x:v>
+        <x:v>496537</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>103</x:v>
@@ -4925,57 +4924,57 @@
       <x:c r="K64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>496537</x:v>
+        <x:v>605889</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -5167,186 +5166,186 @@
       <x:c r="K68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>548669</x:v>
+        <x:v>548850</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>548850</x:v>
+        <x:v>609362</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>609362</x:v>
+        <x:v>548669</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>78</x:v>
@@ -5354,59 +5353,59 @@
       <x:c r="M71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>548851</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
@@ -5415,59 +5414,59 @@
       <x:c r="M72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>498354</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>78</x:v>
@@ -5475,51 +5474,51 @@
       <x:c r="M73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>609363</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>103</x:v>
@@ -5651,57 +5650,57 @@
       <x:c r="K76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>549887</x:v>
+        <x:v>496529</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -5711,172 +5710,172 @@
       <x:c r="K77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>496389</x:v>
+        <x:v>549860</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
-        <x:v>38093</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
-        <x:v>12598</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>549860</x:v>
+        <x:v>549887</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
-        <x:v>40523</x:v>
+        <x:v>38093</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>21040</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>496529</x:v>
+        <x:v>496389</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -5955,57 +5954,57 @@
       <x:c r="K81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>549892</x:v>
+        <x:v>496525</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>103</x:v>
@@ -6016,57 +6015,57 @@
       <x:c r="K82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>496525</x:v>
+        <x:v>549892</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -6381,57 +6380,57 @@
       <x:c r="K88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>605886</x:v>
+        <x:v>496553</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -6441,57 +6440,57 @@
       <x:c r="K89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>496553</x:v>
+        <x:v>549888</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>103</x:v>
@@ -6502,57 +6501,57 @@
       <x:c r="K90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>549888</x:v>
+        <x:v>605886</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -7112,57 +7111,57 @@
       <x:c r="K100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>549803</x:v>
+        <x:v>605885</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -7172,57 +7171,57 @@
       <x:c r="K101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>605885</x:v>
+        <x:v>549803</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>39065</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>103</x:v>
@@ -7963,51 +7962,51 @@
       <x:c r="M114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>498353</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
@@ -8023,51 +8022,51 @@
       <x:c r="M115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>548668</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>