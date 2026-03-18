--- v0 (2026-03-18)
+++ v1 (2026-03-18)
@@ -1766,100 +1766,100 @@
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>609996</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>37562</x:v>
+        <x:v>36790</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>21042</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>554692</x:v>
+        <x:v>609995</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>37563</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
@@ -1868,230 +1868,230 @@
       <x:c r="K16" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>21041</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>554695</x:v>
+        <x:v>609998</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>38391</x:v>
+        <x:v>39898</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>21043</x:v>
+        <x:v>21038</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>554711</x:v>
+        <x:v>554717</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>38391</x:v>
+        <x:v>37562</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>21043</x:v>
+        <x:v>21042</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>554714</x:v>
+        <x:v>554692</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>38391</x:v>
+        <x:v>37563</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>21043</x:v>
+        <x:v>21041</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>610003</x:v>
+        <x:v>554695</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38391</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
@@ -2100,346 +2100,346 @@
       <x:c r="K20" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>21043</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>610004</x:v>
+        <x:v>554711</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>36790</x:v>
+        <x:v>38391</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>21042</x:v>
+        <x:v>21043</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>554685</x:v>
+        <x:v>554714</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>41391</x:v>
+        <x:v>38391</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>21038</x:v>
+        <x:v>21043</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>613073</x:v>
+        <x:v>610003</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>36790</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>21042</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>609995</x:v>
+        <x:v>554685</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>37563</x:v>
+        <x:v>41391</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>21041</x:v>
+        <x:v>21038</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>609998</x:v>
+        <x:v>613073</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>39898</x:v>
+        <x:v>38391</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>21038</x:v>
+        <x:v>21043</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>554717</x:v>
+        <x:v>610004</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>36790</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -2460,164 +2460,164 @@
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>596466</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>39898</x:v>
+        <x:v>41391</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>21038</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>549902</x:v>
+        <x:v>613070</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>41391</x:v>
+        <x:v>39898</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>21038</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>613070</x:v>
+        <x:v>549902</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>37562</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -2935,232 +2935,232 @@
       <x:c r="K34" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>21043</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>549800</x:v>
+        <x:v>541470</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>39898</x:v>
+        <x:v>39064</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>21038</x:v>
+        <x:v>21043</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>549900</x:v>
+        <x:v>605822</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>39064</x:v>
+        <x:v>38391</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>21043</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>605822</x:v>
+        <x:v>605908</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>38391</x:v>
+        <x:v>37562</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>21043</x:v>
+        <x:v>21042</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>605908</x:v>
+        <x:v>605811</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>39064</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>73</x:v>
@@ -3177,117 +3177,117 @@
       <x:c r="K38" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>21043</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>541470</x:v>
+        <x:v>549800</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>37562</x:v>
+        <x:v>39898</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>21042</x:v>
+        <x:v>21038</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>605811</x:v>
+        <x:v>549900</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>39898</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G40" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>56</x:v>
       </x:c>