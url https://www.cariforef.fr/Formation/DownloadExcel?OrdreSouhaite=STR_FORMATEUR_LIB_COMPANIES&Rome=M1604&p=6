--- v1 (2026-03-18)
+++ v2 (2026-03-18)
@@ -185,68 +185,68 @@
   <x:si>
     <x:t>Secrétariat assistanat gestion PME PMI</x:t>
   </x:si>
   <x:si>
     <x:t>MANDELIEU-LA-NAPOULE</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Académie du Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACAMAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FREJUS</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS support à l'action managériale (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Académie du Management</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Management situationnel</x:t>
   </x:si>
   <x:si>
-    <x:t>FREJUS</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Académie du Management - Antenne Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>Académie du Management - Antenne Draguignan</x:t>
@@ -311,68 +311,68 @@
   <x:si>
     <x:t>02/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/22/2025 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>04/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel assistant de direction (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Istres</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
@@ -428,113 +428,113 @@
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention administration économique et sociale parcours entreprise et administration des PME-PMO</x:t>
   </x:si>
   <x:si>
     <x:t>Organisation travail</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
     <x:t>LUYNES</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours Méthodes Informatiques Appliquées à la Gestion</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention économie et gestion parcours économie et management des firmes et des organisations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Connaissance entreprise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention économie et gestion parcours International Program in Economics and Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention économie et gestion parcours management des affaires et du commerce international</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 1er</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention gestion parcours gestion d'entreprise</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention économie et gestion parcours double licence droit économie gestion</x:t>
   </x:si>
   <x:si>
-    <x:t>Connaissance entreprise</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Licence mention gestion parcours management comptable et financier</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE- 1er</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention administration économique et sociale parcours administration des organisations</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention économie et gestion parcours management des affaires et du commerce international</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Licence mention économie et gestion parcours économie finance</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours administration des institutions culturelle</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
+    <x:t>licence mention gestion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>licence mention économie et gestion</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix-Marseille Université</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention administration économique et sociale</x:t>
   </x:si>
   <x:si>
     <x:t>Alpes Développement Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ADF</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
@@ -581,59 +581,59 @@
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Azur - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Azur - Antenne Salon de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Exxecc</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
-    <x:t>10/05/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>10/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Sud Azur - Groupe Alternance Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Var Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Var Vaucluse - Antenne La Garde</x:t>
@@ -1103,71 +1103,71 @@
   <x:si>
     <x:t>CIA</x:t>
   </x:si>
   <x:si>
     <x:t>13333</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours gestion des organisations (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
   </x:si>
   <x:si>
     <x:t>CNAM</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention gestion parcours gestion des ressources humaines</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention gestion parcours commerce, vente, marketing option marketing digital (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours comptabilité, contrôle, audit (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours commerce</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention gestion parcours gestion des ressources humaines</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel assistant de direction</x:t>
   </x:si>
   <x:si>
     <x:t>Cpe-Cfa</x:t>
   </x:si>
   <x:si>
     <x:t>CPEAS - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans , Particulier, individuel , Public en emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Informatique pour les débutants : Windows + Internet + Office</x:t>
   </x:si>
   <x:si>
     <x:t>02/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Nice</x:t>
@@ -1211,62 +1211,62 @@
   <x:si>
     <x:t>EBM 5</x:t>
   </x:si>
   <x:si>
     <x:t>93700</x:t>
   </x:si>
   <x:si>
     <x:t>Ebm Business School - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>EBM 3</x:t>
   </x:si>
   <x:si>
     <x:t>Ebm Business School - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Ecloson</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
+    <x:t>11/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/17/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cours Diderot - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de diététique et nutrition humaine</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours commerce et développement international en partenariat avec l'EMD Marseille (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Management</x:t>
   </x:si>
   <x:si>
     <x:t>13331</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
@@ -1397,62 +1397,62 @@
   <x:si>
     <x:t>Secrétariat assistanat</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ensup Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Epv</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/28/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>ÉRUDIS Formation</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>06250</x:t>
   </x:si>
   <x:si>
     <x:t>Erudis Formation - Campus Nice - Sophia-Antipolis</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
@@ -1550,95 +1550,95 @@
   <x:si>
     <x:t>France Langues Communication - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>FLC FORMATION</x:t>
   </x:si>
   <x:si>
     <x:t>06160</x:t>
   </x:si>
   <x:si>
     <x:t>VILLENEUVE-LOUBET</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fraser Formation</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BTS GPME - Gestion de la PME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence Professionnelle Métiers de l'entrepreneuriat</x:t>
   </x:si>
   <x:si>
-    <x:t>BTS GPME - Gestion de la PME</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Titre Professionnel Assistant de direction</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BTS SAM - Support à l'Action Managériale</x:t>
+  </x:si>
+  <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BTS SAM - Support à l'Action Managériale</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Licence Droit Économie Gestion, mention gestion parcours gestion des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours commerce, vente et marketing digital (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
@@ -2249,69 +2249,69 @@
   <x:si>
     <x:t>GEMENOS</x:t>
   </x:si>
   <x:si>
     <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>Maestris - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>My Academy</x:t>
   </x:si>
   <x:si>
     <x:t>B2h13 Aix - My Business School</x:t>
   </x:si>
   <x:si>
     <x:t>My BS - My Business School Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>My BS - My Business School Fréjus</x:t>
   </x:si>
   <x:si>
     <x:t>My BS - My Business School La Valette</x:t>
   </x:si>
   <x:si>
+    <x:t>Assistant de facturation pour kiné libéral/facturier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mysa Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEYPIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Assistant de facturation pour Infirmier Libéral : Découvrir les bases du métier de facturier 2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>La nomenclature générale des actes professionnels (NGAP) - mise à jour et perfectionnement</x:t>
   </x:si>
   <x:si>
-    <x:t>Mysa Formation</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Assistant de facturation pour Infirmier Libéral : Découvrir les bases du métier de facturier 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Neven Education</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Lycée Marie-France - Cfa Marie-France</x:t>
   </x:si>
   <x:si>
     <x:t>LMF</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Lycée Sainte Elisabeth - Collège Sainte Elisabeth</x:t>
   </x:si>
   <x:si>
     <x:t>13170</x:t>
   </x:si>
   <x:si>
     <x:t>SEPTEMES-LES-VALLONS</x:t>
   </x:si>
@@ -3232,370 +3232,370 @@
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
         <x:v>509956</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="E5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H5" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="H5" s="0" t="s">
+      <x:c r="I5" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="I5" s="4" t="s">
+      <x:c r="J5" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K5" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L5" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M5" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N5" s="3" t="n">
+        <x:v>35007</x:v>
+      </x:c>
+      <x:c r="O5" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P5" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="Q5" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="R5" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="J5" s="0" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>506766</x:v>
+        <x:v>599456</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H6" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="H6" s="14" t="s">
+      <x:c r="I6" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="I6" s="16" t="s">
+      <x:c r="J6" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K6" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L6" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M6" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N6" s="15" t="n">
+        <x:v>32139</x:v>
+      </x:c>
+      <x:c r="O6" s="14" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="P6" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="Q6" s="16" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="R6" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="J6" s="14" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>599456</x:v>
+        <x:v>506766</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="E7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H7" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="H7" s="0" t="s">
+      <x:c r="I7" s="4" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
         <x:v>506768</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H8" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="H8" s="14" t="s">
+      <x:c r="I8" s="16" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="R8" s="14" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>537070</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H9" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="H9" s="0" t="s">
+      <x:c r="I9" s="4" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="R9" s="0" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>556092</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H10" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="H10" s="14" t="s">
+      <x:c r="I10" s="16" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -3605,57 +3605,57 @@
       <x:c r="S10" s="14" t="n">
         <x:v>599460</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H11" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="H11" s="0" t="s">
+      <x:c r="I11" s="4" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -3666,57 +3666,57 @@
         <x:v>599458</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H12" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="H12" s="14" t="s">
+      <x:c r="I12" s="16" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -3726,57 +3726,57 @@
       <x:c r="S12" s="14" t="n">
         <x:v>556093</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H13" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="H13" s="0" t="s">
+      <x:c r="I13" s="4" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -4233,51 +4233,51 @@
       <x:c r="K21" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>604422</x:v>
+        <x:v>539969</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
@@ -4289,54 +4289,54 @@
       <x:c r="J22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>539969</x:v>
+        <x:v>548025</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -4346,54 +4346,54 @@
       <x:c r="J23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>548025</x:v>
+        <x:v>604422</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
@@ -4527,54 +4527,54 @@
       <x:c r="L26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>604486</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4700,54 +4700,54 @@
       <x:c r="L29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>540555</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
@@ -4759,54 +4759,54 @@
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>548165</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -5406,574 +5406,574 @@
       <x:c r="K41" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>575656</x:v>
+        <x:v>575658</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>35924</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>31637</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>575664</x:v>
+        <x:v>575660</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>35924</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>31637</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>575668</x:v>
+        <x:v>575663</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>575748</x:v>
+        <x:v>575666</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>35923</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>31637</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>575853</x:v>
+        <x:v>575662</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>575662</x:v>
+        <x:v>575656</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>39018</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>13115</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>575658</x:v>
+        <x:v>575664</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>39018</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>13115</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>575660</x:v>
+        <x:v>575668</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>39018</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>13115</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>575663</x:v>
+        <x:v>575748</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
-        <x:v>35924</x:v>
+        <x:v>35923</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>575666</x:v>
+        <x:v>575853</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
@@ -6000,51 +6000,51 @@
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>575659</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -6059,51 +6059,51 @@
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>575667</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>35923</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
@@ -6178,159 +6178,159 @@
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>577316</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>39018</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>13115</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>591974</x:v>
+        <x:v>595464</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
-        <x:v>35924</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>31637</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>595464</x:v>
+        <x:v>591974</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>31637</x:v>
@@ -6340,51 +6340,51 @@
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>595465</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
@@ -6397,51 +6397,51 @@
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>591973</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>31637</x:v>
@@ -6846,51 +6846,51 @@
       <x:c r="J66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>496029</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6903,51 +6903,51 @@
       <x:c r="J67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>601454</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6962,51 +6962,51 @@
       <x:c r="J68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>545466</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -7022,57 +7022,57 @@
       <x:c r="K69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>545467</x:v>
+        <x:v>601455</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
@@ -7081,57 +7081,57 @@
       <x:c r="K70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>601455</x:v>
+        <x:v>545467</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -7197,114 +7197,114 @@
       <x:c r="K72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>496036</x:v>
+        <x:v>545468</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>545468</x:v>
+        <x:v>601456</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
@@ -7313,57 +7313,57 @@
       <x:c r="K74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>601456</x:v>
+        <x:v>496036</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -7429,51 +7429,51 @@
       <x:c r="K76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>602075</x:v>
+        <x:v>602074</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
@@ -7486,167 +7486,167 @@
       <x:c r="K77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>602074</x:v>
+        <x:v>499433</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>499433</x:v>
+        <x:v>602075</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>602073</x:v>
+        <x:v>546832</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>167</x:v>
@@ -7661,51 +7661,51 @@
       <x:c r="K80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>546832</x:v>
+        <x:v>602073</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
@@ -8912,257 +8912,257 @@
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>545010</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>552271</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>607308</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>571088</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>607324</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
@@ -9429,57 +9429,57 @@
       <x:c r="K110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>608909</x:v>
+        <x:v>556509</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
@@ -9489,57 +9489,57 @@
       <x:c r="K111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>556509</x:v>
+        <x:v>608909</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>168</x:v>
@@ -9547,51 +9547,51 @@
       <x:c r="J112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>556622</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -9607,51 +9607,51 @@
       <x:c r="J113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>607660</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -9668,51 +9668,51 @@
       <x:c r="J114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>504126</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -9728,51 +9728,51 @@
       <x:c r="J115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>607661</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38107</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -9789,51 +9789,51 @@
       <x:c r="J116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>21627</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>556620</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -9849,51 +9849,51 @@
       <x:c r="J117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>556623</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>38107</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -9910,51 +9910,51 @@
       <x:c r="J118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>21627</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>504150</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>38107</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -9970,535 +9970,535 @@
       <x:c r="J119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>21627</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>556619</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38107</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>21627</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="R120" s="14" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>556536</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="R121" s="0" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>607717</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="R122" s="14" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>607716</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="R123" s="0" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>556541</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38107</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>21627</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="R124" s="14" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>504445</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="R125" s="0" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>556540</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="R126" s="14" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>504422</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>38107</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>21627</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="R127" s="0" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>556537</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -10774,82 +10774,82 @@
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>556569</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>502375</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
@@ -10947,84 +10947,84 @@
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>502386</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>502376</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
@@ -11122,198 +11122,198 @@
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>507197</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>507211</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>507214</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>507212</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
@@ -11560,51 +11560,51 @@
       <x:c r="J146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>35004</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>603515</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>36390</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11696,206 +11696,206 @@
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>607787</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>508958</x:v>
+        <x:v>508962</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>508962</x:v>
+        <x:v>508958</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>556781</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
@@ -11938,82 +11938,82 @@
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>556779</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>607789</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
@@ -12177,206 +12177,206 @@
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>541381</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>498703</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>547092</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>600497</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
@@ -12445,167 +12445,167 @@
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>542522</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>603775</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>608891</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
@@ -12811,219 +12811,219 @@
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>603772</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
-      <x:c r="E168" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>495992</x:v>
+        <x:v>586470</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>545649</x:v>
+        <x:v>495992</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
-      <x:c r="E170" s="14" t="s"/>
+      <x:c r="E170" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>586470</x:v>
+        <x:v>545649</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -13086,171 +13086,170 @@
       <x:c r="K172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>608882</x:v>
+        <x:v>495976</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
-      <x:c r="E173" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>495976</x:v>
+        <x:v>469545</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
-        <x:v>90</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
-      <x:c r="E174" s="14" t="s"/>
+      <x:c r="E174" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>469545</x:v>
+        <x:v>608882</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -13387,267 +13386,267 @@
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>498767</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>497961</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>601001</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>551856</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>548516</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
@@ -13690,85 +13689,85 @@
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>614375</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>500512</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
@@ -13811,206 +13810,206 @@
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>610012</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>504715</x:v>
+        <x:v>504699</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>504699</x:v>
+        <x:v>504715</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>549358</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
@@ -14093,51 +14092,51 @@
       <x:c r="J189" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>584795</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
@@ -14378,238 +14377,239 @@
       <x:c r="J194" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>584659</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
-        <x:v>38289</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
+      <x:c r="E195" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
-        <x:v>32097</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>584660</x:v>
+        <x:v>553739</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
-      <x:c r="E196" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>553717</x:v>
+        <x:v>584660</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38289</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32097</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>553739</x:v>
+        <x:v>553717</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>168</x:v>
@@ -14919,51 +14919,51 @@
       <x:c r="J203" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>604204</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -14980,51 +14980,51 @@
       <x:c r="J204" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>552836</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -15118,85 +15118,85 @@
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>604147</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>502161</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
@@ -15594,161 +15594,158 @@
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>611466</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
-      <x:c r="E215" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>558139</x:v>
+        <x:v>587314</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>558137</x:v>
+        <x:v>558139</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
@@ -15764,289 +15761,290 @@
       <x:c r="K217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>558138</x:v>
+        <x:v>558137</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
-      <x:c r="E218" s="14" t="s"/>
+      <x:c r="E218" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>529159</x:v>
+        <x:v>558138</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
-      <x:c r="E219" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>611452</x:v>
+        <x:v>529159</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
-      <x:c r="E220" s="14" t="s"/>
+      <x:c r="E220" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>614393</x:v>
+        <x:v>611452</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>587314</x:v>
+        <x:v>614393</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
@@ -16055,51 +16053,51 @@
       <x:c r="J222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>575916</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -16115,51 +16113,51 @@
       <x:c r="J223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>599040</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -16176,51 +16174,51 @@
       <x:c r="J224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>599039</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>308</x:v>
@@ -16604,51 +16602,51 @@
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>614649</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
@@ -16658,226 +16656,226 @@
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>572475</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>605558</x:v>
+        <x:v>506134</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="E235" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>506134</x:v>
+        <x:v>605558</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>553019</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
@@ -16975,198 +16973,198 @@
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>553012</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>506133</x:v>
+        <x:v>506139</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>506139</x:v>
+        <x:v>506133</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>506132</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
@@ -17385,207 +17383,207 @@
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>600277</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>600280</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>572165</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>571076</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
@@ -17627,164 +17625,164 @@
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>600269</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I250" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>600272</x:v>
+        <x:v>571073</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>571073</x:v>
+        <x:v>600272</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
@@ -17847,51 +17845,51 @@
       <x:c r="K253" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>617722</x:v>
+        <x:v>583297</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
@@ -17904,51 +17902,51 @@
       <x:c r="K254" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>583297</x:v>
+        <x:v>617722</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
@@ -17964,51 +17962,51 @@
       <x:c r="M255" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>617721</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -18021,51 +18019,51 @@
       <x:c r="M256" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>598716</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
@@ -18075,51 +18073,51 @@
       <x:c r="M257" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>609487</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -18132,51 +18130,51 @@
       <x:c r="M258" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>583296</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -18189,51 +18187,51 @@
       <x:c r="M259" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>600032</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
@@ -18302,51 +18300,51 @@
       <x:c r="M261" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>617720</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -18395,51 +18393,51 @@
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>594538</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
@@ -18930,51 +18928,51 @@
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>594537</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
@@ -19113,57 +19111,57 @@
       <x:c r="K275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>555781</x:v>
+        <x:v>608437</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
         <x:v>176</x:v>
@@ -19174,57 +19172,57 @@
       <x:c r="K276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>608437</x:v>
+        <x:v>555781</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
@@ -20596,82 +20594,82 @@
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>552909</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>559993</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
@@ -20693,51 +20691,51 @@
       <x:c r="J302" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>621210</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
@@ -20747,51 +20745,51 @@
       <x:c r="J303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>598736</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
@@ -20804,282 +20802,282 @@
       <x:c r="J304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>621211</x:v>
+        <x:v>621212</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="U304" s="16" t="s">
         <x:v>442</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>542875</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
-        <x:v>90</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38667</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35018</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>538533</x:v>
+        <x:v>621211</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
-        <x:v>38667</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
-        <x:v>35018</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>621212</x:v>
+        <x:v>538533</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>598734</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
@@ -21324,373 +21322,373 @@
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>556214</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="R314" s="14" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>496649</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="E315" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>552315</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="R316" s="14" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>552313</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="E317" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>496651</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>496650</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="E319" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>552314</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
@@ -21718,51 +21716,51 @@
       <x:c r="L320" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>616368</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="E321" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
@@ -21786,84 +21784,84 @@
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>497608</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>598941</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
@@ -21961,141 +21959,141 @@
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>546054</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="E325" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>497620</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>546058</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
@@ -22193,141 +22191,141 @@
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>548683</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="E329" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>548699</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>515444</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
@@ -22366,84 +22364,84 @@
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>601551</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>601563</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
@@ -22468,330 +22466,330 @@
       <x:c r="K333" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>601552</x:v>
+        <x:v>548684</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>471</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>499904</x:v>
+        <x:v>601552</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="E335" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>548684</x:v>
+        <x:v>499904</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>601564</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="E337" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>515445</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>548700</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
@@ -22858,51 +22856,51 @@
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>620460</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
@@ -23048,51 +23046,51 @@
       <x:c r="J343" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>601404</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -23107,51 +23105,51 @@
       <x:c r="J344" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>557578</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="E345" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -23164,60 +23162,60 @@
       <x:c r="J345" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>497641</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="I346" s="16" t="s">
         <x:v>487</x:v>
@@ -23293,264 +23291,265 @@
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
         <x:v>601030</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
-      <x:c r="E348" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K348" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>547562</x:v>
+        <x:v>522065</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
-        <x:v>30122</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
+      <x:c r="E349" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>542500</x:v>
+        <x:v>547562</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>30122</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>522065</x:v>
+        <x:v>542500</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="E351" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>605941</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -23565,162 +23564,162 @@
       <x:c r="J352" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>494752</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>591163</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>542498</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="E355" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -23733,51 +23732,51 @@
       <x:c r="J355" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
         <x:v>547563</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
@@ -23796,51 +23795,51 @@
       <x:c r="L356" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
         <x:v>556595</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -23918,569 +23917,569 @@
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>585595</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>522079</x:v>
+        <x:v>609810</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="I360" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K360" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>609810</x:v>
+        <x:v>522079</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>539388</x:v>
+        <x:v>598898</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
-        <x:v>38667</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="I362" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
-        <x:v>35018</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>567683</x:v>
+        <x:v>539388</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>510</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38667</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35018</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>479834</x:v>
+        <x:v>567683</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="I364" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K364" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>598898</x:v>
+        <x:v>479834</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>478495</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="I366" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>547880</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>511579</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>29</x:v>
@@ -24606,51 +24605,51 @@
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>617493</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>35007</x:v>
@@ -24660,51 +24659,51 @@
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>541106</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>29</x:v>
@@ -24717,94 +24716,94 @@
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>572814</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>522073</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
@@ -24871,284 +24870,284 @@
       <x:c r="L375" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>575212</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>517</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>541105</x:v>
+        <x:v>541097</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
-        <x:v>35924</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
-        <x:v>31637</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>543674</x:v>
+        <x:v>587951</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
-        <x:v>587951</x:v>
+        <x:v>543674</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>587909</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>29</x:v>
@@ -25161,329 +25160,330 @@
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>587952</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>541097</x:v>
+        <x:v>541105</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>522075</x:v>
+        <x:v>589717</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
-        <x:v>519</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
-        <x:v>35924</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
-        <x:v>31637</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>589717</x:v>
+        <x:v>522075</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
-      <x:c r="E384" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>547819</x:v>
+        <x:v>581338</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
+      <x:c r="E385" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>581338</x:v>
+        <x:v>547819</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>29</x:v>
@@ -25553,51 +25553,51 @@
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>602313</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>29</x:v>
@@ -25944,114 +25944,114 @@
       <x:c r="K394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>603619</x:v>
+        <x:v>499310</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="E395" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>499310</x:v>
+        <x:v>603619</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
@@ -26538,108 +26538,108 @@
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>495320</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>522087</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I406" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -26654,51 +26654,51 @@
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>554025</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>29</x:v>
@@ -26711,51 +26711,51 @@
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>606275</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I408" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -26770,51 +26770,51 @@
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>522089</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>29</x:v>
@@ -26827,226 +26827,226 @@
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>554026</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I410" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>553995</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>554806</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I412" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>507614</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>29</x:v>
@@ -27059,1069 +27059,1069 @@
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>522085</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I414" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>608345</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>30122</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>606238</x:v>
+        <x:v>564389</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I416" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>606277</x:v>
+        <x:v>504167</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>30122</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>522091</x:v>
+        <x:v>606241</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I418" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>554805</x:v>
+        <x:v>507612</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>507612</x:v>
+        <x:v>554805</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
-        <x:v>30122</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I420" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>564389</x:v>
+        <x:v>606276</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>572365</x:v>
+        <x:v>554790</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
-        <x:v>30122</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I422" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>606241</x:v>
+        <x:v>554791</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>504167</x:v>
+        <x:v>577071</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I424" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>606276</x:v>
+        <x:v>606238</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>554790</x:v>
+        <x:v>606277</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I426" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>554791</x:v>
+        <x:v>522091</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>577071</x:v>
+        <x:v>572365</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I428" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>553996</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>507611</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I430" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>509258</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>608344</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
@@ -28625,51 +28625,51 @@
       <x:c r="J440" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
         <x:v>615333</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="E441" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -28815,84 +28815,84 @@
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>599932</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>551975</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
@@ -28931,96 +28931,96 @@
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>599867</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
-        <x:v>502673</x:v>
+        <x:v>502704</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="E447" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
@@ -29047,159 +29047,159 @@
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
         <x:v>551954</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
-        <x:v>599877</x:v>
+        <x:v>502673</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="E449" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>502704</x:v>
+        <x:v>599877</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -29435,51 +29435,51 @@
       <x:c r="J454" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>506886</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="E455" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -29492,51 +29492,51 @@
       <x:c r="J455" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>546960</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -29551,51 +29551,51 @@
       <x:c r="J456" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>603472</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="E457" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -29625,84 +29625,84 @@
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>611107</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>550694</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
@@ -29800,82 +29800,82 @@
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
         <x:v>550660</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="E461" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>535324</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
@@ -29999,51 +29999,51 @@
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
         <x:v>594547</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
@@ -30192,84 +30192,84 @@
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
         <x:v>566526</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>542950</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
@@ -30279,51 +30279,51 @@
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
         <x:v>618877</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
         <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
@@ -30727,85 +30727,85 @@
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
         <x:v>549099</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="E477" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="H477" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
         <x:v>614689</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
@@ -30820,111 +30820,111 @@
       <x:c r="G478" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="I478" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>588316</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="E479" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="H479" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>549244</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
@@ -31008,51 +31008,51 @@
       <x:c r="J481" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>611091</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -31084,85 +31084,85 @@
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>607976</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="E483" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="H483" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>512887</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
@@ -31677,97 +31677,97 @@
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>594158</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="E493" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
         <x:v>496012</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
@@ -31793,82 +31793,82 @@
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>545661</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="E495" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>545664</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
@@ -32023,82 +32023,82 @@
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>542364</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="E499" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
         <x:v>603800</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
@@ -32183,224 +32183,225 @@
       <x:c r="L501" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
         <x:v>496007</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
-      <x:c r="E502" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
-        <x:v>608873</x:v>
+        <x:v>487531</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
+      <x:c r="E503" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G503" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
-        <x:v>542362</x:v>
+        <x:v>608873</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
-        <x:v>90</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K504" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
-        <x:v>487531</x:v>
+        <x:v>542362</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="E505" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -33060,141 +33061,141 @@
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
         <x:v>603522</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="E517" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
         <x:v>560749</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s"/>
       <x:c r="I518" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K518" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
         <x:v>603535</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
@@ -33216,51 +33217,51 @@
       <x:c r="J519" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
         <x:v>549657</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -33275,51 +33276,51 @@
       <x:c r="J520" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K520" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
         <x:v>542128</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
         <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>37345</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="E521" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -33406,82 +33407,82 @@
       </x:c>
       <x:c r="P522" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
         <x:v>504646</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="E523" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
         <x:v>546013</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
@@ -33494,528 +33495,528 @@
       <x:c r="E524" s="14" t="s"/>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s"/>
       <x:c r="I524" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K524" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
         <x:v>504649</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="G525" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
-        <x:v>504648</x:v>
+        <x:v>504647</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
-      <x:c r="E526" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E526" s="14" t="s"/>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s"/>
       <x:c r="I526" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K526" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L526" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M526" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
-        <x:v>600138</x:v>
+        <x:v>504648</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C527" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D527" s="3" t="s"/>
       <x:c r="E527" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="I527" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J527" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
-        <x:v>600144</x:v>
+        <x:v>600138</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
-      <x:c r="E528" s="14" t="s"/>
+      <x:c r="E528" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s"/>
       <x:c r="I528" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K528" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L528" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M528" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O528" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P528" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
-        <x:v>504647</x:v>
+        <x:v>600144</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C529" s="3" t="n">
-        <x:v>37345</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D529" s="3" t="s"/>
       <x:c r="E529" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="I529" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
-        <x:v>35047</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q529" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
-        <x:v>545998</x:v>
+        <x:v>508723</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="C530" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>37345</x:v>
       </x:c>
       <x:c r="D530" s="15" t="s"/>
       <x:c r="E530" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="H530" s="14" t="s"/>
       <x:c r="I530" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J530" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K530" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L530" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M530" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>35047</x:v>
       </x:c>
       <x:c r="O530" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="P530" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
-        <x:v>508723</x:v>
+        <x:v>545998</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C531" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="E531" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J531" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L531" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M531" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N531" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O531" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P531" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q531" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R531" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S531" s="0" t="n">
-        <x:v>546004</x:v>
+        <x:v>508721</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C532" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D532" s="15" t="s"/>
       <x:c r="E532" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="H532" s="14" t="s"/>
       <x:c r="I532" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J532" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K532" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L532" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M532" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N532" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O532" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P532" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q532" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
-        <x:v>508721</x:v>
+        <x:v>546004</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C533" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D533" s="3" t="s"/>
       <x:c r="E533" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="I533" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J533" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -34036,159 +34037,159 @@
       </x:c>
       <x:c r="P533" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="Q533" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R533" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S533" s="0" t="n">
         <x:v>508724</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C534" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="H534" s="14" t="s"/>
       <x:c r="I534" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J534" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K534" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L534" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
-        <x:v>508722</x:v>
+        <x:v>546014</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="E535" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
-        <x:v>546014</x:v>
+        <x:v>508722</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C536" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="H536" s="14" t="s"/>
       <x:c r="I536" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J536" s="14" t="s">
@@ -34412,51 +34413,51 @@
       <x:c r="E540" s="14" t="s"/>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
         <x:v>594552</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
@@ -34466,51 +34467,51 @@
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="G541" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
         <x:v>594546</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
@@ -34643,217 +34644,217 @@
       <x:c r="J544" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K544" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L544" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M544" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O544" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P544" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
         <x:v>594190</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C545" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="G545" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O545" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
         <x:v>594553</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C546" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D546" s="15" t="s"/>
       <x:c r="E546" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H546" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I546" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K546" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
         <x:v>556276</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C547" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D547" s="3" t="s"/>
       <x:c r="E547" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H547" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I547" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
         <x:v>511088</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
@@ -34866,111 +34867,111 @@
       <x:c r="E548" s="14" t="s"/>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="H548" s="14" t="s"/>
       <x:c r="I548" s="16" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K548" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M548" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
         <x:v>594535</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C549" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="E549" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H549" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J549" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L549" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M549" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N549" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O549" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P549" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q549" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R549" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S549" s="0" t="n">
         <x:v>608111</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
@@ -34983,242 +34984,242 @@
       <x:c r="E550" s="14" t="s"/>
       <x:c r="F550" s="14" t="s"/>
       <x:c r="G550" s="14" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="H550" s="14" t="s"/>
       <x:c r="I550" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="J550" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K550" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L550" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M550" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N550" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O550" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P550" s="14" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="Q550" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="R550" s="14" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
         <x:v>594541</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C551" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D551" s="3" t="s"/>
       <x:c r="E551" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="I551" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J551" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L551" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M551" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N551" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O551" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P551" s="0" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
-        <x:v>604362</x:v>
+        <x:v>547771</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C552" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D552" s="15" t="s"/>
       <x:c r="E552" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="H552" s="14" t="s"/>
       <x:c r="I552" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K552" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
-        <x:v>515675</x:v>
+        <x:v>547784</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C553" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="E553" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J553" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L553" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
-        <x:v>602250</x:v>
+        <x:v>515675</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C554" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D554" s="15" t="s"/>
       <x:c r="E554" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F554" s="14" t="s"/>
       <x:c r="G554" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="H554" s="14" t="s"/>
       <x:c r="I554" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J554" s="14" t="s">
@@ -35227,114 +35228,114 @@
       <x:c r="K554" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L554" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M554" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N554" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O554" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P554" s="14" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="Q554" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R554" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S554" s="14" t="n">
-        <x:v>547771</x:v>
+        <x:v>602250</x:v>
       </x:c>
       <x:c r="T554" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C555" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D555" s="3" t="s"/>
       <x:c r="E555" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="I555" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J555" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
-        <x:v>547784</x:v>
+        <x:v>604362</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C556" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s"/>
       <x:c r="I556" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J556" s="14" t="s">
@@ -35458,51 +35459,51 @@
       <x:c r="J558" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K558" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
         <x:v>607825</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="E559" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -35518,216 +35519,214 @@
       <x:c r="J559" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
         <x:v>556402</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
-      <x:c r="E560" s="14" t="s"/>
+      <x:c r="E560" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
-        <x:v>648</x:v>
-[...1 lines deleted...]
-      <x:c r="H560" s="14" t="s"/>
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="H560" s="14" t="s">
+        <x:v>529</x:v>
+      </x:c>
       <x:c r="I560" s="16" t="s">
-        <x:v>650</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K560" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
-        <x:v>650</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
-        <x:v>644</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
-        <x:v>594188</x:v>
+        <x:v>511025</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C561" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D561" s="3" t="s"/>
-      <x:c r="E561" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G561" s="0" t="s">
-        <x:v>528</x:v>
-[...2 lines deleted...]
-        <x:v>529</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="J561" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
-        <x:v>511025</x:v>
+        <x:v>594188</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C562" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D562" s="15" t="s"/>
       <x:c r="E562" s="14" t="s"/>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="H562" s="14" t="s"/>
       <x:c r="I562" s="16" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="J562" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K562" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
         <x:v>594551</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
@@ -35803,96 +35802,96 @@
       <x:c r="J564" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K564" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
         <x:v>594162</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="G565" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
         <x:v>594536</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
@@ -36254,51 +36253,51 @@
       <x:c r="E572" s="14" t="s"/>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="H572" s="14" t="s"/>
       <x:c r="I572" s="16" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="J572" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K572" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L572" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="R572" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="S572" s="14" t="n">
         <x:v>594539</x:v>
       </x:c>
       <x:c r="T572" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U572" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
@@ -36365,51 +36364,51 @@
       <x:c r="E574" s="14" t="s"/>
       <x:c r="F574" s="14" t="s"/>
       <x:c r="G574" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H574" s="14" t="s"/>
       <x:c r="I574" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J574" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K574" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
         <x:v>594543</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
@@ -36507,267 +36506,267 @@
       </x:c>
       <x:c r="P576" s="14" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
         <x:v>605982</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:21">
       <x:c r="A577" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C577" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D577" s="3" t="s"/>
       <x:c r="E577" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H577" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I577" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J577" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L577" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M577" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N577" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O577" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P577" s="0" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="Q577" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R577" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S577" s="0" t="n">
         <x:v>608243</x:v>
       </x:c>
       <x:c r="T577" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U577" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:21">
       <x:c r="A578" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B578" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C578" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D578" s="15" t="s"/>
       <x:c r="E578" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F578" s="14" t="s"/>
       <x:c r="G578" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H578" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I578" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J578" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K578" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L578" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M578" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N578" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O578" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P578" s="14" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="Q578" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R578" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S578" s="14" t="n">
         <x:v>556277</x:v>
       </x:c>
       <x:c r="T578" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U578" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:21">
       <x:c r="A579" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C579" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D579" s="3" t="s"/>
       <x:c r="E579" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G579" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H579" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I579" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J579" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L579" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M579" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N579" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O579" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P579" s="0" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="Q579" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R579" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S579" s="0" t="n">
         <x:v>511087</x:v>
       </x:c>
       <x:c r="T579" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U579" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:21">
       <x:c r="A580" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B580" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C580" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D580" s="15" t="s"/>
       <x:c r="E580" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F580" s="14" t="s"/>
       <x:c r="G580" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H580" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I580" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J580" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K580" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L580" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M580" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N580" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O580" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P580" s="14" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="Q580" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R580" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S580" s="14" t="n">
         <x:v>511089</x:v>
       </x:c>
       <x:c r="T580" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U580" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:21">
       <x:c r="A581" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
@@ -36777,51 +36776,51 @@
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D581" s="3" t="s"/>
       <x:c r="G581" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="I581" s="4" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="J581" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L581" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M581" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N581" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O581" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P581" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="Q581" s="4" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="R581" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="S581" s="0" t="n">
         <x:v>594550</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
@@ -36948,51 +36947,51 @@
       <x:c r="E584" s="14" t="s"/>
       <x:c r="F584" s="14" t="s"/>
       <x:c r="G584" s="14" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="H584" s="14" t="s"/>
       <x:c r="I584" s="16" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="J584" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K584" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L584" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M584" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N584" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O584" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P584" s="14" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="Q584" s="16" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="R584" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="S584" s="14" t="n">
         <x:v>594545</x:v>
       </x:c>
       <x:c r="T584" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U584" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:21">
       <x:c r="A585" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
@@ -37002,112 +37001,112 @@
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D585" s="3" t="s"/>
       <x:c r="G585" s="0" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="I585" s="4" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="J585" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K585" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L585" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M585" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N585" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O585" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P585" s="0" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="Q585" s="4" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="R585" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="S585" s="0" t="n">
         <x:v>594542</x:v>
       </x:c>
       <x:c r="T585" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U585" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:21">
       <x:c r="A586" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B586" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C586" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D586" s="15" t="s"/>
       <x:c r="E586" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F586" s="14" t="s"/>
       <x:c r="G586" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H586" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I586" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J586" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K586" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L586" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M586" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N586" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O586" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P586" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q586" s="16" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="R586" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="S586" s="14" t="n">
         <x:v>556476</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
@@ -37149,86 +37148,86 @@
       </x:c>
       <x:c r="P587" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q587" s="4" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="R587" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="S587" s="0" t="n">
         <x:v>556404</x:v>
       </x:c>
       <x:c r="T587" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U587" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:21">
       <x:c r="A588" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B588" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C588" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D588" s="15" t="s"/>
       <x:c r="E588" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F588" s="14" t="s"/>
       <x:c r="G588" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H588" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I588" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J588" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K588" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L588" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M588" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N588" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O588" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P588" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q588" s="16" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="R588" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="S588" s="14" t="n">
         <x:v>608162</x:v>
       </x:c>
       <x:c r="T588" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U588" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:21">
       <x:c r="A589" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
@@ -37359,51 +37358,51 @@
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D591" s="3" t="s"/>
       <x:c r="G591" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="I591" s="4" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="J591" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K591" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L591" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M591" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N591" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O591" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P591" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="Q591" s="4" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="R591" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="S591" s="0" t="n">
         <x:v>594540</x:v>
       </x:c>
       <x:c r="T591" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U591" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:21">
       <x:c r="A592" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B592" s="14" t="s">
@@ -37427,238 +37426,238 @@
       <x:c r="J592" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K592" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L592" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M592" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N592" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O592" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P592" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q592" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R592" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S592" s="14" t="n">
         <x:v>611036</x:v>
       </x:c>
       <x:c r="T592" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U592" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:21">
       <x:c r="A593" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C593" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D593" s="3" t="s"/>
       <x:c r="E593" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G593" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H593" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="I593" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J593" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K593" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L593" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M593" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N593" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O593" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P593" s="0" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="Q593" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R593" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S593" s="0" t="n">
         <x:v>602216</x:v>
       </x:c>
       <x:c r="T593" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U593" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:21">
       <x:c r="A594" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B594" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C594" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D594" s="15" t="s"/>
       <x:c r="E594" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F594" s="14" t="s"/>
       <x:c r="G594" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H594" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="I594" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J594" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K594" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L594" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M594" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N594" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O594" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P594" s="14" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="Q594" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R594" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S594" s="14" t="n">
         <x:v>547705</x:v>
       </x:c>
       <x:c r="T594" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U594" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:21">
       <x:c r="A595" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C595" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D595" s="3" t="s"/>
       <x:c r="E595" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G595" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H595" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="I595" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J595" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K595" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L595" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M595" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N595" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O595" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P595" s="0" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="Q595" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R595" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S595" s="0" t="n">
         <x:v>493094</x:v>
       </x:c>
       <x:c r="T595" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="U595" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:21">
       <x:c r="A596" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B596" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C596" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D596" s="15" t="s"/>
       <x:c r="E596" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F596" s="14" t="s"/>
       <x:c r="G596" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="H596" s="14" t="s"/>
       <x:c r="I596" s="16" t="s">
@@ -37670,114 +37669,114 @@
       <x:c r="K596" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L596" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M596" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N596" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O596" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P596" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="Q596" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="R596" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="S596" s="14" t="n">
-        <x:v>515671</x:v>
+        <x:v>602244</x:v>
       </x:c>
       <x:c r="T596" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U596" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:21">
       <x:c r="A597" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C597" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D597" s="3" t="s"/>
       <x:c r="E597" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="I597" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J597" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L597" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M597" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N597" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O597" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P597" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="Q597" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="R597" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="S597" s="0" t="n">
-        <x:v>602244</x:v>
+        <x:v>515671</x:v>
       </x:c>
       <x:c r="T597" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="U597" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:21">
       <x:c r="A598" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B598" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C598" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D598" s="15" t="s"/>
       <x:c r="E598" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F598" s="14" t="s"/>
       <x:c r="G598" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="H598" s="14" t="s"/>
       <x:c r="I598" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J598" s="14" t="s">
@@ -37885,241 +37884,241 @@
       <x:c r="E600" s="14" t="s"/>
       <x:c r="F600" s="14" t="s"/>
       <x:c r="G600" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="H600" s="14" t="s"/>
       <x:c r="I600" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="J600" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K600" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L600" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M600" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N600" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O600" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P600" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q600" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R600" s="14" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="S600" s="14" t="n">
         <x:v>594544</x:v>
       </x:c>
       <x:c r="T600" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U600" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:21">
       <x:c r="A601" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C601" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D601" s="3" t="s"/>
       <x:c r="E601" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G601" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H601" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="I601" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J601" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K601" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L601" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M601" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N601" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O601" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P601" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="Q601" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R601" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S601" s="0" t="n">
         <x:v>493099</x:v>
       </x:c>
       <x:c r="T601" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="U601" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:21">
       <x:c r="A602" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B602" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C602" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D602" s="15" t="s"/>
       <x:c r="E602" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F602" s="14" t="s"/>
       <x:c r="G602" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H602" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="I602" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J602" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K602" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L602" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M602" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N602" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O602" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P602" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="Q602" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R602" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S602" s="14" t="n">
         <x:v>556724</x:v>
       </x:c>
       <x:c r="T602" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U602" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:21">
       <x:c r="A603" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C603" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D603" s="3" t="s"/>
       <x:c r="E603" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G603" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H603" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="I603" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J603" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K603" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L603" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M603" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N603" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O603" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P603" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="Q603" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R603" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S603" s="0" t="n">
         <x:v>611238</x:v>
       </x:c>
       <x:c r="T603" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U603" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:21">
       <x:c r="A604" s="13" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B604" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C604" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D604" s="15" t="s"/>
       <x:c r="E604" s="14" t="s"/>
       <x:c r="F604" s="14" t="s"/>
       <x:c r="G604" s="14" t="s">
@@ -38177,233 +38176,233 @@
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D605" s="3" t="s"/>
       <x:c r="G605" s="0" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="I605" s="4" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="J605" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K605" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L605" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M605" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N605" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O605" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P605" s="0" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="Q605" s="4" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="R605" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="S605" s="0" t="n">
         <x:v>594549</x:v>
       </x:c>
       <x:c r="T605" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U605" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:21">
       <x:c r="A606" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B606" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C606" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D606" s="15" t="s"/>
       <x:c r="E606" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F606" s="14" t="s"/>
       <x:c r="G606" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H606" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I606" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J606" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K606" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L606" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M606" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N606" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O606" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P606" s="14" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="Q606" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R606" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S606" s="14" t="n">
         <x:v>609591</x:v>
       </x:c>
       <x:c r="T606" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U606" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:21">
       <x:c r="A607" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C607" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D607" s="3" t="s"/>
       <x:c r="E607" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G607" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H607" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I607" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J607" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K607" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L607" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M607" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N607" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O607" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P607" s="0" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="Q607" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R607" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S607" s="0" t="n">
         <x:v>556860</x:v>
       </x:c>
       <x:c r="T607" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U607" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:21">
       <x:c r="A608" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B608" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C608" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D608" s="15" t="s"/>
       <x:c r="E608" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F608" s="14" t="s"/>
       <x:c r="G608" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H608" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I608" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J608" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K608" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L608" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M608" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N608" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O608" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P608" s="14" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="Q608" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R608" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S608" s="14" t="n">
         <x:v>609968</x:v>
       </x:c>
       <x:c r="T608" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U608" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:21">
       <x:c r="A609" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
@@ -38431,51 +38430,51 @@
       <x:c r="L609" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M609" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N609" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O609" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P609" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q609" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R609" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S609" s="0" t="n">
         <x:v>547878</x:v>
       </x:c>
       <x:c r="T609" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U609" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:21">
       <x:c r="A610" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B610" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C610" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D610" s="15" t="s"/>
       <x:c r="E610" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F610" s="14" t="s"/>
       <x:c r="G610" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H610" s="14" t="s">
         <x:v>529</x:v>
@@ -38678,207 +38677,207 @@
       </x:c>
       <x:c r="P613" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="Q613" s="4" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="R613" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S613" s="0" t="n">
         <x:v>511028</x:v>
       </x:c>
       <x:c r="T613" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U613" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:21">
       <x:c r="A614" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B614" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C614" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D614" s="15" t="s"/>
       <x:c r="E614" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F614" s="14" t="s"/>
       <x:c r="G614" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H614" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I614" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J614" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K614" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L614" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M614" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N614" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O614" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P614" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="Q614" s="16" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="R614" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="S614" s="14" t="n">
         <x:v>511090</x:v>
       </x:c>
       <x:c r="T614" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U614" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:21">
       <x:c r="A615" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C615" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D615" s="3" t="s"/>
       <x:c r="E615" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G615" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H615" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I615" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J615" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K615" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L615" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M615" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N615" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O615" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P615" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="Q615" s="4" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="R615" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="S615" s="0" t="n">
         <x:v>556279</x:v>
       </x:c>
       <x:c r="T615" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U615" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:21">
       <x:c r="A616" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B616" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C616" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D616" s="15" t="s"/>
       <x:c r="E616" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F616" s="14" t="s"/>
       <x:c r="G616" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H616" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I616" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J616" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K616" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L616" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M616" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N616" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O616" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P616" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="Q616" s="16" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="R616" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="S616" s="14" t="n">
         <x:v>608112</x:v>
       </x:c>
       <x:c r="T616" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U616" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:21">
       <x:c r="A617" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
@@ -38999,51 +38998,51 @@
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D619" s="3" t="s"/>
       <x:c r="G619" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="I619" s="4" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="J619" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K619" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L619" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M619" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N619" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O619" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P619" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="Q619" s="4" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="R619" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S619" s="0" t="n">
         <x:v>594548</x:v>
       </x:c>
       <x:c r="T619" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U619" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:21">
       <x:c r="A620" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B620" s="14" t="s">
@@ -39084,216 +39083,216 @@
       </x:c>
       <x:c r="P620" s="14" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="Q620" s="16" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="R620" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="S620" s="14" t="n">
         <x:v>602251</x:v>
       </x:c>
       <x:c r="T620" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U620" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:21">
       <x:c r="A621" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C621" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D621" s="3" t="s"/>
       <x:c r="E621" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G621" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="I621" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="J621" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K621" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L621" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M621" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N621" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O621" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P621" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="Q621" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="R621" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="S621" s="0" t="n">
-        <x:v>501313</x:v>
+        <x:v>600429</x:v>
       </x:c>
       <x:c r="T621" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U621" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:21">
       <x:c r="A622" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B622" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C622" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D622" s="15" t="s"/>
       <x:c r="E622" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F622" s="14" t="s"/>
       <x:c r="G622" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="H622" s="14" t="s"/>
       <x:c r="I622" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="J622" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K622" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L622" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M622" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N622" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O622" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P622" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="Q622" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="R622" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="S622" s="14" t="n">
-        <x:v>552575</x:v>
+        <x:v>501313</x:v>
       </x:c>
       <x:c r="T622" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U622" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:21">
       <x:c r="A623" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C623" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D623" s="3" t="s"/>
       <x:c r="E623" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G623" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="I623" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="J623" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K623" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L623" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M623" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N623" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O623" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P623" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="Q623" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="R623" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="S623" s="0" t="n">
-        <x:v>600429</x:v>
+        <x:v>552575</x:v>
       </x:c>
       <x:c r="T623" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U623" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:21">
       <x:c r="A624" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B624" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C624" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D624" s="15" t="s"/>
       <x:c r="E624" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F624" s="14" t="s"/>
       <x:c r="G624" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="H624" s="14" t="s"/>
       <x:c r="I624" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="J624" s="14" t="s">
@@ -39373,84 +39372,84 @@
       </x:c>
       <x:c r="P625" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="Q625" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="R625" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="S625" s="0" t="n">
         <x:v>600424</x:v>
       </x:c>
       <x:c r="T625" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U625" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:21">
       <x:c r="A626" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B626" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C626" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D626" s="15" t="s"/>
       <x:c r="E626" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F626" s="14" t="s"/>
       <x:c r="G626" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="H626" s="14" t="s"/>
       <x:c r="I626" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="J626" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K626" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L626" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M626" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N626" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O626" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P626" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="Q626" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="R626" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="S626" s="14" t="n">
         <x:v>552586</x:v>
       </x:c>
       <x:c r="T626" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U626" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:21">
       <x:c r="A627" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
@@ -39489,141 +39488,141 @@
       </x:c>
       <x:c r="P627" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="Q627" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R627" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="S627" s="0" t="n">
         <x:v>600370</x:v>
       </x:c>
       <x:c r="T627" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U627" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:21">
       <x:c r="A628" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B628" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C628" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D628" s="15" t="s"/>
       <x:c r="E628" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F628" s="14" t="s"/>
       <x:c r="G628" s="14" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="H628" s="14" t="s"/>
       <x:c r="I628" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="J628" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K628" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L628" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M628" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N628" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O628" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P628" s="14" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="Q628" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R628" s="14" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="S628" s="14" t="n">
         <x:v>600375</x:v>
       </x:c>
       <x:c r="T628" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U628" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:21">
       <x:c r="A629" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C629" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D629" s="3" t="s"/>
       <x:c r="E629" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G629" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="I629" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="J629" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K629" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L629" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M629" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N629" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O629" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P629" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="Q629" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R629" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="S629" s="0" t="n">
         <x:v>501358</x:v>
       </x:c>
       <x:c r="T629" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U629" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:21">
       <x:c r="A630" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B630" s="14" t="s">
@@ -39664,207 +39663,207 @@
       </x:c>
       <x:c r="P630" s="14" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="Q630" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R630" s="14" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="S630" s="14" t="n">
         <x:v>552607</x:v>
       </x:c>
       <x:c r="T630" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U630" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:21">
       <x:c r="A631" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C631" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D631" s="3" t="s"/>
       <x:c r="E631" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G631" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="I631" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="J631" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K631" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L631" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M631" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N631" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O631" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P631" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="Q631" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R631" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="S631" s="0" t="n">
-        <x:v>552626</x:v>
+        <x:v>501339</x:v>
       </x:c>
       <x:c r="T631" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U631" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:21">
       <x:c r="A632" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B632" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C632" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D632" s="15" t="s"/>
       <x:c r="E632" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F632" s="14" t="s"/>
       <x:c r="G632" s="14" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="H632" s="14" t="s"/>
       <x:c r="I632" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="J632" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K632" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L632" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M632" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N632" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O632" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P632" s="14" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="Q632" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R632" s="14" t="s">
-        <x:v>592</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="S632" s="14" t="n">
-        <x:v>501339</x:v>
+        <x:v>552626</x:v>
       </x:c>
       <x:c r="T632" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U632" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:21">
       <x:c r="A633" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C633" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D633" s="3" t="s"/>
       <x:c r="E633" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G633" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="I633" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="J633" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K633" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L633" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M633" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N633" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O633" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P633" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="Q633" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R633" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S633" s="0" t="n">
         <x:v>550693</x:v>
       </x:c>
       <x:c r="T633" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U633" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:21">
       <x:c r="A634" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B634" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C634" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D634" s="15" t="s"/>
       <x:c r="E634" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -39879,274 +39878,274 @@
       <x:c r="J634" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K634" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L634" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M634" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N634" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O634" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P634" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="Q634" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R634" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S634" s="14" t="n">
         <x:v>505976</x:v>
       </x:c>
       <x:c r="T634" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U634" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:21">
       <x:c r="A635" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C635" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D635" s="3" t="s"/>
       <x:c r="E635" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G635" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="I635" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="J635" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K635" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L635" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M635" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N635" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O635" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P635" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="Q635" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R635" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S635" s="0" t="n">
-        <x:v>550659</x:v>
+        <x:v>506010</x:v>
       </x:c>
       <x:c r="T635" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U635" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:21">
       <x:c r="A636" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B636" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C636" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D636" s="15" t="s"/>
       <x:c r="E636" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F636" s="14" t="s"/>
       <x:c r="G636" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="H636" s="14" t="s"/>
       <x:c r="I636" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="J636" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K636" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L636" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M636" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N636" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O636" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P636" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="Q636" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R636" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S636" s="14" t="n">
-        <x:v>506010</x:v>
+        <x:v>550659</x:v>
       </x:c>
       <x:c r="T636" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U636" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:21">
       <x:c r="A637" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C637" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D637" s="3" t="s"/>
       <x:c r="E637" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G637" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="I637" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="J637" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K637" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L637" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M637" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N637" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O637" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P637" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="Q637" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R637" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S637" s="0" t="n">
         <x:v>608572</x:v>
       </x:c>
       <x:c r="T637" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U637" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:21">
       <x:c r="A638" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B638" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C638" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D638" s="15" t="s"/>
       <x:c r="E638" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F638" s="14" t="s"/>
       <x:c r="G638" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="H638" s="14" t="s"/>
       <x:c r="I638" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J638" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K638" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L638" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M638" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="N638" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O638" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P638" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q638" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R638" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S638" s="14" t="n">
         <x:v>587357</x:v>
       </x:c>
       <x:c r="T638" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U638" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:21">
       <x:c r="A639" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
@@ -40185,84 +40184,84 @@
       </x:c>
       <x:c r="P639" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q639" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R639" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S639" s="0" t="n">
         <x:v>587355</x:v>
       </x:c>
       <x:c r="T639" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U639" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:21">
       <x:c r="A640" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B640" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C640" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D640" s="15" t="s"/>
       <x:c r="E640" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F640" s="14" t="s"/>
       <x:c r="G640" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="H640" s="14" t="s"/>
       <x:c r="I640" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J640" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K640" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L640" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M640" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="N640" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O640" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P640" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q640" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R640" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S640" s="14" t="n">
         <x:v>587358</x:v>
       </x:c>
       <x:c r="T640" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U640" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:21">
       <x:c r="A641" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
@@ -40368,78 +40367,78 @@
       <x:c r="S642" s="14" t="n">
         <x:v>594174</x:v>
       </x:c>
       <x:c r="T642" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U642" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:21">
       <x:c r="A643" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C643" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D643" s="3" t="s"/>
       <x:c r="G643" s="0" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="I643" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J643" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K643" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L643" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M643" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N643" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O643" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P643" s="0" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="Q643" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="R643" s="0" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="S643" s="0" t="n">
         <x:v>594167</x:v>
       </x:c>
       <x:c r="T643" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U643" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:21">
       <x:c r="A644" s="13" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B644" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C644" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D644" s="15" t="s"/>
       <x:c r="E644" s="14" t="s"/>
       <x:c r="F644" s="14" t="s"/>
       <x:c r="G644" s="14" t="s">
@@ -40486,177 +40485,177 @@
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:21">
       <x:c r="A645" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="C645" s="3" t="s"/>
       <x:c r="D645" s="3" t="s"/>
       <x:c r="G645" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I645" s="4" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="K645" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L645" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M645" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="N645" s="3" t="n">
         <x:v>35054</x:v>
       </x:c>
       <x:c r="O645" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="P645" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="Q645" s="4" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="R645" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="S645" s="0" t="n">
-        <x:v>598386</x:v>
+        <x:v>616780</x:v>
       </x:c>
       <x:c r="T645" s="4" t="s">
-        <x:v>730</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="U645" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:21">
       <x:c r="A646" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B646" s="14" t="s">
-        <x:v>731</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C646" s="15" t="s"/>
       <x:c r="D646" s="15" t="s"/>
       <x:c r="E646" s="14" t="s"/>
       <x:c r="F646" s="14" t="s"/>
       <x:c r="G646" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="H646" s="14" t="s"/>
       <x:c r="I646" s="16" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="J646" s="14" t="s"/>
       <x:c r="K646" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L646" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M646" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N646" s="15" t="n">
         <x:v>35054</x:v>
       </x:c>
       <x:c r="O646" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="P646" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="Q646" s="16" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="R646" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="S646" s="14" t="n">
-        <x:v>616780</x:v>
+        <x:v>597750</x:v>
       </x:c>
       <x:c r="T646" s="16" t="s">
-        <x:v>543</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="U646" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:21">
       <x:c r="A647" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="C647" s="3" t="s"/>
       <x:c r="D647" s="3" t="s"/>
       <x:c r="G647" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I647" s="4" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="K647" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L647" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M647" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="N647" s="3" t="n">
         <x:v>35054</x:v>
       </x:c>
       <x:c r="O647" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="P647" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="Q647" s="4" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="R647" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="S647" s="0" t="n">
-        <x:v>597750</x:v>
+        <x:v>598386</x:v>
       </x:c>
       <x:c r="T647" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="U647" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:21">
       <x:c r="A648" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B648" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C648" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D648" s="15" t="s"/>
       <x:c r="E648" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F648" s="14" t="s"/>
       <x:c r="G648" s="14" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="H648" s="14" t="s"/>
       <x:c r="I648" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J648" s="14" t="s">
@@ -40665,114 +40664,114 @@
       <x:c r="K648" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L648" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M648" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N648" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O648" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P648" s="14" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="Q648" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R648" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S648" s="14" t="n">
-        <x:v>602004</x:v>
+        <x:v>496163</x:v>
       </x:c>
       <x:c r="T648" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U648" s="16" t="s">
-        <x:v>734</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:21">
       <x:c r="A649" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C649" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D649" s="3" t="s"/>
       <x:c r="E649" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G649" s="0" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="I649" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J649" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L649" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M649" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N649" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O649" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P649" s="0" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="Q649" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R649" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S649" s="0" t="n">
-        <x:v>550520</x:v>
+        <x:v>602004</x:v>
       </x:c>
       <x:c r="T649" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U649" s="4" t="s">
-        <x:v>735</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:21">
       <x:c r="A650" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B650" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C650" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D650" s="15" t="s"/>
       <x:c r="E650" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F650" s="14" t="s"/>
       <x:c r="G650" s="14" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="H650" s="14" t="s"/>
       <x:c r="I650" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J650" s="14" t="s">
@@ -40781,229 +40780,229 @@
       <x:c r="K650" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L650" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M650" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N650" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O650" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P650" s="14" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="Q650" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R650" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S650" s="14" t="n">
-        <x:v>496163</x:v>
+        <x:v>550520</x:v>
       </x:c>
       <x:c r="T650" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U650" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>735</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:21">
       <x:c r="A651" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C651" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D651" s="3" t="s"/>
       <x:c r="E651" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G651" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="H651" s="0" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="I651" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J651" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K651" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L651" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M651" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N651" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O651" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P651" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="Q651" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R651" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S651" s="0" t="n">
         <x:v>607792</x:v>
       </x:c>
       <x:c r="T651" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U651" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:21">
       <x:c r="A652" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B652" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C652" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D652" s="15" t="s"/>
       <x:c r="E652" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F652" s="14" t="s"/>
       <x:c r="G652" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="H652" s="14" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="I652" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J652" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K652" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L652" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M652" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N652" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O652" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P652" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="Q652" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R652" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S652" s="14" t="n">
         <x:v>502624</x:v>
       </x:c>
       <x:c r="T652" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U652" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:21">
       <x:c r="A653" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C653" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D653" s="3" t="s"/>
       <x:c r="E653" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G653" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="H653" s="0" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="I653" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J653" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K653" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L653" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M653" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N653" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O653" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P653" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="Q653" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R653" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S653" s="0" t="n">
         <x:v>546529</x:v>
       </x:c>
       <x:c r="T653" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U653" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:21">
       <x:c r="A654" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B654" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C654" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D654" s="15" t="s"/>
       <x:c r="E654" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -41279,198 +41278,198 @@
       </x:c>
       <x:c r="P658" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="Q658" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R658" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S658" s="14" t="n">
         <x:v>508945</x:v>
       </x:c>
       <x:c r="T658" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U658" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:21">
       <x:c r="A659" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C659" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D659" s="3" t="s"/>
       <x:c r="E659" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G659" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="I659" s="4" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="J659" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K659" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L659" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M659" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N659" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O659" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P659" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="Q659" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R659" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S659" s="0" t="n">
         <x:v>547444</x:v>
       </x:c>
       <x:c r="T659" s="4" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="U659" s="4" t="s">
         <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:21">
       <x:c r="A660" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B660" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C660" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D660" s="15" t="s"/>
       <x:c r="E660" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F660" s="14" t="s"/>
       <x:c r="G660" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="H660" s="14" t="s"/>
       <x:c r="I660" s="16" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="J660" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K660" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L660" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M660" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N660" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O660" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P660" s="14" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="Q660" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R660" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S660" s="14" t="n">
         <x:v>504975</x:v>
       </x:c>
       <x:c r="T660" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U660" s="16" t="s">
         <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:21">
       <x:c r="A661" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C661" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D661" s="3" t="s"/>
       <x:c r="E661" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="I661" s="4" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="J661" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K661" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L661" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M661" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N661" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O661" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P661" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="Q661" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R661" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S661" s="0" t="n">
         <x:v>606953</x:v>
       </x:c>
       <x:c r="T661" s="4" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="U661" s="4" t="s">
         <x:v>745</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:21">
       <x:c r="A662" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B662" s="14" t="s">
@@ -41553,51 +41552,51 @@
       <x:c r="J663" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K663" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L663" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M663" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N663" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O663" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P663" s="0" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="Q663" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R663" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S663" s="0" t="n">
         <x:v>555539</x:v>
       </x:c>
       <x:c r="T663" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U663" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:21">
       <x:c r="A664" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B664" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C664" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D664" s="15" t="s"/>
       <x:c r="E664" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -41612,51 +41611,51 @@
       <x:c r="J664" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K664" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L664" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M664" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N664" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O664" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P664" s="14" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="Q664" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R664" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S664" s="14" t="n">
         <x:v>506644</x:v>
       </x:c>
       <x:c r="T664" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U664" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:21">
       <x:c r="A665" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C665" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D665" s="3" t="s"/>
       <x:c r="E665" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -41669,101 +41668,101 @@
       <x:c r="J665" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K665" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L665" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M665" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N665" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O665" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P665" s="0" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="Q665" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R665" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S665" s="0" t="n">
         <x:v>609445</x:v>
       </x:c>
       <x:c r="T665" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U665" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:21">
       <x:c r="A666" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B666" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C666" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D666" s="15" t="s"/>
       <x:c r="E666" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F666" s="14" t="s"/>
       <x:c r="G666" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="H666" s="14" t="s"/>
       <x:c r="I666" s="16" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="J666" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K666" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L666" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M666" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N666" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O666" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P666" s="14" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="Q666" s="16" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="R666" s="14" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="S666" s="14" t="n">
         <x:v>505579</x:v>
       </x:c>
       <x:c r="T666" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U666" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:21">
       <x:c r="A667" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
@@ -41960,167 +41959,167 @@
       <x:c r="J670" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K670" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L670" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M670" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N670" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O670" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P670" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="Q670" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R670" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S670" s="14" t="n">
         <x:v>549430</x:v>
       </x:c>
       <x:c r="T670" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U670" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:21">
       <x:c r="A671" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C671" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D671" s="3" t="s"/>
       <x:c r="E671" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G671" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="I671" s="4" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="J671" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K671" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L671" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M671" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N671" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O671" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P671" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="Q671" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R671" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S671" s="0" t="n">
         <x:v>504843</x:v>
       </x:c>
       <x:c r="T671" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U671" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:21">
       <x:c r="A672" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B672" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C672" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D672" s="15" t="s"/>
       <x:c r="E672" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F672" s="14" t="s"/>
       <x:c r="G672" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="H672" s="14" t="s"/>
       <x:c r="I672" s="16" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="J672" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K672" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L672" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M672" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N672" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O672" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P672" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="Q672" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R672" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S672" s="14" t="n">
         <x:v>549436</x:v>
       </x:c>
       <x:c r="T672" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U672" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:21">
       <x:c r="A673" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C673" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D673" s="3" t="s"/>
       <x:c r="E673" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -42133,101 +42132,101 @@
       <x:c r="J673" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K673" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L673" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M673" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N673" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O673" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P673" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="Q673" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R673" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S673" s="0" t="n">
         <x:v>504839</x:v>
       </x:c>
       <x:c r="T673" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U673" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:21">
       <x:c r="A674" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B674" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C674" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D674" s="15" t="s"/>
       <x:c r="E674" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F674" s="14" t="s"/>
       <x:c r="G674" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="H674" s="14" t="s"/>
       <x:c r="I674" s="16" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="J674" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K674" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L674" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M674" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N674" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O674" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P674" s="14" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="Q674" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R674" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S674" s="14" t="n">
         <x:v>549437</x:v>
       </x:c>
       <x:c r="T674" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U674" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:21">
       <x:c r="A675" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
@@ -42266,84 +42265,84 @@
       </x:c>
       <x:c r="P675" s="0" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="Q675" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R675" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S675" s="0" t="n">
         <x:v>525365</x:v>
       </x:c>
       <x:c r="T675" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U675" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:21">
       <x:c r="A676" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B676" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C676" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D676" s="15" t="s"/>
       <x:c r="E676" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F676" s="14" t="s"/>
       <x:c r="G676" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="H676" s="14" t="s"/>
       <x:c r="I676" s="16" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="J676" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K676" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L676" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M676" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N676" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O676" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P676" s="14" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="Q676" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R676" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S676" s="14" t="n">
         <x:v>525364</x:v>
       </x:c>
       <x:c r="T676" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U676" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:21">
       <x:c r="A677" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
@@ -42650,54 +42649,54 @@
       <x:c r="L682" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M682" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N682" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O682" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P682" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="Q682" s="16" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="R682" s="14" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="S682" s="14" t="n">
         <x:v>621142</x:v>
       </x:c>
       <x:c r="T682" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U682" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:21">
       <x:c r="A683" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C683" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D683" s="3" t="s"/>
       <x:c r="G683" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="I683" s="4" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="J683" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K683" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -42707,51 +42706,51 @@
       <x:c r="M683" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N683" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O683" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P683" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="Q683" s="4" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="R683" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="S683" s="0" t="n">
         <x:v>621137</x:v>
       </x:c>
       <x:c r="T683" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U683" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:21">
       <x:c r="A684" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B684" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C684" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D684" s="15" t="s"/>
       <x:c r="E684" s="14" t="s"/>
       <x:c r="F684" s="14" t="s"/>
       <x:c r="G684" s="14" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="H684" s="14" t="s"/>
       <x:c r="I684" s="16" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="J684" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -42885,153 +42884,153 @@
       </x:c>
       <x:c r="P686" s="14" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="Q686" s="16" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="R686" s="14" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="S686" s="14" t="n">
         <x:v>602154</x:v>
       </x:c>
       <x:c r="T686" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U686" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:21">
       <x:c r="A687" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C687" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D687" s="3" t="s"/>
       <x:c r="E687" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G687" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="I687" s="4" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="J687" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K687" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L687" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M687" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N687" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O687" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P687" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="Q687" s="4" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="R687" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="S687" s="0" t="n">
-        <x:v>546869</x:v>
+        <x:v>564626</x:v>
       </x:c>
       <x:c r="T687" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U687" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:21">
       <x:c r="A688" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B688" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C688" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D688" s="15" t="s"/>
       <x:c r="E688" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F688" s="14" t="s"/>
       <x:c r="G688" s="14" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="H688" s="14" t="s"/>
       <x:c r="I688" s="16" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="J688" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K688" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L688" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M688" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N688" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O688" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P688" s="14" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="Q688" s="16" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="R688" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="S688" s="14" t="n">
-        <x:v>564626</x:v>
+        <x:v>546869</x:v>
       </x:c>
       <x:c r="T688" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U688" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:21">
       <x:c r="A689" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C689" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D689" s="3" t="s"/>
       <x:c r="E689" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G689" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
@@ -43073,194 +43072,194 @@
       </x:c>
       <x:c r="U689" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:21">
       <x:c r="A690" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B690" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C690" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D690" s="15" t="s"/>
       <x:c r="E690" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F690" s="14" t="s"/>
       <x:c r="G690" s="14" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="H690" s="14" t="s"/>
       <x:c r="I690" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J690" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K690" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L690" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M690" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N690" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O690" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P690" s="14" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="Q690" s="16" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="R690" s="14" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="S690" s="14" t="n">
         <x:v>547146</x:v>
       </x:c>
       <x:c r="T690" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U690" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:21">
       <x:c r="A691" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C691" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D691" s="3" t="s"/>
       <x:c r="E691" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G691" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="I691" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J691" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K691" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L691" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M691" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N691" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O691" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P691" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="Q691" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="R691" s="0" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="S691" s="0" t="n">
         <x:v>602603</x:v>
       </x:c>
       <x:c r="T691" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U691" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:21">
       <x:c r="A692" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B692" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C692" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D692" s="15" t="s"/>
       <x:c r="E692" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F692" s="14" t="s"/>
       <x:c r="G692" s="14" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="H692" s="14" t="s"/>
       <x:c r="I692" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J692" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K692" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L692" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M692" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N692" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O692" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P692" s="14" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="Q692" s="16" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="R692" s="14" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="S692" s="14" t="n">
         <x:v>498163</x:v>
       </x:c>
       <x:c r="T692" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U692" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:21">
       <x:c r="A693" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C693" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D693" s="3" t="s"/>
       <x:c r="E693" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -43695,141 +43694,141 @@
       </x:c>
       <x:c r="P700" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="Q700" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R700" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S700" s="14" t="n">
         <x:v>601037</x:v>
       </x:c>
       <x:c r="T700" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U700" s="16" t="s">
         <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:21">
       <x:c r="A701" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C701" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D701" s="3" t="s"/>
       <x:c r="E701" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G701" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="I701" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="J701" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K701" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L701" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M701" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N701" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O701" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P701" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="Q701" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R701" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S701" s="0" t="n">
         <x:v>544970</x:v>
       </x:c>
       <x:c r="T701" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U701" s="4" t="s">
         <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:21">
       <x:c r="A702" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B702" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C702" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D702" s="15" t="s"/>
       <x:c r="E702" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F702" s="14" t="s"/>
       <x:c r="G702" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="H702" s="14" t="s"/>
       <x:c r="I702" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="J702" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K702" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L702" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M702" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N702" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O702" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P702" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="Q702" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R702" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S702" s="14" t="n">
         <x:v>495352</x:v>
       </x:c>
       <x:c r="T702" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U702" s="16" t="s">
         <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:21">
       <x:c r="A703" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
@@ -43868,226 +43867,226 @@
       </x:c>
       <x:c r="P703" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="Q703" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R703" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S703" s="0" t="n">
         <x:v>544967</x:v>
       </x:c>
       <x:c r="T703" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U703" s="4" t="s">
         <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:21">
       <x:c r="A704" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B704" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C704" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D704" s="15" t="s"/>
       <x:c r="E704" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F704" s="14" t="s"/>
       <x:c r="G704" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="H704" s="14" t="s"/>
       <x:c r="I704" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="J704" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K704" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L704" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M704" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N704" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O704" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P704" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="Q704" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R704" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S704" s="14" t="n">
         <x:v>601039</x:v>
       </x:c>
       <x:c r="T704" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U704" s="16" t="s">
         <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:21">
       <x:c r="A705" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C705" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D705" s="3" t="s"/>
       <x:c r="E705" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G705" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="I705" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J705" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K705" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L705" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M705" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N705" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O705" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P705" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="Q705" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R705" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S705" s="0" t="n">
         <x:v>547290</x:v>
       </x:c>
       <x:c r="T705" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U705" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:21">
       <x:c r="A706" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B706" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C706" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D706" s="15" t="s"/>
       <x:c r="E706" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F706" s="14" t="s"/>
       <x:c r="G706" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="H706" s="14" t="s"/>
       <x:c r="I706" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J706" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K706" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L706" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M706" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N706" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O706" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P706" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="Q706" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R706" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S706" s="14" t="n">
         <x:v>516288</x:v>
       </x:c>
       <x:c r="T706" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U706" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:21">
       <x:c r="A707" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C707" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D707" s="3" t="s"/>
       <x:c r="G707" s="0" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="I707" s="4" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="J707" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K707" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L707" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M707" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N707" s="3" t="n">
         <x:v>13115</x:v>
@@ -44097,51 +44096,51 @@
       </x:c>
       <x:c r="P707" s="0" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="Q707" s="4" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="R707" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S707" s="0" t="n">
         <x:v>591976</x:v>
       </x:c>
       <x:c r="T707" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U707" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:21">
       <x:c r="A708" s="13" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B708" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C708" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D708" s="15" t="s"/>
       <x:c r="E708" s="14" t="s"/>
       <x:c r="F708" s="14" t="s"/>
       <x:c r="G708" s="14" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="H708" s="14" t="s"/>
       <x:c r="I708" s="16" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="J708" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K708" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L708" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M708" s="14" t="s">
         <x:v>29</x:v>
@@ -44208,91 +44207,91 @@
       </x:c>
       <x:c r="P709" s="0" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="Q709" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R709" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S709" s="0" t="n">
         <x:v>596948</x:v>
       </x:c>
       <x:c r="T709" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U709" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:21">
       <x:c r="A710" s="13" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B710" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C710" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D710" s="15" t="s"/>
       <x:c r="E710" s="14" t="s"/>
       <x:c r="F710" s="14" t="s"/>
       <x:c r="G710" s="14" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="H710" s="14" t="s"/>
       <x:c r="I710" s="16" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="J710" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K710" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L710" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M710" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N710" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O710" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P710" s="14" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="Q710" s="16" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="R710" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S710" s="14" t="n">
         <x:v>591975</x:v>
       </x:c>
       <x:c r="T710" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U710" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:21">
       <x:c r="A711" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="C711" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D711" s="3" t="s"/>
       <x:c r="G711" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
@@ -44305,51 +44304,51 @@
       <x:c r="J711" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K711" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L711" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M711" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N711" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O711" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P711" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q711" s="4" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="R711" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S711" s="0" t="n">
         <x:v>598409</x:v>
       </x:c>
       <x:c r="T711" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U711" s="4" t="s">
         <x:v>787</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:21">
       <x:c r="A712" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B712" s="14" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="C712" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D712" s="15" t="s"/>
       <x:c r="E712" s="14" t="s"/>
       <x:c r="F712" s="14" t="s"/>
       <x:c r="G712" s="14" t="s">
@@ -44364,51 +44363,51 @@
       <x:c r="J712" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K712" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L712" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M712" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N712" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O712" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P712" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q712" s="16" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="R712" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S712" s="14" t="n">
         <x:v>581203</x:v>
       </x:c>
       <x:c r="T712" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U712" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:21">
       <x:c r="A713" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C713" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D713" s="3" t="s"/>
       <x:c r="G713" s="0" t="s">
         <x:v>789</x:v>
       </x:c>
@@ -44847,139 +44846,139 @@
       </x:c>
       <x:c r="P721" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="Q721" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R721" s="0" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="S721" s="0" t="n">
         <x:v>614948</x:v>
       </x:c>
       <x:c r="T721" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U721" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:21">
       <x:c r="A722" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B722" s="14" t="s">
-        <x:v>796</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="C722" s="15" t="s"/>
       <x:c r="D722" s="15" t="s"/>
       <x:c r="E722" s="14" t="s"/>
       <x:c r="F722" s="14" t="s"/>
       <x:c r="G722" s="14" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="H722" s="14" t="s"/>
       <x:c r="I722" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J722" s="14" t="s"/>
       <x:c r="K722" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L722" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M722" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N722" s="15" t="n">
-        <x:v>70354</x:v>
+        <x:v>71203</x:v>
       </x:c>
       <x:c r="O722" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="P722" s="14" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="Q722" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R722" s="14" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="S722" s="14" t="n">
-        <x:v>614914</x:v>
+        <x:v>614946</x:v>
       </x:c>
       <x:c r="T722" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U722" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:21">
       <x:c r="A723" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
-        <x:v>798</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="C723" s="3" t="s"/>
       <x:c r="D723" s="3" t="s"/>
       <x:c r="G723" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="I723" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="K723" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L723" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M723" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N723" s="3" t="n">
-        <x:v>71203</x:v>
+        <x:v>70354</x:v>
       </x:c>
       <x:c r="O723" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="P723" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="Q723" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R723" s="0" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="S723" s="0" t="n">
-        <x:v>614946</x:v>
+        <x:v>614914</x:v>
       </x:c>
       <x:c r="T723" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U723" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:21">
       <x:c r="A724" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B724" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="C724" s="15" t="s"/>
       <x:c r="D724" s="15" t="s"/>
       <x:c r="E724" s="14" t="s"/>
       <x:c r="F724" s="14" t="s"/>
       <x:c r="G724" s="14" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="H724" s="14" t="s"/>
       <x:c r="I724" s="16" t="s">
         <x:v>213</x:v>