--- v1 (2026-03-18)
+++ v2 (2026-03-19)
@@ -311,50 +311,68 @@
   <x:si>
     <x:t>07/21/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Alternance Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alternance Azur - Antenne Salon de Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALON-DE-PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
@@ -527,95 +545,77 @@
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS gestion de la PME module télétravail</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
-    <x:t>05000</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Alternance Azur</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/28/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Alternance Azur - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Azur - Antenne Marseille</x:t>
   </x:si>
   <x:si>
-    <x:t>Alternance Azur - Antenne Salon de Provence</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Alternance Exxecc</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Sud Azur - Groupe Alternance Nice</x:t>
@@ -983,50 +983,68 @@
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (St Sébasien)</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>Adjoint de dirigeant d'entreprise artisanale (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion entreprise artisanale</x:t>
   </x:si>
   <x:si>
+    <x:t>Informatique pour les débutants : Windows + Internet + Office</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dawan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Logiciel bureautique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dawan - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/14/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Adjoint de dirigeant d'entreprise artisanale BC03 Assurer la rentabilité et la réalisation des budgets de sa TPE-PME</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Conjoint collaborateur d'artisan , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Adjoint de dirigeant d'entreprise artisanale BC05 Définir sa stratégie commerciale et son marketing digital</x:t>
   </x:si>
   <x:si>
     <x:t>Adjoint de dirigeant d'entreprise artisanale BC01 Assister à la gestion des ressources humaines et au management des collaborateurs d’une entreprise artisanale – TPE/PME</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Adjoint de dirigeant d'entreprise artisanale BC02 Assurer la comptabilité générale d’une entreprise artisanale – TPE-PME</x:t>
@@ -1124,75 +1142,57 @@
   <x:si>
     <x:t>Licence mention gestion (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours gestion des ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>Cpe-Cfa</x:t>
   </x:si>
   <x:si>
     <x:t>CPEAS - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel assistant de direction</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans , Particulier, individuel , Public en emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Informatique pour les débutants : Windows + Internet + Office</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Dawan - Antenne Marseille</x:t>
   </x:si>
   <x:si>
-    <x:t>02/14/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Bureautique Approfondissement : Excel + Word + Powerpoint</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2025 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Dawan - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>Diderot Education</x:t>
   </x:si>
   <x:si>
     <x:t>34000</x:t>
   </x:si>
   <x:si>
     <x:t>Diderot Education - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Diderot Education - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Diderot Education - Antenne Nice</x:t>
   </x:si>
@@ -4187,3237 +4187,3237 @@
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>545207</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>38667</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
+      <x:c r="E21" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>35018</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>548025</x:v>
+        <x:v>601450</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>539970</x:v>
+        <x:v>548025</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>604420</x:v>
+        <x:v>539970</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>548026</x:v>
+        <x:v>604420</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>548166</x:v>
+        <x:v>548026</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>540556</x:v>
+        <x:v>548166</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>548165</x:v>
+        <x:v>540556</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>604484</x:v>
+        <x:v>548165</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>545273</x:v>
+        <x:v>604484</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>540555</x:v>
+        <x:v>545273</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>604486</x:v>
+        <x:v>540555</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>604485</x:v>
+        <x:v>604486</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
-      <x:c r="E33" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>610274</x:v>
+        <x:v>604485</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>610273</x:v>
+        <x:v>610274</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>606563</x:v>
+        <x:v>610273</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>606564</x:v>
+        <x:v>606563</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>606565</x:v>
+        <x:v>606564</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
-        <x:v>63</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>35386</x:v>
+        <x:v>38667</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
-      <x:c r="E38" s="14" t="s"/>
+      <x:c r="E38" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>35018</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="P38" s="14" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="Q38" s="16" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="R38" s="14" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="S38" s="14" t="n">
+        <x:v>606565</x:v>
+      </x:c>
+      <x:c r="T38" s="16" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="U38" s="16" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>35923</x:v>
+        <x:v>35386</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>31637</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="P39" s="0" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="Q39" s="4" t="s">
         <x:v>114</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>575655</x:v>
+        <x:v>575970</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>39018</x:v>
+        <x:v>35923</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>13115</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>575656</x:v>
+        <x:v>575655</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>575658</x:v>
+        <x:v>575656</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>575659</x:v>
+        <x:v>575658</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>575660</x:v>
+        <x:v>575659</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>575662</x:v>
+        <x:v>575660</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>575663</x:v>
+        <x:v>575662</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
-        <x:v>35924</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>31637</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>575664</x:v>
+        <x:v>575663</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>575666</x:v>
+        <x:v>575664</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>575667</x:v>
+        <x:v>575666</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>575668</x:v>
+        <x:v>575667</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>575669</x:v>
+        <x:v>575668</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>575748</x:v>
+        <x:v>575669</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
-        <x:v>35923</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>575853</x:v>
+        <x:v>575748</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>35923</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>575855</x:v>
+        <x:v>575853</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
-        <x:v>35924</x:v>
+        <x:v>35923</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>577316</x:v>
+        <x:v>575855</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>39018</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="H55" s="0" t="s">
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="L55" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M55" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N55" s="3" t="n">
+        <x:v>31637</x:v>
+      </x:c>
+      <x:c r="O55" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="P55" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="L55" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>591973</x:v>
+        <x:v>577316</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>591974</x:v>
+        <x:v>591973</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>35923</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>31637</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>595418</x:v>
+        <x:v>591974</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>35923</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>595419</x:v>
+        <x:v>595418</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>35924</x:v>
+        <x:v>35923</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>595464</x:v>
+        <x:v>595419</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>595465</x:v>
+        <x:v>595464</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>595466</x:v>
+        <x:v>595465</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
-      <x:c r="E62" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="H62" s="14" t="s"/>
+      <x:c r="I62" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="H62" s="14" t="s">
+      <x:c r="J62" s="14" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="K62" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="I62" s="16" t="s">
+      <x:c r="L62" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M62" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N62" s="15" t="n">
+        <x:v>31637</x:v>
+      </x:c>
+      <x:c r="O62" s="14" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="P62" s="14" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="Q62" s="16" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="R62" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="J62" s="14" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>601168</x:v>
+        <x:v>595466</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>549120</x:v>
+        <x:v>601168</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F64" s="14" t="s"/>
+      <x:c r="G64" s="14" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="H64" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="F64" s="14" t="s">
+      <x:c r="I64" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="G64" s="14" t="s">
-[...5 lines deleted...]
-      </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>583754</x:v>
+        <x:v>549120</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="F65" s="0" t="s">
+        <x:v>156</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>142</x:v>
-[...2 lines deleted...]
-        <x:v>143</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>495511</x:v>
+        <x:v>583754</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>156</x:v>
-[...1 lines deleted...]
-      <x:c r="H66" s="14" t="s"/>
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="H66" s="14" t="s">
+        <x:v>149</x:v>
+      </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>496029</x:v>
+        <x:v>495511</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>545466</x:v>
+        <x:v>496029</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>601454</x:v>
+        <x:v>545466</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>601455</x:v>
+        <x:v>601454</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>545467</x:v>
+        <x:v>601455</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="S71" s="0" t="n">
+        <x:v>545467</x:v>
+      </x:c>
+      <x:c r="T71" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="S71" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>496036</x:v>
+        <x:v>496033</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>545468</x:v>
+        <x:v>496036</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>601456</x:v>
+        <x:v>545468</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>601450</x:v>
+        <x:v>601456</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
@@ -8012,51 +8012,51 @@
       <x:c r="L86" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>600589</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
@@ -8069,51 +8069,51 @@
       <x:c r="L87" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>600590</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
@@ -9142,396 +9142,396 @@
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>571088</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>35923</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>595420</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>556509</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>556510</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>504379</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>608909</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>608910</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -10821,51 +10821,51 @@
       <x:c r="L133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>502375</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
@@ -10880,51 +10880,51 @@
       <x:c r="L134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>502376</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
@@ -10937,51 +10937,51 @@
       <x:c r="L135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>502385</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
@@ -10996,51 +10996,51 @@
       <x:c r="L136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>502386</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
@@ -11053,51 +11053,51 @@
       <x:c r="L137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>507196</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
@@ -11112,51 +11112,51 @@
       <x:c r="L138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>507197</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
@@ -11169,51 +11169,51 @@
       <x:c r="L139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>507211</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
@@ -11228,51 +11228,51 @@
       <x:c r="L140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>507214</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
@@ -11285,51 +11285,51 @@
       <x:c r="L141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>507212</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
@@ -11344,51 +11344,51 @@
       <x:c r="L142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>507198</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>57</x:v>
@@ -11621,51 +11621,51 @@
       <x:c r="J147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>35004</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>603515</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -13034,51 +13034,51 @@
       <x:c r="L171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>495976</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
@@ -13093,59 +13093,59 @@
       <x:c r="L172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>495992</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>29</x:v>
@@ -13155,51 +13155,51 @@
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>469545</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>28</x:v>
@@ -13261,51 +13261,51 @@
       <x:c r="L175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>498767</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
@@ -13429,54 +13429,54 @@
       <x:c r="I178" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>601001</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -13489,60 +13489,60 @@
       <x:c r="I179" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>497961</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>282</x:v>
@@ -13550,54 +13550,54 @@
       <x:c r="I180" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>551856</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -14177,1048 +14177,1037 @@
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>553739</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="C191" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
-        <x:v>300</x:v>
-[...2 lines deleted...]
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>168</x:v>
-[...2 lines deleted...]
-        <x:v>302</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
-        <x:v>32097</x:v>
+        <x:v>70354</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>584659</x:v>
+        <x:v>505820</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>584660</x:v>
+        <x:v>584659</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>611288</x:v>
+        <x:v>584660</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>611247</x:v>
+        <x:v>611288</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>611242</x:v>
+        <x:v>611247</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>584795</x:v>
+        <x:v>611242</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
-      <x:c r="E197" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>605173</x:v>
+        <x:v>584795</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38289</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32097</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>605180</x:v>
+        <x:v>605173</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>552793</x:v>
+        <x:v>605180</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>502224</x:v>
+        <x:v>552793</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>604715</x:v>
+        <x:v>502224</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
-        <x:v>38289</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
-        <x:v>32097</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>552836</x:v>
+        <x:v>604715</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>604204</x:v>
+        <x:v>552836</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>604147</x:v>
+        <x:v>604204</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>553183</x:v>
+        <x:v>604147</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38289</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>32097</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>502161</x:v>
+        <x:v>553183</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>501683</x:v>
+        <x:v>502161</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>300</x:v>
@@ -15226,1212 +15215,1220 @@
       <x:c r="H208" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>553244</x:v>
+        <x:v>501683</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>604791</x:v>
+        <x:v>553244</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>325</x:v>
-[...1 lines deleted...]
-      <x:c r="H210" s="14" t="s"/>
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="H210" s="14" t="s">
+        <x:v>301</x:v>
+      </x:c>
       <x:c r="I210" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>599253</x:v>
+        <x:v>604791</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>548860</x:v>
+        <x:v>599253</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>329</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>500428</x:v>
+        <x:v>548860</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
-        <x:v>35924</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="E213" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="I213" s="4" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="J213" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K213" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L213" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M213" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N213" s="3" t="n">
+        <x:v>35007</x:v>
+      </x:c>
+      <x:c r="O213" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P213" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="I213" s="4" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>558137</x:v>
+        <x:v>500428</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>558138</x:v>
+        <x:v>558137</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>558139</x:v>
+        <x:v>558138</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
-      <x:c r="E216" s="14" t="s"/>
+      <x:c r="E216" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>529159</x:v>
+        <x:v>558139</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>614393</x:v>
+        <x:v>529159</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="S218" s="14" t="n">
+        <x:v>614393</x:v>
+      </x:c>
+      <x:c r="T218" s="16" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
-      <x:c r="E219" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G219" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>611452</x:v>
+        <x:v>587314</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>611466</x:v>
+        <x:v>611452</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
-        <x:v>38667</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
-        <x:v>35018</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>599039</x:v>
+        <x:v>611466</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>599040</x:v>
+        <x:v>599039</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
+      <x:c r="E223" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>575916</x:v>
+        <x:v>599040</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>351</x:v>
-[...1 lines deleted...]
-      <x:c r="C224" s="15" t="s"/>
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="C224" s="15" t="n">
+        <x:v>38667</x:v>
+      </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="H224" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
-        <x:v>353</x:v>
-[...1 lines deleted...]
-      <x:c r="J224" s="14" t="s"/>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="J224" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K224" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
-        <x:v>70354</x:v>
+        <x:v>35018</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="Q224" s="16" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="R224" s="14" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="S224" s="14" t="n">
+        <x:v>575916</x:v>
+      </x:c>
+      <x:c r="T224" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="Q224" s="16" t="s">
-[...8 lines deleted...]
-      <x:c r="T224" s="16" t="s">
+      <x:c r="U224" s="16" t="s">
         <x:v>356</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>505776</x:v>
+        <x:v>505819</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="Q226" s="16" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="R226" s="14" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="S226" s="14" t="n">
+        <x:v>505776</x:v>
+      </x:c>
+      <x:c r="T226" s="16" t="s">
         <x:v>359</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>358</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>505820</x:v>
+        <x:v>566966</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>513657</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -16444,51 +16441,51 @@
       <x:c r="J229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>566583</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -16503,51 +16500,51 @@
       <x:c r="J230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>601749</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
@@ -16724,51 +16721,51 @@
       <x:c r="I234" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>553012</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
@@ -16781,51 +16778,51 @@
       <x:c r="I235" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>553019</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
@@ -16840,51 +16837,51 @@
       <x:c r="I236" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>506134</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
@@ -16897,51 +16894,51 @@
       <x:c r="I237" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>506140</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
@@ -16956,51 +16953,51 @@
       <x:c r="I238" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>605558</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
@@ -17309,51 +17306,51 @@
       <x:c r="J244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>600277</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -17369,51 +17366,51 @@
       <x:c r="J245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>600280</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -17430,51 +17427,51 @@
       <x:c r="J246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>572162</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -17490,51 +17487,51 @@
       <x:c r="J247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>572165</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -17749,97 +17746,97 @@
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>600272</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>617720</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
@@ -17852,119 +17849,119 @@
       <x:c r="L253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>600036</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>598716</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>35018</x:v>
@@ -18033,51 +18030,51 @@
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>548169</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>35018</x:v>
@@ -18087,108 +18084,108 @@
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>617722</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>617721</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>35018</x:v>
@@ -18198,51 +18195,51 @@
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>609487</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>169</x:v>
@@ -18309,381 +18306,381 @@
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>600032</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>594538</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>594168</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="I264" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>611442</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>611493</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>558150</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>558149</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
@@ -18709,51 +18706,51 @@
       <x:c r="J268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>499771</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -18769,51 +18766,51 @@
       <x:c r="J269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>546218</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -18830,252 +18827,252 @@
       <x:c r="J270" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>600170</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>594165</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>594537</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>594164</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>594179</x:v>
       </x:c>
@@ -19811,199 +19808,199 @@
       <x:c r="U286" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="E287" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>496116</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I288" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>546431</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>599650</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -20081,81 +20078,81 @@
       <x:c r="L291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>602106</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>615985</x:v>
       </x:c>
@@ -20385,51 +20382,51 @@
         <x:v>573908</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>35054</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>554305</x:v>
       </x:c>
@@ -20655,51 +20652,51 @@
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>605521</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>29</x:v>
@@ -20712,105 +20709,105 @@
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>621211</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>621210</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>29</x:v>
@@ -20823,102 +20820,102 @@
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>598734</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>598736</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>28</x:v>
@@ -20931,51 +20928,51 @@
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>542875</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>29</x:v>
@@ -20988,253 +20985,253 @@
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>538533</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>621212</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>594173</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>594170</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>594171</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
@@ -21249,51 +21246,51 @@
       <x:c r="I312" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>556214</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
@@ -21306,51 +21303,51 @@
       <x:c r="I313" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>608374</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
@@ -21674,97 +21671,97 @@
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>496650</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>616368</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="E321" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
@@ -22357,51 +22354,51 @@
       <x:c r="L331" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>601563</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
@@ -22416,51 +22413,51 @@
       <x:c r="L332" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>601551</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="E333" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
@@ -22473,51 +22470,51 @@
       <x:c r="L333" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>601552</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
@@ -22532,51 +22529,51 @@
       <x:c r="L334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>601564</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="E335" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
@@ -22772,127 +22769,127 @@
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>499904</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>620454</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>620460</x:v>
       </x:c>
@@ -22926,51 +22923,51 @@
       <x:c r="I341" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>600258</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
@@ -23118,51 +23115,51 @@
       <x:c r="M344" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>557578</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="E345" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -23175,51 +23172,51 @@
       <x:c r="M345" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>497641</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="I346" s="16" t="s">
         <x:v>487</x:v>
@@ -23244,51 +23241,51 @@
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>548900</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>35018</x:v>
@@ -23307,485 +23304,485 @@
       </x:c>
       <x:c r="S347" s="0" t="n">
         <x:v>601030</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>30122</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K348" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="Q348" s="16" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="R348" s="14" t="s">
         <x:v>151</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>145</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>542500</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>591163</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>605941</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="E351" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>547563</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>542498</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="E353" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>494752</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>547562</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
         <x:v>522065</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
@@ -24025,51 +24022,51 @@
       <x:c r="L360" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>609810</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
@@ -24676,129 +24673,129 @@
       <x:c r="U371" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>557456</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>543674</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
@@ -24898,66 +24895,66 @@
       <x:c r="U375" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>575212</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
@@ -25177,186 +25174,186 @@
       <x:c r="U380" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="E381" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>617493</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>589717</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>614352</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -25603,51 +25600,51 @@
       <x:c r="L388" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>494819</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -25657,51 +25654,51 @@
       <x:c r="L389" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>522082</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
@@ -25880,54 +25877,54 @@
       <x:c r="I393" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>603619</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -25939,54 +25936,54 @@
       <x:c r="I394" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>549469</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="E395" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -25996,54 +25993,54 @@
       <x:c r="I395" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>499310</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -26579,51 +26576,51 @@
       <x:c r="J405" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>608344</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
@@ -26754,51 +26751,51 @@
       <x:c r="J408" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>507612</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
@@ -26933,51 +26930,51 @@
       <x:c r="L411" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>522085</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I412" s="16" t="s">
@@ -26992,51 +26989,51 @@
       <x:c r="L412" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>522087</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
@@ -27049,51 +27046,51 @@
       <x:c r="L413" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>522089</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I414" s="16" t="s">
@@ -27108,51 +27105,51 @@
       <x:c r="L414" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>522091</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
@@ -27367,66 +27364,66 @@
       <x:c r="U418" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>30122</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>564389</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
@@ -27507,51 +27504,51 @@
       <x:c r="J421" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
         <x:v>554805</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
@@ -27831,66 +27828,66 @@
       <x:c r="U426" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>30122</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
         <x:v>606241</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
@@ -28222,51 +28219,51 @@
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>548448</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="I434" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -28454,51 +28451,51 @@
       <x:c r="L437" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
         <x:v>599144</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s">
         <x:v>538</x:v>
@@ -28515,51 +28512,51 @@
       <x:c r="L438" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
         <x:v>599148</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="E439" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="H439" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
@@ -28586,51 +28583,51 @@
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>599145</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>201</x:v>
@@ -29096,51 +29093,51 @@
       <x:c r="L448" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>502673</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="E449" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
@@ -29153,272 +29150,272 @@
       <x:c r="L449" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>502704</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
         <x:v>594181</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="E451" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
         <x:v>616218</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>495430</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="E453" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>545029</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
@@ -29606,51 +29603,51 @@
       <x:c r="I457" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>611107</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
@@ -29665,51 +29662,51 @@
       <x:c r="I458" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>550694</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
@@ -29722,51 +29719,51 @@
       <x:c r="I459" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>550660</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
@@ -29781,51 +29778,51 @@
       <x:c r="I460" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K460" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
         <x:v>535320</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
@@ -29838,201 +29835,201 @@
       <x:c r="I461" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>535324</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>594547</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
         <x:v>594169</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
         <x:v>594176</x:v>
       </x:c>
@@ -30308,51 +30305,51 @@
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
         <x:v>542950</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="I470" s="16" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K470" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -30658,51 +30655,51 @@
       <x:c r="L475" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
         <x:v>549099</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s">
         <x:v>577</x:v>
@@ -31045,66 +31042,66 @@
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>607976</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
@@ -31581,111 +31578,111 @@
         <x:v>515212</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="C491" s="3" t="s"/>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="G491" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="H491" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>35047</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
         <x:v>523230</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s"/>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>594158</x:v>
       </x:c>
@@ -32024,51 +32021,51 @@
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>496012</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>29</x:v>
@@ -32078,51 +32075,51 @@
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
         <x:v>487528</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>28</x:v>
@@ -32440,66 +32437,66 @@
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
         <x:v>547460</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
         <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
@@ -32527,51 +32524,51 @@
       <x:c r="L507" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
         <x:v>504947</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
         <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s"/>
       <x:c r="I508" s="16" t="s">
@@ -32634,54 +32631,54 @@
       <x:c r="I509" s="4" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
         <x:v>509519</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
         <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
         <x:v>37345</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -32702,51 +32699,51 @@
       <x:c r="L510" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>35047</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
         <x:v>499872</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="E511" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
         <x:v>615</x:v>
       </x:c>
@@ -32934,51 +32931,51 @@
       <x:c r="L514" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
         <x:v>603551</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="E515" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
@@ -33285,51 +33282,51 @@
       <x:c r="M520" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
         <x:v>549657</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="E521" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -33514,51 +33511,51 @@
       <x:c r="L524" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
         <x:v>508723</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
         <x:v>37345</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="E525" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
@@ -33571,51 +33568,51 @@
       <x:c r="L525" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
         <x:v>35047</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
         <x:v>508729</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s"/>
       <x:c r="I526" s="16" t="s">
@@ -33630,51 +33627,51 @@
       <x:c r="L526" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M526" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
         <x:v>508721</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C527" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D527" s="3" t="s"/>
       <x:c r="G527" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="I527" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J527" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -34084,51 +34081,51 @@
       <x:c r="L534" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
         <x:v>508722</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="E535" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
@@ -34141,51 +34138,51 @@
       <x:c r="L535" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
         <x:v>508724</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C536" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="H536" s="14" t="s"/>
       <x:c r="I536" s="16" t="s">
@@ -34324,460 +34321,460 @@
       </x:c>
       <x:c r="O538" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
         <x:v>598963</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C539" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="G539" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J539" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L539" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>594192</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s"/>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
         <x:v>594552</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="G541" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
         <x:v>594546</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C542" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s"/>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="H542" s="14" t="s"/>
       <x:c r="I542" s="16" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="J542" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K542" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M542" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
         <x:v>594178</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C543" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="G543" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
         <x:v>594186</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C544" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s"/>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="H544" s="14" t="s"/>
       <x:c r="I544" s="16" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="J544" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K544" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L544" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M544" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O544" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P544" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
         <x:v>594190</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C545" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="G545" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O545" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
         <x:v>594553</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C546" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D546" s="15" t="s"/>
       <x:c r="E546" s="14" t="s"/>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="H546" s="14" t="s"/>
       <x:c r="I546" s="16" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K546" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
         <x:v>594535</x:v>
       </x:c>
@@ -34811,54 +34808,54 @@
       <x:c r="I547" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
         <x:v>608111</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C548" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D548" s="15" t="s"/>
       <x:c r="E548" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -34872,54 +34869,54 @@
       <x:c r="I548" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K548" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M548" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
         <x:v>556276</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C549" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="E549" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -34932,90 +34929,90 @@
       <x:c r="I549" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J549" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L549" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M549" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N549" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O549" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P549" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q549" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="R549" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="S549" s="0" t="n">
         <x:v>511088</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C550" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D550" s="15" t="s"/>
       <x:c r="E550" s="14" t="s"/>
       <x:c r="F550" s="14" t="s"/>
       <x:c r="G550" s="14" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="H550" s="14" t="s"/>
       <x:c r="I550" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="J550" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K550" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L550" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M550" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N550" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O550" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P550" s="14" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="Q550" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="R550" s="14" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
         <x:v>594541</x:v>
       </x:c>
@@ -35367,81 +35364,81 @@
       <x:c r="S556" s="14" t="n">
         <x:v>515675</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
         <x:v>30122</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="E557" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
         <x:v>547665</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -35585,357 +35582,357 @@
       <x:c r="L560" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
         <x:v>511025</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C561" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D561" s="3" t="s"/>
       <x:c r="G561" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="J561" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
         <x:v>594188</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C562" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D562" s="15" t="s"/>
       <x:c r="E562" s="14" t="s"/>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="H562" s="14" t="s"/>
       <x:c r="I562" s="16" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="J562" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K562" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
         <x:v>594180</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="G563" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
         <x:v>594551</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C564" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s"/>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="H564" s="14" t="s"/>
       <x:c r="I564" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J564" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K564" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
         <x:v>594162</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="G565" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
         <x:v>594536</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C566" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s"/>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="H566" s="14" t="s"/>
       <x:c r="I566" s="16" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="J566" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K566" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L566" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M566" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N566" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O566" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
         <x:v>594187</x:v>
       </x:c>
@@ -36039,51 +36036,51 @@
       <x:c r="L568" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
         <x:v>511026</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C569" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="E569" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H569" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
@@ -36107,313 +36104,313 @@
       </x:c>
       <x:c r="O569" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
         <x:v>556403</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C570" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s"/>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="H570" s="14" t="s"/>
       <x:c r="I570" s="16" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="J570" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K570" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L570" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M570" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
         <x:v>594185</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C571" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="G571" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O571" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P571" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
         <x:v>594191</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C572" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D572" s="15" t="s"/>
       <x:c r="E572" s="14" t="s"/>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="H572" s="14" t="s"/>
       <x:c r="I572" s="16" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="J572" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K572" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L572" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="R572" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="S572" s="14" t="n">
         <x:v>594539</x:v>
       </x:c>
       <x:c r="T572" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U572" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C573" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D573" s="3" t="s"/>
       <x:c r="G573" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J573" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L573" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M573" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N573" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O573" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P573" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="Q573" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R573" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S573" s="0" t="n">
         <x:v>594543</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C574" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D574" s="15" t="s"/>
       <x:c r="E574" s="14" t="s"/>
       <x:c r="F574" s="14" t="s"/>
       <x:c r="G574" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H574" s="14" t="s"/>
       <x:c r="I574" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J574" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K574" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
         <x:v>594189</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D575" s="3" t="s"/>
@@ -36675,51 +36672,51 @@
       <x:c r="L579" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M579" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N579" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O579" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P579" s="0" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="Q579" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R579" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S579" s="0" t="n">
         <x:v>511087</x:v>
       </x:c>
       <x:c r="T579" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U579" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:21">
       <x:c r="A580" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B580" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C580" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D580" s="15" t="s"/>
       <x:c r="E580" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F580" s="14" t="s"/>
       <x:c r="G580" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H580" s="14" t="s">
         <x:v>529</x:v>
@@ -36736,303 +36733,303 @@
       <x:c r="L580" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M580" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N580" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O580" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P580" s="14" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="Q580" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R580" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S580" s="14" t="n">
         <x:v>511089</x:v>
       </x:c>
       <x:c r="T580" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U580" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:21">
       <x:c r="A581" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C581" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D581" s="3" t="s"/>
       <x:c r="G581" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="I581" s="4" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="J581" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L581" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M581" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N581" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O581" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P581" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="Q581" s="4" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="R581" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="S581" s="0" t="n">
         <x:v>594550</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C582" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D582" s="15" t="s"/>
       <x:c r="E582" s="14" t="s"/>
       <x:c r="F582" s="14" t="s"/>
       <x:c r="G582" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="H582" s="14" t="s"/>
       <x:c r="I582" s="16" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="J582" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K582" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L582" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M582" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N582" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O582" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P582" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="Q582" s="16" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="R582" s="14" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
         <x:v>594161</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C583" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D583" s="3" t="s"/>
       <x:c r="E583" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G583" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J583" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L583" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M583" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N583" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O583" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P583" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="Q583" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R583" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S583" s="0" t="n">
         <x:v>617488</x:v>
       </x:c>
       <x:c r="T583" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U583" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:21">
       <x:c r="A584" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B584" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C584" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D584" s="15" t="s"/>
       <x:c r="E584" s="14" t="s"/>
       <x:c r="F584" s="14" t="s"/>
       <x:c r="G584" s="14" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="H584" s="14" t="s"/>
       <x:c r="I584" s="16" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="J584" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K584" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L584" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M584" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N584" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O584" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P584" s="14" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="Q584" s="16" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="R584" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="S584" s="14" t="n">
         <x:v>594545</x:v>
       </x:c>
       <x:c r="T584" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U584" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:21">
       <x:c r="A585" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C585" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D585" s="3" t="s"/>
       <x:c r="G585" s="0" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="I585" s="4" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="J585" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K585" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L585" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M585" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N585" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O585" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P585" s="0" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="Q585" s="4" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="R585" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="S585" s="0" t="n">
         <x:v>594542</x:v>
       </x:c>
@@ -37136,51 +37133,51 @@
       <x:c r="L587" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M587" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N587" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O587" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P587" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q587" s="4" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="R587" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="S587" s="0" t="n">
         <x:v>511027</x:v>
       </x:c>
       <x:c r="T587" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U587" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:21">
       <x:c r="A588" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B588" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C588" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D588" s="15" t="s"/>
       <x:c r="E588" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F588" s="14" t="s"/>
       <x:c r="G588" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H588" s="14" t="s">
         <x:v>529</x:v>
@@ -37326,150 +37323,150 @@
       </x:c>
       <x:c r="O590" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P590" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q590" s="16" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="R590" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="S590" s="14" t="n">
         <x:v>608168</x:v>
       </x:c>
       <x:c r="T590" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U590" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:21">
       <x:c r="A591" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C591" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D591" s="3" t="s"/>
       <x:c r="G591" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="I591" s="4" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="J591" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K591" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L591" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M591" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N591" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O591" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P591" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="Q591" s="4" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="R591" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="S591" s="0" t="n">
         <x:v>594540</x:v>
       </x:c>
       <x:c r="T591" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U591" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:21">
       <x:c r="A592" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B592" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C592" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D592" s="15" t="s"/>
       <x:c r="E592" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F592" s="14" t="s"/>
       <x:c r="G592" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H592" s="14" t="s"/>
       <x:c r="I592" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J592" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K592" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L592" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M592" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N592" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O592" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P592" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q592" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R592" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S592" s="14" t="n">
         <x:v>611036</x:v>
       </x:c>
       <x:c r="T592" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U592" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:21">
       <x:c r="A593" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C593" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D593" s="3" t="s"/>
       <x:c r="E593" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -37795,127 +37792,127 @@
       </x:c>
       <x:c r="O598" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P598" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="Q598" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="R598" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S598" s="14" t="n">
         <x:v>602244</x:v>
       </x:c>
       <x:c r="T598" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U598" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:21">
       <x:c r="A599" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C599" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D599" s="3" t="s"/>
       <x:c r="G599" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="I599" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="J599" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K599" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L599" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M599" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N599" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O599" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P599" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q599" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R599" s="0" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="S599" s="0" t="n">
         <x:v>594544</x:v>
       </x:c>
       <x:c r="T599" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U599" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:21">
       <x:c r="A600" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B600" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C600" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D600" s="15" t="s"/>
       <x:c r="E600" s="14" t="s"/>
       <x:c r="F600" s="14" t="s"/>
       <x:c r="G600" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="H600" s="14" t="s"/>
       <x:c r="I600" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="J600" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K600" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L600" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M600" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N600" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O600" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P600" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q600" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R600" s="14" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="S600" s="14" t="n">
         <x:v>594175</x:v>
       </x:c>
@@ -38087,127 +38084,127 @@
       </x:c>
       <x:c r="O603" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P603" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="Q603" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R603" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S603" s="0" t="n">
         <x:v>493099</x:v>
       </x:c>
       <x:c r="T603" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="U603" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:21">
       <x:c r="A604" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B604" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C604" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D604" s="15" t="s"/>
       <x:c r="E604" s="14" t="s"/>
       <x:c r="F604" s="14" t="s"/>
       <x:c r="G604" s="14" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="H604" s="14" t="s"/>
       <x:c r="I604" s="16" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="J604" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K604" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L604" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M604" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N604" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O604" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P604" s="14" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="Q604" s="16" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="R604" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="S604" s="14" t="n">
         <x:v>594549</x:v>
       </x:c>
       <x:c r="T604" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U604" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:21">
       <x:c r="A605" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C605" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D605" s="3" t="s"/>
       <x:c r="G605" s="0" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="I605" s="4" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="J605" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K605" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L605" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M605" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N605" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O605" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P605" s="0" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="Q605" s="4" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="R605" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="S605" s="0" t="n">
         <x:v>594183</x:v>
       </x:c>
@@ -38399,75 +38396,75 @@
       <x:c r="U608" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:21">
       <x:c r="A609" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="C609" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D609" s="3" t="s"/>
       <x:c r="E609" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G609" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="I609" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J609" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K609" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L609" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M609" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N609" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O609" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P609" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q609" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R609" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S609" s="0" t="n">
         <x:v>547878</x:v>
       </x:c>
       <x:c r="T609" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U609" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:21">
       <x:c r="A610" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B610" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C610" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D610" s="15" t="s"/>
       <x:c r="E610" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -38611,78 +38608,78 @@
       <x:c r="L612" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M612" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N612" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O612" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P612" s="14" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="Q612" s="16" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="R612" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S612" s="14" t="n">
         <x:v>511028</x:v>
       </x:c>
       <x:c r="T612" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U612" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:21">
       <x:c r="A613" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C613" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D613" s="3" t="s"/>
       <x:c r="G613" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="I613" s="4" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="J613" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K613" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L613" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M613" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N613" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O613" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P613" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="Q613" s="4" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="R613" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S613" s="0" t="n">
         <x:v>594177</x:v>
       </x:c>
@@ -38726,51 +38723,51 @@
       <x:c r="L614" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M614" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N614" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O614" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P614" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="Q614" s="16" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="R614" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="S614" s="14" t="n">
         <x:v>511090</x:v>
       </x:c>
       <x:c r="T614" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U614" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:21">
       <x:c r="A615" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C615" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D615" s="3" t="s"/>
       <x:c r="E615" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G615" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H615" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
@@ -38855,181 +38852,181 @@
       </x:c>
       <x:c r="O616" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P616" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="Q616" s="16" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="R616" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="S616" s="14" t="n">
         <x:v>608112</x:v>
       </x:c>
       <x:c r="T616" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U616" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:21">
       <x:c r="A617" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C617" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D617" s="3" t="s"/>
       <x:c r="G617" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="I617" s="4" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="J617" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K617" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L617" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M617" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N617" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O617" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P617" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="Q617" s="4" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="R617" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="S617" s="0" t="n">
         <x:v>594182</x:v>
       </x:c>
       <x:c r="T617" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U617" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:21">
       <x:c r="A618" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B618" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C618" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D618" s="15" t="s"/>
       <x:c r="E618" s="14" t="s"/>
       <x:c r="F618" s="14" t="s"/>
       <x:c r="G618" s="14" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="H618" s="14" t="s"/>
       <x:c r="I618" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="J618" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K618" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L618" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M618" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N618" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O618" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P618" s="14" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="Q618" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R618" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S618" s="14" t="n">
         <x:v>594160</x:v>
       </x:c>
       <x:c r="T618" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U618" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:21">
       <x:c r="A619" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C619" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D619" s="3" t="s"/>
       <x:c r="G619" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="I619" s="4" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="J619" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K619" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L619" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M619" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N619" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O619" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P619" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="Q619" s="4" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="R619" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S619" s="0" t="n">
         <x:v>594548</x:v>
       </x:c>
@@ -40296,184 +40293,184 @@
       </x:c>
       <x:c r="O641" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P641" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q641" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R641" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S641" s="0" t="n">
         <x:v>587358</x:v>
       </x:c>
       <x:c r="T641" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U641" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:21">
       <x:c r="A642" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B642" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C642" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D642" s="15" t="s"/>
       <x:c r="E642" s="14" t="s"/>
       <x:c r="F642" s="14" t="s"/>
       <x:c r="G642" s="14" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="H642" s="14" t="s"/>
       <x:c r="I642" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J642" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K642" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L642" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M642" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N642" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O642" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P642" s="14" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="Q642" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R642" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S642" s="14" t="n">
         <x:v>594174</x:v>
       </x:c>
       <x:c r="T642" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U642" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:21">
       <x:c r="A643" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C643" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D643" s="3" t="s"/>
       <x:c r="G643" s="0" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="I643" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J643" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K643" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L643" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M643" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N643" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O643" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P643" s="0" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="Q643" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R643" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S643" s="0" t="n">
         <x:v>594167</x:v>
       </x:c>
       <x:c r="T643" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U643" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:21">
       <x:c r="A644" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B644" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C644" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D644" s="15" t="s"/>
       <x:c r="E644" s="14" t="s"/>
       <x:c r="F644" s="14" t="s"/>
       <x:c r="G644" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="H644" s="14" t="s"/>
       <x:c r="I644" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J644" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K644" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L644" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M644" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N644" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O644" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P644" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="Q644" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R644" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S644" s="14" t="n">
         <x:v>594166</x:v>
       </x:c>
@@ -40842,51 +40839,51 @@
       <x:c r="L651" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M651" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N651" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O651" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P651" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="Q651" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R651" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S651" s="0" t="n">
         <x:v>502624</x:v>
       </x:c>
       <x:c r="T651" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U651" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:21">
       <x:c r="A652" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B652" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C652" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D652" s="15" t="s"/>
       <x:c r="E652" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F652" s="14" t="s"/>
       <x:c r="G652" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="H652" s="14" t="s">
         <x:v>737</x:v>
@@ -41382,51 +41379,51 @@
       <x:c r="L660" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M660" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N660" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O660" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P660" s="14" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="Q660" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R660" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S660" s="14" t="n">
         <x:v>504975</x:v>
       </x:c>
       <x:c r="T660" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U660" s="16" t="s">
         <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:21">
       <x:c r="A661" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C661" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D661" s="3" t="s"/>
       <x:c r="E661" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="I661" s="4" t="s">
         <x:v>604</x:v>
       </x:c>
@@ -42377,165 +42374,165 @@
       </x:c>
       <x:c r="O677" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P677" s="0" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="Q677" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R677" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S677" s="0" t="n">
         <x:v>525365</x:v>
       </x:c>
       <x:c r="T677" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U677" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:21">
       <x:c r="A678" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B678" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C678" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D678" s="15" t="s"/>
       <x:c r="E678" s="14" t="s"/>
       <x:c r="F678" s="14" t="s"/>
       <x:c r="G678" s="14" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="H678" s="14" t="s"/>
       <x:c r="I678" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J678" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K678" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L678" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M678" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N678" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O678" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P678" s="14" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="Q678" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R678" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S678" s="14" t="n">
         <x:v>594159</x:v>
       </x:c>
       <x:c r="T678" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U678" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:21">
       <x:c r="A679" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C679" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D679" s="3" t="s"/>
       <x:c r="G679" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="I679" s="4" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="J679" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K679" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L679" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M679" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N679" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O679" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P679" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="Q679" s="4" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="R679" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="S679" s="0" t="n">
         <x:v>598344</x:v>
       </x:c>
       <x:c r="T679" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U679" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:21">
       <x:c r="A680" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B680" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C680" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D680" s="15" t="s"/>
       <x:c r="E680" s="14" t="s"/>
       <x:c r="F680" s="14" t="s"/>
       <x:c r="G680" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="H680" s="14" t="s"/>
       <x:c r="I680" s="16" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="J680" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K680" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L680" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M680" s="14" t="s">
         <x:v>29</x:v>
@@ -42548,205 +42545,205 @@
       </x:c>
       <x:c r="P680" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="Q680" s="16" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="R680" s="14" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="S680" s="14" t="n">
         <x:v>621142</x:v>
       </x:c>
       <x:c r="T680" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="U680" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:21">
       <x:c r="A681" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C681" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D681" s="3" t="s"/>
       <x:c r="G681" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="I681" s="4" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="J681" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K681" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L681" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M681" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N681" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O681" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P681" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="Q681" s="4" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="R681" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="S681" s="0" t="n">
         <x:v>572862</x:v>
       </x:c>
       <x:c r="T681" s="4" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="U681" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:21">
       <x:c r="A682" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B682" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C682" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D682" s="15" t="s"/>
       <x:c r="E682" s="14" t="s"/>
       <x:c r="F682" s="14" t="s"/>
       <x:c r="G682" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="H682" s="14" t="s"/>
       <x:c r="I682" s="16" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="J682" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K682" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L682" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M682" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N682" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O682" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P682" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="Q682" s="16" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="R682" s="14" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="S682" s="14" t="n">
         <x:v>597573</x:v>
       </x:c>
       <x:c r="T682" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="U682" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:21">
       <x:c r="A683" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C683" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D683" s="3" t="s"/>
       <x:c r="G683" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="I683" s="4" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="J683" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K683" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L683" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M683" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N683" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O683" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P683" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="Q683" s="4" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="R683" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="S683" s="0" t="n">
         <x:v>621137</x:v>
       </x:c>
       <x:c r="T683" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U683" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:21">
       <x:c r="A684" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B684" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C684" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D684" s="15" t="s"/>
       <x:c r="E684" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F684" s="14" t="s"/>
       <x:c r="G684" s="14" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="H684" s="14" t="s"/>
       <x:c r="I684" s="16" t="s">
@@ -43517,73 +43514,73 @@
       </x:c>
       <x:c r="O697" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P697" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q697" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R697" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S697" s="0" t="n">
         <x:v>601345</x:v>
       </x:c>
       <x:c r="T697" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U697" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:21">
       <x:c r="A698" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B698" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C698" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D698" s="15" t="s"/>
       <x:c r="E698" s="14" t="s"/>
       <x:c r="F698" s="14" t="s"/>
       <x:c r="G698" s="14" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="H698" s="14" t="s"/>
       <x:c r="I698" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="J698" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K698" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L698" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M698" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N698" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O698" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P698" s="14" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="Q698" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="R698" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S698" s="14" t="n">
         <x:v>594172</x:v>
       </x:c>
@@ -43739,51 +43736,51 @@
       <x:c r="L701" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M701" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N701" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O701" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P701" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="Q701" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R701" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S701" s="0" t="n">
         <x:v>495346</x:v>
       </x:c>
       <x:c r="T701" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U701" s="4" t="s">
         <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:21">
       <x:c r="A702" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B702" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C702" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D702" s="15" t="s"/>
       <x:c r="E702" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F702" s="14" t="s"/>
       <x:c r="G702" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="H702" s="14" t="s"/>
       <x:c r="I702" s="16" t="s">
@@ -43798,51 +43795,51 @@
       <x:c r="L702" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M702" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N702" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O702" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P702" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="Q702" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R702" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S702" s="14" t="n">
         <x:v>495352</x:v>
       </x:c>
       <x:c r="T702" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U702" s="16" t="s">
         <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:21">
       <x:c r="A703" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C703" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D703" s="3" t="s"/>
       <x:c r="E703" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G703" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="I703" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
@@ -44038,392 +44035,392 @@
       </x:c>
       <x:c r="O706" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P706" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="Q706" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R706" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S706" s="14" t="n">
         <x:v>547290</x:v>
       </x:c>
       <x:c r="T706" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U706" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:21">
       <x:c r="A707" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C707" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D707" s="3" t="s"/>
       <x:c r="G707" s="0" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="I707" s="4" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="J707" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K707" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L707" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M707" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N707" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O707" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P707" s="0" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="Q707" s="4" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="R707" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S707" s="0" t="n">
         <x:v>591976</x:v>
       </x:c>
       <x:c r="T707" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U707" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:21">
       <x:c r="A708" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B708" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C708" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D708" s="15" t="s"/>
       <x:c r="E708" s="14" t="s"/>
       <x:c r="F708" s="14" t="s"/>
       <x:c r="G708" s="14" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="H708" s="14" t="s"/>
       <x:c r="I708" s="16" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="J708" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K708" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L708" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M708" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N708" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O708" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P708" s="14" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="Q708" s="16" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="R708" s="14" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="S708" s="14" t="n">
         <x:v>591977</x:v>
       </x:c>
       <x:c r="T708" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U708" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:21">
       <x:c r="A709" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C709" s="3" t="n">
         <x:v>35386</x:v>
       </x:c>
       <x:c r="D709" s="3" t="s"/>
       <x:c r="G709" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I709" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J709" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K709" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L709" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M709" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N709" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O709" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P709" s="0" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="Q709" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R709" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S709" s="0" t="n">
         <x:v>596948</x:v>
       </x:c>
       <x:c r="T709" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U709" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:21">
       <x:c r="A710" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B710" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C710" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D710" s="15" t="s"/>
       <x:c r="E710" s="14" t="s"/>
       <x:c r="F710" s="14" t="s"/>
       <x:c r="G710" s="14" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="H710" s="14" t="s"/>
       <x:c r="I710" s="16" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="J710" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K710" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L710" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M710" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N710" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O710" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P710" s="14" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="Q710" s="16" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="R710" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S710" s="14" t="n">
         <x:v>591975</x:v>
       </x:c>
       <x:c r="T710" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U710" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:21">
       <x:c r="A711" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="C711" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D711" s="3" t="s"/>
       <x:c r="G711" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H711" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I711" s="4" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="J711" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K711" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L711" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M711" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N711" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O711" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P711" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q711" s="4" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="R711" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S711" s="0" t="n">
         <x:v>598409</x:v>
       </x:c>
       <x:c r="T711" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U711" s="4" t="s">
         <x:v>787</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:21">
       <x:c r="A712" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B712" s="14" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="C712" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D712" s="15" t="s"/>
       <x:c r="E712" s="14" t="s"/>
       <x:c r="F712" s="14" t="s"/>
       <x:c r="G712" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H712" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="I712" s="16" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="J712" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K712" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L712" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M712" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N712" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O712" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P712" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q712" s="16" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="R712" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S712" s="14" t="n">
         <x:v>581203</x:v>
       </x:c>
       <x:c r="T712" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U712" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:21">
       <x:c r="A713" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C713" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D713" s="3" t="s"/>
       <x:c r="G713" s="0" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="I713" s="4" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="J713" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K713" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L713" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M713" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="N713" s="3" t="n">
         <x:v>35018</x:v>
@@ -44433,51 +44430,51 @@
       </x:c>
       <x:c r="P713" s="0" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="Q713" s="4" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="R713" s="0" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="S713" s="0" t="n">
         <x:v>585277</x:v>
       </x:c>
       <x:c r="T713" s="4" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="U713" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:21">
       <x:c r="A714" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B714" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C714" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D714" s="15" t="s"/>
       <x:c r="E714" s="14" t="s"/>
       <x:c r="F714" s="14" t="s"/>
       <x:c r="G714" s="14" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="H714" s="14" t="s"/>
       <x:c r="I714" s="16" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="J714" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K714" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L714" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M714" s="14" t="s">
         <x:v>201</x:v>
@@ -44513,372 +44510,372 @@
       </x:c>
       <x:c r="B715" s="0" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="C715" s="3" t="s"/>
       <x:c r="D715" s="3" t="s"/>
       <x:c r="G715" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="I715" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="K715" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L715" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M715" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N715" s="3" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O715" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="P715" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="Q715" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R715" s="0" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="S715" s="0" t="n">
         <x:v>614913</x:v>
       </x:c>
       <x:c r="T715" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="U715" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:21">
       <x:c r="A716" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B716" s="14" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="C716" s="15" t="s"/>
       <x:c r="D716" s="15" t="s"/>
       <x:c r="E716" s="14" t="s"/>
       <x:c r="F716" s="14" t="s"/>
       <x:c r="G716" s="14" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="H716" s="14" t="s"/>
       <x:c r="I716" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J716" s="14" t="s"/>
       <x:c r="K716" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L716" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M716" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N716" s="15" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O716" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="P716" s="14" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="Q716" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R716" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="S716" s="14" t="n">
         <x:v>614914</x:v>
       </x:c>
       <x:c r="T716" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="U716" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:21">
       <x:c r="A717" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="C717" s="3" t="s"/>
       <x:c r="D717" s="3" t="s"/>
       <x:c r="G717" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="I717" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="K717" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L717" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M717" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N717" s="3" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O717" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="P717" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="Q717" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R717" s="0" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="S717" s="0" t="n">
         <x:v>614915</x:v>
       </x:c>
       <x:c r="T717" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="U717" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:21">
       <x:c r="A718" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B718" s="14" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="C718" s="15" t="s"/>
       <x:c r="D718" s="15" t="s"/>
       <x:c r="E718" s="14" t="s"/>
       <x:c r="F718" s="14" t="s"/>
       <x:c r="G718" s="14" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="H718" s="14" t="s"/>
       <x:c r="I718" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J718" s="14" t="s"/>
       <x:c r="K718" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L718" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M718" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N718" s="15" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O718" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="P718" s="14" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="Q718" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R718" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="S718" s="14" t="n">
         <x:v>614916</x:v>
       </x:c>
       <x:c r="T718" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="U718" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:21">
       <x:c r="A719" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="C719" s="3" t="s"/>
       <x:c r="D719" s="3" t="s"/>
       <x:c r="G719" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="I719" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="K719" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L719" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M719" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N719" s="3" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O719" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="P719" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="Q719" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R719" s="0" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="S719" s="0" t="n">
         <x:v>614917</x:v>
       </x:c>
       <x:c r="T719" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="U719" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:21">
       <x:c r="A720" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B720" s="14" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="C720" s="15" t="s"/>
       <x:c r="D720" s="15" t="s"/>
       <x:c r="E720" s="14" t="s"/>
       <x:c r="F720" s="14" t="s"/>
       <x:c r="G720" s="14" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="H720" s="14" t="s"/>
       <x:c r="I720" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J720" s="14" t="s"/>
       <x:c r="K720" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L720" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M720" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N720" s="15" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O720" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="P720" s="14" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="Q720" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R720" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="S720" s="14" t="n">
         <x:v>614918</x:v>
       </x:c>
       <x:c r="T720" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="U720" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:21">
       <x:c r="A721" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="C721" s="3" t="s"/>
       <x:c r="D721" s="3" t="s"/>
       <x:c r="G721" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="I721" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="K721" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L721" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M721" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N721" s="3" t="n">
         <x:v>71203</x:v>
       </x:c>
       <x:c r="O721" s="0" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="P721" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="Q721" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R721" s="0" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="S721" s="0" t="n">
         <x:v>614944</x:v>
       </x:c>
       <x:c r="T721" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="U721" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:21">
       <x:c r="A722" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B722" s="14" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="C722" s="15" t="s"/>
       <x:c r="D722" s="15" t="s"/>
       <x:c r="E722" s="14" t="s"/>
       <x:c r="F722" s="14" t="s"/>
       <x:c r="G722" s="14" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="H722" s="14" t="s"/>
       <x:c r="I722" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J722" s="14" t="s"/>
       <x:c r="K722" s="14" t="s">
@@ -44887,100 +44884,100 @@
       <x:c r="L722" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M722" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N722" s="15" t="n">
         <x:v>71203</x:v>
       </x:c>
       <x:c r="O722" s="14" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="P722" s="14" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="Q722" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R722" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="S722" s="14" t="n">
         <x:v>614946</x:v>
       </x:c>
       <x:c r="T722" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="U722" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:21">
       <x:c r="A723" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="C723" s="3" t="s"/>
       <x:c r="D723" s="3" t="s"/>
       <x:c r="G723" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="I723" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="K723" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L723" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M723" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N723" s="3" t="n">
         <x:v>71203</x:v>
       </x:c>
       <x:c r="O723" s="0" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="P723" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="Q723" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R723" s="0" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="S723" s="0" t="n">
         <x:v>614947</x:v>
       </x:c>
       <x:c r="T723" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="U723" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:21">
       <x:c r="A724" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B724" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="C724" s="15" t="s"/>
       <x:c r="D724" s="15" t="s"/>
       <x:c r="E724" s="14" t="s"/>
       <x:c r="F724" s="14" t="s"/>
       <x:c r="G724" s="14" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="H724" s="14" t="s"/>
       <x:c r="I724" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J724" s="14" t="s"/>
       <x:c r="K724" s="14" t="s">
@@ -44989,99 +44986,99 @@
       <x:c r="L724" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M724" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N724" s="15" t="n">
         <x:v>71203</x:v>
       </x:c>
       <x:c r="O724" s="14" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="P724" s="14" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="Q724" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R724" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="S724" s="14" t="n">
         <x:v>614948</x:v>
       </x:c>
       <x:c r="T724" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="U724" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:21">
       <x:c r="A725" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C725" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D725" s="3" t="s"/>
       <x:c r="G725" s="0" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="I725" s="4" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="J725" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K725" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L725" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M725" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N725" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O725" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P725" s="0" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="Q725" s="4" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="R725" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="S725" s="0" t="n">
         <x:v>581767</x:v>
       </x:c>
       <x:c r="T725" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U725" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>