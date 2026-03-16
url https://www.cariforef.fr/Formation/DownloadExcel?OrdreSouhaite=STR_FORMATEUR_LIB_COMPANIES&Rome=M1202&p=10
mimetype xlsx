--- v0 (2026-03-16)
+++ v1 (2026-03-16)
@@ -302,110 +302,110 @@
   <x:si>
     <x:t>Gestion des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention finance parcours risques financiers et finance durable</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
     <x:t>LUYNES</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention comptabilité - contrôle - audit parcours comptabilité, contrôle, audit</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention contrôle de gestion et audit organisationnel parcours contrôle, audit, conseil</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention finance parcours gestion de patrimoine</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence pro mention métiers de la gestion et de la comptabilité : responsable de portefeuille clients en cabinet d'expertise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contrôle gestion</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention finance parcours modélisation financière</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence pro mention métiers de la gestion et de la comptabilité : responsable de portefeuille clients en cabinet d'expertise</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>DESU Advanced Engineering and Corporate Finance</x:t>
   </x:si>
   <x:si>
     <x:t>Analyse financière</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention finance parcours finance d'entreprise et ingénierie financière</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité gestion des entreprises et des administrations parcours contrôle de gestion et pilotage de la performance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Aix en Provence)</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BUT spécialité gestion des entreprises et des administrations parcours gestion comptable, fiscale et financière (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
-    <x:t>BUT spécialité gestion des entreprises et des administrations parcours gestion comptable, fiscale et financière (Apprentissage)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention administration et liquidation d'entreprises en difficulté parcours entreprises en difficulté</x:t>
   </x:si>
   <x:si>
     <x:t>Droit société</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté de Droit et Science Politique</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention comptabilité - contrôle - audit</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
@@ -575,287 +575,287 @@
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie du Var - Capforma</x:t>
   </x:si>
   <x:si>
     <x:t>CCI 83</x:t>
   </x:si>
   <x:si>
     <x:t>83078</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 1 gestion juridique, fiscale et sociale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCIMP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 1 gestion juridique, fiscale et sociale (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 3 management et contrôle de gestion (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 4 comptabilité et audit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 5 management des systèmes d'information (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 6 anglais des affaires</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 7 mémoire professionnel (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
-[...14 lines deleted...]
-    <x:t>10/30/2026 00:00:00</x:t>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 2 finance (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 7 mémoire professionnel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 6 anglais des affaires (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 2 finance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 3 management et contrôle de gestion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 4 comptabilité et audit (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 5 management des systèmes d'information</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (Luminy)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (St Sébasien)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delta - Groupe Someform</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cours Diderot - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole de diététique et nutrition humaine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager financier et contrôleur de gestion (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole de Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13331</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en contrôle de gestion et audit (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole des Sciences et Techniques Commerciales</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ESTC </x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>expert financier et administratif</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École Pigier Marseille (cours Messidoro)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Financement entreprise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Pigier Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-10e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestionnaire comptable et financier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trésorerie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École Pigier Aix en Provence (Cours Messidoro)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École Pigier Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Pigier Nice</x:t>
   </x:si>
   <x:si>
     <x:t>École Pratique - Campus de Vaufrèges</x:t>
   </x:si>
   <x:si>
-    <x:t>13009</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ecole Pratique</x:t>
   </x:si>
   <x:si>
-    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 1 gestion juridique, fiscale et sociale</x:t>
-[...181 lines deleted...]
-  <x:si>
     <x:t>Ecole Supérieure de Comptabilité et de Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>ESCG</x:t>
   </x:si>
   <x:si>
     <x:t>11/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/08/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>diplôme supérieur en finance des marchés et des entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>EDHEC BS</x:t>
   </x:si>
   <x:si>
     <x:t>06202</x:t>
@@ -1163,78 +1163,78 @@
   <x:si>
     <x:t>Financement international</x:t>
   </x:si>
   <x:si>
     <x:t>KEDGE programme grande école</x:t>
   </x:si>
   <x:si>
     <x:t>Kedge Business School</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kedge programme grande école (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>33400</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/03/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Programme d'études avancées en management durable spécificité marketing digital and sales (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Programme d'études avancées en management durable spécificité marketing brand management and communication (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Programme d'études avancées en management durable spécificité innovation, transformation et entrepreneuriat (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>11/21/2026 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kedge programme grande école spécialisation audit expert (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Collaborateur en gestion comptable et financière (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>La Compagnie de Formation - Pigier</x:t>
   </x:si>
   <x:si>
     <x:t>92300</x:t>
   </x:si>
   <x:si>
     <x:t>La Compagnie de Formation - Pigier - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/26/2025 00:00:00</x:t>
   </x:si>
@@ -2885,212 +2885,212 @@
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>613041</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>35918</x:v>
+        <x:v>40289</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>32098</x:v>
+        <x:v>32652</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>575676</x:v>
+        <x:v>575672</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>35913</x:v>
+        <x:v>35918</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>41062</x:v>
+        <x:v>32098</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>575751</x:v>
+        <x:v>575676</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>40289</x:v>
+        <x:v>35913</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>32652</x:v>
+        <x:v>41062</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>575672</x:v>
+        <x:v>575751</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>47</x:v>
@@ -3410,215 +3410,216 @@
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>603842</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
+      <x:c r="E27" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>575549</x:v>
+        <x:v>554922</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
-      <x:c r="E28" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>554922</x:v>
+        <x:v>575549</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>603833</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38201</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
@@ -3957,51 +3958,51 @@
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>32652</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>592408</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
@@ -4448,164 +4449,164 @@
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>555020</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>35008</x:v>
+        <x:v>41331</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>32650</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>555021</x:v>
+        <x:v>608424</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
-        <x:v>41331</x:v>
+        <x:v>35008</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>32650</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>608424</x:v>
+        <x:v>555021</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>41331</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
@@ -5152,2138 +5153,2141 @@
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>500538</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>461253</x:v>
+        <x:v>577590</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
-        <x:v>100</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>175</x:v>
-[...1 lines deleted...]
-      <x:c r="H58" s="14" t="s"/>
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="H58" s="14" t="s">
+        <x:v>170</x:v>
+      </x:c>
       <x:c r="I58" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>594982</x:v>
+        <x:v>461215</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>577590</x:v>
+        <x:v>461218</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>461215</x:v>
+        <x:v>461236</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>461218</x:v>
+        <x:v>461242</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>461236</x:v>
+        <x:v>461248</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>461242</x:v>
+        <x:v>461250</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>461248</x:v>
+        <x:v>461253</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>461250</x:v>
+        <x:v>461222</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>461222</x:v>
+        <x:v>461229</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>461229</x:v>
+        <x:v>461255</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>461255</x:v>
+        <x:v>578132</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>578132</x:v>
+        <x:v>578133</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>578133</x:v>
+        <x:v>577591</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>577591</x:v>
+        <x:v>461225</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>461225</x:v>
+        <x:v>461228</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>461228</x:v>
+        <x:v>461234</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>461234</x:v>
+        <x:v>461224</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>461224</x:v>
+        <x:v>461244</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
-        <x:v>145</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>461244</x:v>
+        <x:v>461246</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
+      <x:c r="E77" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>461246</x:v>
+        <x:v>608022</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>608022</x:v>
+        <x:v>549368</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>504723</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>169</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>549368</x:v>
+        <x:v>601756</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="Q81" s="4" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="R81" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="Q81" s="4" t="s">
+      <x:c r="S81" s="0" t="n">
+        <x:v>552113</x:v>
+      </x:c>
+      <x:c r="T81" s="4" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="U81" s="4" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
-      <x:c r="E82" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>552113</x:v>
+        <x:v>594981</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
-        <x:v>40998</x:v>
+        <x:v>40252</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
+      <x:c r="E83" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="H83" s="0" t="s">
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>32043</x:v>
+        <x:v>32626</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>594981</x:v>
+        <x:v>554358</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>40252</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="H84" s="14" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="I84" s="16" t="s">
         <x:v>212</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>32626</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="Q84" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="Q84" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>554358</x:v>
+        <x:v>554356</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>40252</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="H85" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="I85" s="4" t="s">
         <x:v>212</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>32626</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="Q85" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="Q85" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>554356</x:v>
+        <x:v>602436</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>40252</x:v>
+        <x:v>37515</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>32626</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>602436</x:v>
+        <x:v>600176</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>37515</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>32626</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>600176</x:v>
+        <x:v>546244</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>37515</x:v>
+        <x:v>37830</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
-      <x:c r="E88" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>223</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>32626</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>546244</x:v>
+        <x:v>597140</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>37830</x:v>
+        <x:v>39973</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>32623</x:v>
+        <x:v>32611</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="P89" s="0" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="Q89" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="P89" s="0" t="s">
+      <x:c r="R89" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="Q89" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>597140</x:v>
+        <x:v>592281</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>39973</x:v>
+        <x:v>37830</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>32611</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>592281</x:v>
+        <x:v>597141</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>37830</x:v>
+        <x:v>39973</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>32623</x:v>
+        <x:v>32611</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>597141</x:v>
+        <x:v>592280</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>39973</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>32611</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>592280</x:v>
+        <x:v>594982</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
@@ -7354,51 +7358,51 @@
       <x:c r="K94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>546855</x:v>
+        <x:v>600252</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
@@ -7414,51 +7418,51 @@
       <x:c r="K95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>600252</x:v>
+        <x:v>546855</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>239</x:v>
@@ -7481,51 +7485,51 @@
       <x:c r="M96" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>609442</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
@@ -7538,54 +7542,54 @@
       <x:c r="L97" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>545639</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>247</x:v>
@@ -7599,51 +7603,51 @@
       <x:c r="L98" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>609443</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
@@ -7659,51 +7663,51 @@
       <x:c r="L99" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>545634</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>240</x:v>
@@ -7909,423 +7913,423 @@
       <x:c r="T103" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>37515</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>32626</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>597151</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>587411</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>587412</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>524652</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>609820</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>580062</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>571996</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
@@ -8961,51 +8965,51 @@
       <x:c r="L122" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>565300</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
@@ -9190,114 +9194,114 @@
       <x:c r="K126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>601816</x:v>
+        <x:v>552213</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>552213</x:v>
+        <x:v>601816</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
@@ -9369,51 +9373,51 @@
       <x:c r="M129" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>552218</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
@@ -9541,51 +9545,51 @@
       <x:c r="L132" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>567430</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
@@ -9654,114 +9658,114 @@
       <x:c r="K134" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>587414</x:v>
+        <x:v>507607</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>507607</x:v>
+        <x:v>587414</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
@@ -9773,51 +9777,51 @@
       <x:c r="L136" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>554013</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
@@ -9889,51 +9893,51 @@
       <x:c r="L138" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>571999</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
@@ -9952,51 +9956,51 @@
       <x:c r="M139" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>546499</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>301</x:v>
@@ -10134,99 +10138,99 @@
       <x:c r="M142" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>558877</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>599153</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
@@ -10410,51 +10414,51 @@
       <x:c r="I147" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>32626</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>535039</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>37855</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
@@ -10469,51 +10473,51 @@
       <x:c r="I148" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>32626</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>550752</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
@@ -10538,51 +10542,51 @@
       <x:c r="M149" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>607159</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
@@ -10591,114 +10595,114 @@
       <x:c r="K150" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>554234</x:v>
+        <x:v>607160</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>554236</x:v>
+        <x:v>554234</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
@@ -10707,57 +10711,57 @@
       <x:c r="K152" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>607160</x:v>
+        <x:v>554236</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -10881,51 +10885,51 @@
       <x:c r="L155" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>588354</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>326</x:v>
@@ -11182,51 +11186,51 @@
       <x:c r="M160" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>607967</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -11239,94 +11243,94 @@
       <x:c r="M161" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>550573</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>32626</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>523284</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
@@ -11392,51 +11396,51 @@
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>608665</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
@@ -11449,51 +11453,51 @@
       <x:c r="E165" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>608666</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
@@ -11649,75 +11653,75 @@
       <x:c r="S168" s="14" t="n">
         <x:v>596841</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>477935</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
@@ -11732,1014 +11736,1014 @@
       <x:c r="I170" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>600230</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>477934</x:v>
+        <x:v>525429</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>365</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>37548</x:v>
+        <x:v>36419</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
-      <x:c r="E172" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>362</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>558997</x:v>
+        <x:v>589588</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>37548</x:v>
+        <x:v>36419</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
-      <x:c r="E173" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>558999</x:v>
+        <x:v>589591</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
-        <x:v>36419</x:v>
+        <x:v>37548</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>553079</x:v>
+        <x:v>558997</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>367</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>37548</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>553181</x:v>
+        <x:v>558999</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
-      <x:c r="E176" s="14" t="s"/>
+      <x:c r="E176" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>525429</x:v>
+        <x:v>553079</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>370</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
-        <x:v>36419</x:v>
+        <x:v>37548</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
+      <x:c r="E177" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>589588</x:v>
+        <x:v>553181</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>589591</x:v>
+        <x:v>477934</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>525430</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>370</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>525432</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>600231</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>600232</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>37548</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>559000</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>525431</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>589590</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>589592</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>553080</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
@@ -12754,165 +12758,165 @@
       <x:c r="I188" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>553081</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>367</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>37548</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>558998</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>477933</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>38520</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
@@ -12978,51 +12982,51 @@
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>603563</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
@@ -13035,51 +13039,51 @@
       <x:c r="E193" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>32611</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>603568</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
@@ -13094,575 +13098,575 @@
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>546524</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>37830</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>546326</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>38520</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>32626</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>546324</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>39973</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>32611</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>600156</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>37830</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>600150</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>37830</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>546325</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
-        <x:v>37830</x:v>
+        <x:v>38520</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
-        <x:v>32623</x:v>
+        <x:v>32626</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>600149</x:v>
+        <x:v>546323</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
-        <x:v>39973</x:v>
+        <x:v>37830</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
-        <x:v>32611</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>600155</x:v>
+        <x:v>600149</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
-        <x:v>38520</x:v>
+        <x:v>39973</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
-        <x:v>32626</x:v>
+        <x:v>32611</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>546323</x:v>
+        <x:v>600155</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>594983</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
@@ -13741,57 +13745,57 @@
       <x:c r="K205" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>608203</x:v>
+        <x:v>559042</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>247</x:v>
@@ -13802,57 +13806,57 @@
       <x:c r="K206" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>559042</x:v>
+        <x:v>608203</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
@@ -13893,51 +13897,51 @@
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
@@ -13953,51 +13957,51 @@
       <x:c r="U208" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>41855</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
@@ -14042,114 +14046,114 @@
       <x:c r="K210" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>604609</x:v>
+        <x:v>494817</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>494817</x:v>
+        <x:v>604609</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
@@ -14212,51 +14216,51 @@
       <x:c r="I213" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>508758</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
@@ -14273,51 +14277,51 @@
       <x:c r="I214" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>557179</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
@@ -14333,112 +14337,112 @@
       <x:c r="I215" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>609596</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>609597</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
@@ -14454,51 +14458,51 @@
       <x:c r="I217" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>557180</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>37855</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
@@ -14635,114 +14639,114 @@
       <x:c r="K220" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>601993</x:v>
+        <x:v>547172</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>547172</x:v>
+        <x:v>601993</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
@@ -14876,51 +14880,51 @@
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>591283</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>43</x:v>
@@ -14928,59 +14932,59 @@
       <x:c r="M225" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>603405</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
@@ -15051,233 +15055,233 @@
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>596716</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>603403</x:v>
+        <x:v>510586</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>453823</x:v>
+        <x:v>603403</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>510586</x:v>
+        <x:v>453823</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>43</x:v>
@@ -15293,51 +15297,51 @@
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>554812</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
@@ -15346,59 +15350,59 @@
       <x:c r="M232" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>554864</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>43</x:v>
@@ -15858,233 +15862,233 @@
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>596715</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>602547</x:v>
+        <x:v>556145</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>602548</x:v>
+        <x:v>602547</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>556145</x:v>
+        <x:v>602548</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>43</x:v>
@@ -16092,51 +16096,51 @@
       <x:c r="M245" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>556167</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
@@ -16185,51 +16189,51 @@
         <x:v>36596</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>581370</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
@@ -16242,51 +16246,51 @@
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>613759</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>