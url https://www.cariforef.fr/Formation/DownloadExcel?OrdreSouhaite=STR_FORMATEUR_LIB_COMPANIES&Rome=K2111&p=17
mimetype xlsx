--- v2 (2026-03-17)
+++ v3 (2026-03-18)
@@ -200,62 +200,62 @@
   <x:si>
     <x:t>A3fa</x:t>
   </x:si>
   <x:si>
     <x:t>06210</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Mise à niveau</x:t>
   </x:si>
   <x:si>
     <x:t>MANDELIEU-LA-NAPOULE</x:t>
   </x:si>
   <x:si>
+    <x:t>09/04/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/04/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Devenir formateur</x:t>
   </x:si>
   <x:si>
     <x:t>Académie d'Excellence des Métiers de la Beauté</x:t>
   </x:si>
   <x:si>
     <x:t>84270</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Demandeur d'emploi , Salarié de l'artisanat</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénierie formation pédagogie</x:t>
   </x:si>
   <x:si>
     <x:t>VEDENE</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation de Formateur sauveteur secouriste du travail (SST)</x:t>
@@ -803,65 +803,65 @@
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours responsable de formation</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours rédacteur professionnel</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>master mention gestion des ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention sciences du langage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 1</x:t>
+  </x:si>
+  <x:si>
     <x:t>licence mention langues, littératures et civilisations étrangères et régionales</x:t>
   </x:si>
   <x:si>
-    <x:t>AIX EN PROVENCE CEDEX 1</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues, littératures et civilisations étrangères et régionales</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention sciences du langage</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>licence mention histoire</x:t>
   </x:si>
   <x:si>
     <x:t>master mention langues et sociétés</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie clinique, psychopathologie et psychologie de la santé</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie du développement</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences de l'éducation et de la formation</x:t>
   </x:si>
   <x:si>
     <x:t>master mention français langue étrangère</x:t>
   </x:si>
   <x:si>
     <x:t>Formation de formateur</x:t>
   </x:si>
   <x:si>
     <x:t>Alliance pour l'Emploi et la Formation en Entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>AEFE</x:t>
@@ -1361,59 +1361,59 @@
   <x:si>
     <x:t>Dc Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>GREOUX-LES-BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2020 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>Permis de former - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2022 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2030 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>12/13/2030 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/01/2019 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/13/2030 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Maître d'apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>TRANS-EN-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2021 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/20/2030 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecloson</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
@@ -1481,65 +1481,65 @@
   <x:si>
     <x:t>Evolusio Formations</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>83200</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/01/2025 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>11/28/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2026 00:00:00</x:t>
@@ -1772,69 +1772,69 @@
   <x:si>
     <x:t>LE LUC EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>12/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Heures Libres de la Jeunesse - Institut Méditerranéen du Sport, de l'Animation et du Tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>HLJ - IMSAT</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Ingénieur(e) pédagogique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel responsable d'espace de médiation numérique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Médiation numérique</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur pédagogique</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel responsable d'espace de médiation numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions - Antenne Bouc Bel Air</x:t>
   </x:si>
   <x:si>
     <x:t>13320</x:t>
   </x:si>
   <x:si>
     <x:t>BOUC-BEL-AIR</x:t>
   </x:si>
@@ -3363,51 +3363,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>599239</x:v>
+        <x:v>547011</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="E5" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -3420,51 +3420,51 @@
       <x:c r="K5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>547011</x:v>
+        <x:v>599239</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>49</x:v>
@@ -6586,159 +6586,159 @@
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>610044</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>520587</x:v>
+        <x:v>546591</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>546591</x:v>
+        <x:v>520587</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>38443</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="G64" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
@@ -9652,219 +9652,219 @@
       <x:c r="L114" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>595469</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>40120</x:v>
+        <x:v>38696</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>14272</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>592372</x:v>
+        <x:v>591881</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
-        <x:v>40098</x:v>
+        <x:v>40120</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>592392</x:v>
+        <x:v>592372</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>38696</x:v>
+        <x:v>40098</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>14272</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>591881</x:v>
+        <x:v>592392</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
@@ -9874,108 +9874,108 @@
       <x:c r="L118" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>595468</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>40740</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>14227</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>592807</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38695</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
@@ -9985,108 +9985,108 @@
       <x:c r="L120" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>591858</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>39022</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>14411</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>591971</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38992</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
@@ -10096,108 +10096,108 @@
       <x:c r="L122" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>596275</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38156</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>13364</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>595480</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
@@ -10207,108 +10207,108 @@
       <x:c r="L124" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>595470</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>39506</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>15235</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>592113</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>58</x:v>
@@ -11888,54 +11888,54 @@
       <x:c r="L154" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>14227</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>592809</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>40303</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -11999,54 +11999,54 @@
       <x:c r="L156" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>15235</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>592114</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>36202</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -12121,97 +12121,97 @@
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>581615</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>592373</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -14341,247 +14341,247 @@
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>398491</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
-        <x:v>44586</x:v>
+        <x:v>42785</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>224529</x:v>
+        <x:v>286247</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="U200" s="16" t="s">
         <x:v>430</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>42785</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>286247</x:v>
+        <x:v>286248</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>42785</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>286248</x:v>
+        <x:v>398484</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
-        <x:v>42785</x:v>
+        <x:v>44586</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>398484</x:v>
+        <x:v>224529</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
@@ -14732,51 +14732,51 @@
       <x:c r="I207" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>42785</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>286244</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
@@ -14942,51 +14942,51 @@
       <x:c r="L211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>224530</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
@@ -16324,330 +16324,330 @@
       <x:c r="K236" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>613336</x:v>
+        <x:v>557313</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>613337</x:v>
+        <x:v>557320</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>613345</x:v>
+        <x:v>557318</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>557313</x:v>
+        <x:v>613336</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>557320</x:v>
+        <x:v>613337</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>557318</x:v>
+        <x:v>613345</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
@@ -16830,51 +16830,51 @@
       <x:c r="L245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>613340</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
@@ -16887,51 +16887,51 @@
       <x:c r="L246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>613342</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -19361,153 +19361,153 @@
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>585570</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I290" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>544</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>585541</x:v>
+        <x:v>585576</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>585546</x:v>
+        <x:v>585541</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s">
@@ -19522,173 +19522,173 @@
       <x:c r="K292" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>585548</x:v>
+        <x:v>585546</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>585565</x:v>
+        <x:v>585548</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="U293" s="4" t="s">
         <x:v>151</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I294" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>585576</x:v>
+        <x:v>585565</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -19822,275 +19822,275 @@
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>563386</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I298" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>585545</x:v>
+        <x:v>563392</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>585563</x:v>
+        <x:v>585545</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I300" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>585564</x:v>
+        <x:v>585563</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>563392</x:v>
+        <x:v>585564</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
@@ -20331,150 +20331,148 @@
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>608907</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
-      <x:c r="C307" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
-      <x:c r="E307" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
-      <x:c r="J307" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K307" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
-        <x:v>44527</x:v>
+        <x:v>44554</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>553451</x:v>
+        <x:v>572669</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="U307" s="4" t="s">
         <x:v>569</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>571</x:v>
-[...1 lines deleted...]
-      <x:c r="C308" s="15" t="s"/>
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="C308" s="15" t="n">
+        <x:v>39181</x:v>
+      </x:c>
       <x:c r="D308" s="15" t="s"/>
-      <x:c r="E308" s="14" t="s"/>
+      <x:c r="E308" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
-      <x:c r="J308" s="14" t="s"/>
+      <x:c r="J308" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K308" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
-        <x:v>44554</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>572669</x:v>
+        <x:v>553451</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>58</x:v>
@@ -20652,167 +20650,167 @@
       <x:c r="L312" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>553404</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>569</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>39181</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>573971</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>567</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>39181</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
-        <x:v>568</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>553453</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>569</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>41713</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -21774,51 +21772,51 @@
       <x:c r="M331" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>573765</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="I332" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
@@ -22454,54 +22452,54 @@
       <x:c r="L343" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>12514</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>592185</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>247</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -23410,51 +23408,51 @@
         <x:v>423</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s"/>
       <x:c r="K360" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>42856</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>623042</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>423</x:v>
@@ -23523,51 +23521,51 @@
       <x:c r="M362" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>42826</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>620342</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>573</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C363" s="3" t="s"/>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>27</x:v>
@@ -23727,51 +23725,51 @@
       <x:c r="M366" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>615304</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C367" s="3" t="s"/>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>26</x:v>
@@ -23838,51 +23836,51 @@
       <x:c r="M368" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>578523</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>36652</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
@@ -23895,51 +23893,51 @@
       <x:c r="M369" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>578524</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>36652</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="I370" s="16" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
@@ -24186,102 +24184,102 @@
       <x:c r="M374" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>578522</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>37175</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>543172</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
@@ -25174,51 +25172,51 @@
       <x:c r="M392" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>611467</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>573</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
@@ -25441,51 +25439,51 @@
       <x:c r="M397" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>44593</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>611360</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="C398" s="15" t="s"/>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s"/>
       <x:c r="K398" s="14" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
@@ -26604,51 +26602,51 @@
       <x:c r="M419" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>44521</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>620298</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="C420" s="15" t="s"/>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s"/>
       <x:c r="K420" s="14" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
@@ -26776,305 +26774,305 @@
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>617033</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>87</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="C423" s="3" t="s"/>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>709</x:v>
       </x:c>
-      <x:c r="J423" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K423" s="0" t="s">
-        <x:v>710</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
-        <x:v>15041</x:v>
+        <x:v>44593</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>611468</x:v>
+        <x:v>611361</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>737</x:v>
+        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>87</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>714</x:v>
+      </x:c>
+      <x:c r="C424" s="15" t="s"/>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
         <x:v>709</x:v>
       </x:c>
-      <x:c r="J424" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J424" s="14" t="s"/>
       <x:c r="K424" s="14" t="s">
-        <x:v>710</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>44521</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>611476</x:v>
+        <x:v>620284</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="C425" s="3" t="s"/>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
-        <x:v>44593</x:v>
+        <x:v>44521</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>611361</x:v>
+        <x:v>620285</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>740</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
-        <x:v>714</x:v>
-[...1 lines deleted...]
-      <x:c r="C426" s="15" t="s"/>
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C426" s="15" t="n">
+        <x:v>37275</x:v>
+      </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
         <x:v>709</x:v>
       </x:c>
-      <x:c r="J426" s="14" t="s"/>
+      <x:c r="J426" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K426" s="14" t="s">
-        <x:v>715</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
-        <x:v>44521</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
-        <x:v>716</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>620284</x:v>
+        <x:v>611468</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>629</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>737</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>714</x:v>
-[...1 lines deleted...]
-      <x:c r="C427" s="3" t="s"/>
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C427" s="3" t="n">
+        <x:v>37275</x:v>
+      </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>709</x:v>
       </x:c>
+      <x:c r="J427" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K427" s="0" t="s">
-        <x:v>715</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
-        <x:v>44521</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>620285</x:v>
+        <x:v>611476</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
-        <x:v>740</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="C428" s="15" t="s"/>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s"/>
       <x:c r="K428" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
@@ -28668,51 +28666,51 @@
       <x:c r="M457" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>44528</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>618540</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -28779,51 +28777,51 @@
       <x:c r="M459" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>44528</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>618539</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>39842</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
@@ -29509,51 +29507,51 @@
       <x:c r="L472" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>602616</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -30244,51 +30242,51 @@
       <x:c r="M486" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
         <x:v>585276</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C487" s="3" t="s"/>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>40</x:v>
@@ -30763,108 +30761,108 @@
       <x:c r="L496" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>595472</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
         <x:v>597461</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>828</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>35514</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="I498" s="16" t="s">
         <x:v>82</x:v>
@@ -30999,51 +30997,51 @@
       <x:c r="L500" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
         <x:v>603396</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
         <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="G501" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="H501" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
         <x:v>832</x:v>
       </x:c>
@@ -31126,97 +31124,97 @@
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
         <x:v>581581</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>40098</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
         <x:v>592393</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
@@ -31226,108 +31224,108 @@
       <x:c r="L504" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
         <x:v>597464</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>40740</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="G505" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>14227</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
         <x:v>592808</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>828</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>35514</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="I506" s="16" t="s">
         <x:v>82</x:v>
@@ -31401,51 +31399,51 @@
       <x:c r="L507" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
         <x:v>603395</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
         <x:v>839</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
         <x:v>35514</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s"/>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s"/>
       <x:c r="I508" s="16" t="s">
         <x:v>825</x:v>
       </x:c>
@@ -31458,108 +31456,108 @@
       <x:c r="L508" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
         <x:v>596688</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="G509" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
         <x:v>592371</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
         <x:v>39506</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
@@ -31569,158 +31567,158 @@
       <x:c r="L510" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>15235</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
         <x:v>592115</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="G511" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
         <x:v>597462</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="C512" s="15" t="s"/>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s"/>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s"/>
       <x:c r="I512" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s"/>
       <x:c r="K512" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
         <x:v>15254</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
         <x:v>596560</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="G513" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
@@ -31730,165 +31728,165 @@
       <x:c r="L513" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
         <x:v>597463</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C514" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s"/>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s"/>
       <x:c r="I514" s="16" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K514" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
         <x:v>592374</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
         <x:v>38695</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
         <x:v>591857</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s"/>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s"/>
       <x:c r="I516" s="16" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
@@ -31898,54 +31896,54 @@
       <x:c r="L516" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
         <x:v>595471</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="G517" s="0" t="s">
         <x:v>849</x:v>
       </x:c>
       <x:c r="H517" s="0" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
@@ -32071,51 +32069,51 @@
       <x:c r="M519" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
         <x:v>605097</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s"/>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s"/>
       <x:c r="I520" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -32128,51 +32126,51 @@
       <x:c r="M520" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
         <x:v>601666</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="G521" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>58</x:v>
       </x:c>