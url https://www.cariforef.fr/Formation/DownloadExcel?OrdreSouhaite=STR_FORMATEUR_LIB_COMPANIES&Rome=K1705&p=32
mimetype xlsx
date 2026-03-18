--- v0 (2026-03-17)
+++ v1 (2026-03-18)
@@ -527,158 +527,158 @@
   <x:si>
     <x:t>Accident travail maladie professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>04/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maintenir et actualiser les compétences acteur en Sauvetage Secourisme du Travail (SST) - PRS002</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Équipier de Première Intervention (EPI) - Prévention - Renforcer l'intervention immédiate du PTI avec les extincteurs et RIA - Simulateur de feu numérique - PIS086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINTE-TULLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUGET-SUR-ARGENS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/02/2026 00:00:00</x:t>
-[...61 lines deleted...]
-  <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/16/2026 00:00:00</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
@@ -761,98 +761,98 @@
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Porter un Appareil Respiratoire Isolant (ARI) - PIS070</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Devenir Coordinateur de Système de Sécurité Incendie (CSSI) - PIR059</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/13/2026 00:00:00</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Aptitude Sécurité Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ASF</x:t>
   </x:si>
   <x:si>
     <x:t>06210</x:t>
   </x:si>
   <x:si>
     <x:t>MANDELIEU-LA-NAPOULE</x:t>
   </x:si>
   <x:si>
     <x:t>Sauveteur secouriste travail - Maintien et actualisation des compétences (MAC SST) - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Arniaud Consulteam</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>Artech Formation</x:t>
@@ -1205,92 +1205,92 @@
   <x:si>
     <x:t>Croix Blanche Prévention</x:t>
   </x:si>
   <x:si>
     <x:t>CBP</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>Brancardier (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Rouge Française - Croix Rouge Compétence - Antenne Crfp Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Brancardier</x:t>
   </x:si>
   <x:si>
     <x:t>OLLIOULES</x:t>
   </x:si>
   <x:si>
+    <x:t>Autre public , Demandeur d'emploi , Public en emploi , Public sans emploi</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Autre public , Demandeur d'emploi , Public en emploi , Public sans emploi</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Croix Rouge Française - Croix Rouge Compétence - Antenne Provence Alpes Côte d'Azur Corse</x:t>
   </x:si>
   <x:si>
     <x:t>CRF PACA CORSE</x:t>
   </x:si>
   <x:si>
+    <x:t>Autre public , Demandeur d'emploi , Public en emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Demandeur d'emploi , Public en emploi</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Autre public , Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>02/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Autre public , Demandeur d'emploi , Public en emploi , Salarié</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Dc Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Premiers secours adultes</x:t>
   </x:si>
   <x:si>
     <x:t>Educ'Altitudes</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
@@ -1505,62 +1505,62 @@
   <x:si>
     <x:t>Jck Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>Jck formation conseil</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>Ma Prev en Jeu - Maryline Jasek</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir formateur prévention des incendies et évacuation</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Guide fiLes et serres fiLes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mandyben</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Évacuation site</x:t>
+  </x:si>
+  <x:si>
     <x:t>Manipulation des extincteurs</x:t>
   </x:si>
   <x:si>
-    <x:t>Mandyben</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Mblp Sécurité - Salamandre Formations - Antenne Vidauban</x:t>
   </x:si>
   <x:si>
     <x:t>83550</x:t>
   </x:si>
   <x:si>
     <x:t>Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Mely Formation Prévention 84</x:t>
@@ -1580,60 +1580,60 @@
   <x:si>
     <x:t>N One Formation</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>News Formations</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
     <x:t>11/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>NG Formations - Ngnear</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
+    <x:t>06/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/03/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Nova</x:t>
   </x:si>
@@ -4803,7848 +4803,7848 @@
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>610798</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>619993</x:v>
+        <x:v>619902</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>619994</x:v>
+        <x:v>619905</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>619909</x:v>
+        <x:v>619913</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>620025</x:v>
+        <x:v>619982</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>620028</x:v>
+        <x:v>619987</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>620035</x:v>
+        <x:v>619988</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>620045</x:v>
+        <x:v>620003</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>620058</x:v>
+        <x:v>620004</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>610705</x:v>
+        <x:v>620019</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>610706</x:v>
+        <x:v>620022</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>610708</x:v>
+        <x:v>620042</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>610709</x:v>
+        <x:v>620048</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>610714</x:v>
+        <x:v>620051</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>610765</x:v>
+        <x:v>619993</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>610777</x:v>
+        <x:v>619994</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>610778</x:v>
+        <x:v>591686</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>610780</x:v>
+        <x:v>620025</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>610788</x:v>
+        <x:v>620028</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>591686</x:v>
+        <x:v>620035</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>619908</x:v>
+        <x:v>620045</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>619981</x:v>
+        <x:v>620058</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>620009</x:v>
+        <x:v>610705</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>620010</x:v>
+        <x:v>610706</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>620012</x:v>
+        <x:v>610708</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>620020</x:v>
+        <x:v>610709</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>620023</x:v>
+        <x:v>610714</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>620026</x:v>
+        <x:v>610765</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>620040</x:v>
+        <x:v>610777</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>620044</x:v>
+        <x:v>610778</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>620047</x:v>
+        <x:v>610780</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>620050</x:v>
+        <x:v>610788</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>619902</x:v>
+        <x:v>619908</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>619905</x:v>
+        <x:v>619981</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>619913</x:v>
+        <x:v>620009</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>619982</x:v>
+        <x:v>620010</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>619987</x:v>
+        <x:v>620012</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>619988</x:v>
+        <x:v>620020</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>620003</x:v>
+        <x:v>620023</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>620004</x:v>
+        <x:v>620026</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>620019</x:v>
+        <x:v>620040</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>620022</x:v>
+        <x:v>620044</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>620042</x:v>
+        <x:v>620047</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>620048</x:v>
+        <x:v>620050</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>620051</x:v>
+        <x:v>610711</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>610711</x:v>
+        <x:v>591680</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>591680</x:v>
+        <x:v>591708</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>591708</x:v>
+        <x:v>591715</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>591715</x:v>
+        <x:v>610764</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>610764</x:v>
+        <x:v>610767</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>610767</x:v>
+        <x:v>610770</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>610770</x:v>
+        <x:v>610779</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>610779</x:v>
+        <x:v>610789</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>610789</x:v>
+        <x:v>610790</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>610790</x:v>
+        <x:v>610795</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>610795</x:v>
+        <x:v>619918</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>619918</x:v>
+        <x:v>610756</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>610756</x:v>
+        <x:v>610763</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>610763</x:v>
+        <x:v>610766</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>610766</x:v>
+        <x:v>610781</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>610781</x:v>
+        <x:v>610782</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>610782</x:v>
+        <x:v>610787</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>610787</x:v>
+        <x:v>610791</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>610791</x:v>
+        <x:v>591681</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>591681</x:v>
+        <x:v>591709</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>591709</x:v>
+        <x:v>591719</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>591719</x:v>
+        <x:v>619992</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>619992</x:v>
+        <x:v>619997</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>619997</x:v>
+        <x:v>619998</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>619998</x:v>
+        <x:v>620013</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>620013</x:v>
+        <x:v>620016</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>620016</x:v>
+        <x:v>620029</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>620029</x:v>
+        <x:v>620030</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>620030</x:v>
+        <x:v>620032</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>620032</x:v>
+        <x:v>620057</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>620057</x:v>
+        <x:v>610759</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>610759</x:v>
+        <x:v>610769</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>610769</x:v>
+        <x:v>610784</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>610784</x:v>
+        <x:v>610792</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>610792</x:v>
+        <x:v>610799</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>610799</x:v>
+        <x:v>619903</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>619903</x:v>
+        <x:v>619906</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>619906</x:v>
+        <x:v>619912</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>619912</x:v>
+        <x:v>619917</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>619917</x:v>
+        <x:v>619983</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>619983</x:v>
+        <x:v>619984</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>619984</x:v>
+        <x:v>620002</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>620002</x:v>
+        <x:v>620007</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>620007</x:v>
+        <x:v>620008</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>620008</x:v>
+        <x:v>620018</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>620018</x:v>
+        <x:v>620027</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>620027</x:v>
+        <x:v>620039</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>620039</x:v>
+        <x:v>620041</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>620041</x:v>
+        <x:v>620049</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>620049</x:v>
+        <x:v>620052</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>620052</x:v>
+        <x:v>620055</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>620055</x:v>
+        <x:v>610762</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>610762</x:v>
+        <x:v>610775</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>610775</x:v>
+        <x:v>619910</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>619910</x:v>
+        <x:v>619915</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>619915</x:v>
+        <x:v>619916</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s"/>
       <x:c r="K150" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>619916</x:v>
+        <x:v>619989</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>619989</x:v>
+        <x:v>619990</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s"/>
       <x:c r="K152" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>619990</x:v>
+        <x:v>619995</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>619995</x:v>
+        <x:v>619999</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s"/>
       <x:c r="K154" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>619999</x:v>
+        <x:v>620001</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>620001</x:v>
+        <x:v>620015</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s"/>
       <x:c r="K156" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>620015</x:v>
+        <x:v>620037</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>620037</x:v>
+        <x:v>620038</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C158" s="15" t="s"/>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s"/>
       <x:c r="K158" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>620038</x:v>
+        <x:v>620053</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>620053</x:v>
+        <x:v>620056</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>620056</x:v>
+        <x:v>591672</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>619901</x:v>
+        <x:v>591689</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>619904</x:v>
+        <x:v>591714</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>619911</x:v>
+        <x:v>610713</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>619914</x:v>
+        <x:v>610768</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>619986</x:v>
+        <x:v>610776</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="U165" s="4" t="s">
         <x:v>232</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>619991</x:v>
+        <x:v>610793</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>620000</x:v>
+        <x:v>610794</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>620005</x:v>
+        <x:v>619907</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>620014</x:v>
+        <x:v>619985</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>620017</x:v>
+        <x:v>619996</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>620033</x:v>
+        <x:v>620006</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>620034</x:v>
+        <x:v>620011</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>620036</x:v>
+        <x:v>620021</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>620054</x:v>
+        <x:v>620024</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>610707</x:v>
+        <x:v>620031</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>610758</x:v>
+        <x:v>619909</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>610761</x:v>
+        <x:v>620043</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>610771</x:v>
+        <x:v>620046</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>610773</x:v>
+        <x:v>610707</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>610774</x:v>
+        <x:v>610758</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>610783</x:v>
+        <x:v>610761</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>610785</x:v>
+        <x:v>610771</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>610786</x:v>
+        <x:v>610773</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>610796</x:v>
+        <x:v>610774</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>591672</x:v>
+        <x:v>610783</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>591689</x:v>
+        <x:v>610785</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>591714</x:v>
+        <x:v>610786</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>610713</x:v>
+        <x:v>610796</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>610768</x:v>
+        <x:v>619901</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>610776</x:v>
+        <x:v>619904</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>610793</x:v>
+        <x:v>619911</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s"/>
       <x:c r="K192" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>610794</x:v>
+        <x:v>619914</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>619907</x:v>
+        <x:v>619986</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>619985</x:v>
+        <x:v>619991</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>619996</x:v>
+        <x:v>620000</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s"/>
       <x:c r="K196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>620006</x:v>
+        <x:v>620005</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>620011</x:v>
+        <x:v>620014</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>620021</x:v>
+        <x:v>620017</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>620024</x:v>
+        <x:v>620033</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>620031</x:v>
+        <x:v>620034</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>620043</x:v>
+        <x:v>620036</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>620046</x:v>
+        <x:v>620054</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>27</x:v>
@@ -14159,51 +14159,51 @@
       <x:c r="M232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>581888</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>345</x:v>
@@ -14214,51 +14214,51 @@
       <x:c r="L233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>42805</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>583562</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
@@ -14321,54 +14321,54 @@
       <x:c r="L235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>616866</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
         <x:v>25</x:v>
@@ -15001,516 +15001,516 @@
       <x:c r="J248" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>620901</x:v>
+        <x:v>620913</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>621494</x:v>
+        <x:v>620908</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>620908</x:v>
+        <x:v>620901</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>620913</x:v>
+        <x:v>621494</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="I252" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>606132</x:v>
+        <x:v>602709</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>614989</x:v>
+        <x:v>606100</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="I254" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>606100</x:v>
+        <x:v>606132</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>602707</x:v>
+        <x:v>614989</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>602709</x:v>
+        <x:v>602707</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="U256" s="16" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
@@ -15887,51 +15887,51 @@
       <x:c r="L264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>590889</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>25</x:v>
@@ -16252,104 +16252,104 @@
       <x:c r="L271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>620747</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C272" s="15" t="s"/>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s"/>
       <x:c r="K272" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>617941</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>26</x:v>
@@ -16357,51 +16357,51 @@
       <x:c r="M273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>584551</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s"/>
       <x:c r="K274" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
@@ -17332,54 +17332,54 @@
       <x:c r="L292" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>597902</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>26</x:v>
@@ -17598,51 +17598,51 @@
       <x:c r="L297" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>598675</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
@@ -17784,1247 +17784,1247 @@
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
-        <x:v>42891</x:v>
+        <x:v>42870</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>577945</x:v>
+        <x:v>576702</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
-        <x:v>42870</x:v>
+        <x:v>42891</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>576702</x:v>
+        <x:v>577945</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>620542</x:v>
+        <x:v>590546</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>618899</x:v>
+        <x:v>590564</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>590546</x:v>
+        <x:v>590571</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s"/>
       <x:c r="K306" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>590564</x:v>
+        <x:v>590548</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>590571</x:v>
+        <x:v>590554</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C308" s="15" t="s"/>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s"/>
       <x:c r="K308" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>590548</x:v>
+        <x:v>590555</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>590554</x:v>
+        <x:v>590557</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>590555</x:v>
+        <x:v>618899</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>590557</x:v>
+        <x:v>590572</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>590572</x:v>
+        <x:v>590551</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>590551</x:v>
+        <x:v>590566</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>590566</x:v>
+        <x:v>590558</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>590558</x:v>
+        <x:v>590559</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>590559</x:v>
+        <x:v>590573</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>590573</x:v>
+        <x:v>590575</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>590575</x:v>
+        <x:v>590550</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>590550</x:v>
+        <x:v>590547</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C320" s="15" t="s"/>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s"/>
       <x:c r="K320" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>590547</x:v>
+        <x:v>590556</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>590556</x:v>
+        <x:v>590565</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C322" s="15" t="s"/>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s"/>
       <x:c r="K322" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>590565</x:v>
+        <x:v>590568</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>590568</x:v>
+        <x:v>620541</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>620541</x:v>
+        <x:v>620542</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>27</x:v>
@@ -19079,54 +19079,54 @@
       <x:c r="L326" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>590553</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>27</x:v>
@@ -19181,153 +19181,153 @@
       <x:c r="L328" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>590552</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>590567</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C330" s="15" t="s"/>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s"/>
       <x:c r="K330" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>590570</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="H331" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>493</x:v>
@@ -19487,261 +19487,261 @@
       <x:c r="K334" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>586815</x:v>
+        <x:v>586818</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
-        <x:v>42891</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>586827</x:v>
+        <x:v>586821</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s"/>
       <x:c r="K336" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
-        <x:v>42891</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>586831</x:v>
+        <x:v>586858</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>586864</x:v>
+        <x:v>586868</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s"/>
       <x:c r="K338" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>586870</x:v>
+        <x:v>586869</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
-        <x:v>505</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>505</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>27</x:v>
@@ -19845,459 +19845,459 @@
       <x:c r="L341" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>42891</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>586829</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>586860</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>586863</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C344" s="15" t="s"/>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s"/>
       <x:c r="K344" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>586818</x:v>
+        <x:v>586815</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42891</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>586821</x:v>
+        <x:v>586827</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42891</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>586858</x:v>
+        <x:v>586831</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>586868</x:v>
+        <x:v>586864</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>586869</x:v>
+        <x:v>586870</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>586813</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C350" s="15" t="s"/>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s"/>
       <x:c r="K350" s="14" t="s">
@@ -20457,54 +20457,54 @@
       <x:c r="L353" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>586865</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C354" s="15" t="s"/>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s"/>
       <x:c r="K354" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
@@ -20562,51 +20562,51 @@
       <x:c r="M355" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
         <x:v>586823</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
@@ -20717,51 +20717,51 @@
       <x:c r="M358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>586817</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>27</x:v>
@@ -20918,51 +20918,51 @@
       <x:c r="L362" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>586822</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C363" s="3" t="s"/>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>26</x:v>
@@ -21537,159 +21537,159 @@
       <x:c r="K374" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>610902</x:v>
+        <x:v>610901</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C375" s="3" t="s"/>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>610901</x:v>
+        <x:v>610904</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C376" s="15" t="s"/>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s"/>
       <x:c r="K376" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>610904</x:v>
+        <x:v>610902</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>525</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C377" s="3" t="s"/>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>27</x:v>
@@ -21853,51 +21853,51 @@
       <x:c r="L380" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>598248</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C381" s="3" t="s"/>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>25</x:v>
@@ -22116,107 +22116,107 @@
       <x:c r="L385" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
         <x:v>615390</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C386" s="15" t="s"/>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s"/>
       <x:c r="K386" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>615392</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C387" s="3" t="s"/>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>27</x:v>
@@ -22271,51 +22271,51 @@
       <x:c r="L388" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>615389</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C389" s="3" t="s"/>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>26</x:v>
@@ -22323,206 +22323,206 @@
       <x:c r="M389" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>615391</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C390" s="15" t="s"/>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s"/>
       <x:c r="K390" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>615385</x:v>
+        <x:v>615376</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C391" s="3" t="s"/>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>615387</x:v>
+        <x:v>615385</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C392" s="15" t="s"/>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s"/>
       <x:c r="K392" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>615376</x:v>
+        <x:v>615387</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C393" s="3" t="s"/>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>27</x:v>
@@ -22734,51 +22734,51 @@
       <x:c r="L397" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>602835</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C398" s="15" t="s"/>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s"/>
       <x:c r="K398" s="14" t="s">
@@ -22839,51 +22839,51 @@
       <x:c r="M399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>602837</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C400" s="15" t="s"/>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s"/>
       <x:c r="K400" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
@@ -22892,100 +22892,100 @@
       <x:c r="M400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>602804</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C401" s="3" t="s"/>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>618822</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C402" s="15" t="s"/>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s"/>
       <x:c r="K402" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">