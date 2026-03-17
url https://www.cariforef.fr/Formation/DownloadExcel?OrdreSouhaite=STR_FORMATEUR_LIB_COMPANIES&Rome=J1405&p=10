--- v0 (2026-03-16)
+++ v1 (2026-03-17)
@@ -407,54 +407,54 @@
   <x:si>
     <x:t>78550</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Opticien lunetier</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
+    <x:t>09/09/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/07/2028 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien en montage et vente d'optique-lunetterie</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Mougins</x:t>
   </x:si>
@@ -1706,164 +1706,164 @@
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>498680</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>38360</x:v>
+        <x:v>38456</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>600494</x:v>
+        <x:v>547074</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
-        <x:v>38456</x:v>
+        <x:v>38360</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>452333</x:v>
+        <x:v>600494</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>38456</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -1873,57 +1873,57 @@
       <x:c r="K13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>547074</x:v>
+        <x:v>452333</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>38456</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>37</x:v>
@@ -2687,108 +2687,108 @@
       <x:c r="K27" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>597585</x:v>
+        <x:v>559399</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38360</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>559399</x:v>
+        <x:v>570861</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38360</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -2798,168 +2798,168 @@
       <x:c r="K29" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>570861</x:v>
+        <x:v>527251</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38360</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>527251</x:v>
+        <x:v>570862</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38360</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>570862</x:v>
+        <x:v>597585</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="U31" s="4" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38360</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -4206,164 +4206,164 @@
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>603256</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
-        <x:v>30157</x:v>
+        <x:v>38360</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>551083</x:v>
+        <x:v>603257</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>38360</x:v>
+        <x:v>30157</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>603257</x:v>
+        <x:v>551083</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38360</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>52</x:v>
@@ -4614,51 +4614,51 @@
       <x:c r="M60" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>605980</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38360</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -4668,51 +4668,51 @@
       <x:c r="L61" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>556503</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>38360</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
@@ -5486,51 +5486,51 @@
       <x:c r="M75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>605444</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38360</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
@@ -6001,227 +6001,227 @@
       <x:c r="K84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>546671</x:v>
+        <x:v>546669</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
-        <x:v>38456</x:v>
+        <x:v>39005</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>546669</x:v>
+        <x:v>546686</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>39005</x:v>
+        <x:v>38456</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>546686</x:v>
+        <x:v>509411</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>38456</x:v>
+        <x:v>40622</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>509411</x:v>
+        <x:v>546684</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>40622</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
@@ -6233,111 +6233,111 @@
       <x:c r="K88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>546684</x:v>
+        <x:v>600284</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>40622</x:v>
+        <x:v>38360</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>600284</x:v>
+        <x:v>546681</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38360</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
@@ -6349,230 +6349,230 @@
       <x:c r="K90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>546681</x:v>
+        <x:v>600286</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>38456</x:v>
+        <x:v>38360</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>509412</x:v>
+        <x:v>543317</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>38360</x:v>
+        <x:v>38456</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>600286</x:v>
+        <x:v>509412</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>38360</x:v>
+        <x:v>38456</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>543317</x:v>
+        <x:v>546671</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>38360</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>38</x:v>
       </x:c>