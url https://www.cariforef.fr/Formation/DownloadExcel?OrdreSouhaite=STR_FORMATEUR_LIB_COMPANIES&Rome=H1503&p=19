--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -278,122 +278,122 @@
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours biologie cellulaire</x:t>
   </x:si>
   <x:si>
     <x:t>Biologie</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique parcours physique et ses interactions</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence pro mention bio-industries et biotechnologies parcours biotechnologie, immunologie</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention chimie parcours chimie</x:t>
   </x:si>
   <x:si>
     <x:t>Chimie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention chimie parcours génie chimique, génie des procédés</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours biochimie, biologie cellulaire et physiologie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours neurosciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique, chimie parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention industries pharmaceutiques, cosmétologiques et de santé : gestion, production et valorisation parcours management des industries de la cosmétique et de la chimie fine</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours métiers de la biologie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours biologie</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de l'instrumentation, de la mesure et du contrôle qualité parcours métrologie industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>Capteur</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours physiologie et génomique fonctionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de l'instrumentation, de la mesure et du contrôle qualité parcours bureau d’étude et maintenance en instrumentation et automatismes</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique parcours physique et modélisation</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique parcours plurisciences</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention physique parcours physique et transition énergétique</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention sciences de la vie parcours biochimie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences et technologies parcours sciences, arts et techniques de l'image et du son</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention physique parcours physique et transition énergétique</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Licence mention sciences de la vie parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention chimie parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention bio-industries et biotechnologies parcours sécurité, qualité et microbiologie en industries agroalimentaires</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence pro mention bio-industries et biotechnologies parcours biotechnologie, immunologie</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité chimie parcours matériaux et produits formulés (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Génie chimique</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
@@ -926,71 +926,71 @@
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée V Hugo</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro laboratoire contrôle qualité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale La Denoves</x:t>
   </x:si>
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
     <x:t>84170</x:t>
   </x:si>
   <x:si>
     <x:t>MONTEUX</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/28/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2027 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>HACCP | restauration</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MFREO</x:t>
   </x:si>
   <x:si>
     <x:t>Bonnes pratiques d’hygiène – HACCP</x:t>
   </x:si>
   <x:si>
     <x:t>Nexavim Academie</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Jeune 16-25 ans , Salarié</x:t>
@@ -1040,60 +1040,60 @@
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention bio-industries et biotechnologies</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention sciences de la vie</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
+    <x:t>licence pro mention métiers de l'instrumentation, de la mesure et du contrôle qualité</x:t>
+  </x:si>
+  <x:si>
     <x:t>licence pro mention industries pharmaceutiques, cosmétologiques et de santé : gestion, production et valorisation</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>licence pro mention métiers de l'instrumentation, de la mesure et du contrôle qualité</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention sciences pour la santé</x:t>
   </x:si>
   <x:si>
     <x:t>Santé</x:t>
   </x:si>
   <x:si>
     <x:t>13385</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention physique, chimie</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie biologique parcours biologie médicale et biotechnologie</x:t>
   </x:si>
@@ -2263,209 +2263,209 @@
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>575001</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
-        <x:v>38701</x:v>
+        <x:v>40411</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
-        <x:v>11554</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>574906</x:v>
+        <x:v>576106</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>574907</x:v>
+        <x:v>574906</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
-        <x:v>39517</x:v>
+        <x:v>38701</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>574929</x:v>
+        <x:v>574907</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -2478,515 +2478,515 @@
       <x:c r="K15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>574932</x:v>
+        <x:v>574929</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
-        <x:v>38979</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>581550</x:v>
+        <x:v>574932</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>40500</x:v>
+        <x:v>38979</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>11511</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>576114</x:v>
+        <x:v>581550</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>39517</x:v>
+        <x:v>40500</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>11511</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>574931</x:v>
+        <x:v>576114</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>581345</x:v>
+        <x:v>574931</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>40489</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>24469</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>576121</x:v>
+        <x:v>581345</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>39517</x:v>
+        <x:v>40489</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>24469</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>574933</x:v>
+        <x:v>576121</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>40489</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>24469</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>576118</x:v>
+        <x:v>574933</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>38978</x:v>
+        <x:v>40489</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>24469</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>575000</x:v>
+        <x:v>576118</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
@@ -3001,456 +3001,456 @@
       <x:c r="K24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>581548</x:v>
+        <x:v>575000</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>38979</x:v>
+        <x:v>38978</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>575005</x:v>
+        <x:v>581548</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>39517</x:v>
+        <x:v>38979</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>574928</x:v>
+        <x:v>575005</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>39690</x:v>
+        <x:v>38978</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>574937</x:v>
+        <x:v>575002</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>38978</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>575002</x:v>
+        <x:v>574928</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>39517</x:v>
+        <x:v>39690</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>581546</x:v>
+        <x:v>574937</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>38701</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>11554</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>581547</x:v>
+        <x:v>581546</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>40411</x:v>
+        <x:v>38701</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>11502</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>576109</x:v>
+        <x:v>581547</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>40411</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
@@ -3465,51 +3465,51 @@
       <x:c r="K32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>576106</x:v>
+        <x:v>576109</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>35496</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
@@ -3992,51 +3992,51 @@
       <x:c r="J41" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>592211</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
@@ -4094,51 +4094,51 @@
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>591904</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
@@ -4613,51 +4613,51 @@
       <x:c r="K52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>623289</x:v>
+        <x:v>509247</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
@@ -4670,57 +4670,57 @@
       <x:c r="K53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>509247</x:v>
+        <x:v>585552</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
@@ -4729,51 +4729,51 @@
       <x:c r="K54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>585552</x:v>
+        <x:v>623288</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
@@ -4786,57 +4786,57 @@
       <x:c r="K55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>623288</x:v>
+        <x:v>623290</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
@@ -4845,57 +4845,57 @@
       <x:c r="K56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>623290</x:v>
+        <x:v>623289</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>35335</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
@@ -5032,331 +5032,332 @@
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>553743</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>38382</x:v>
+        <x:v>2705</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>11523</x:v>
+        <x:v>12058</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>600772</x:v>
+        <x:v>495196</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>2705</x:v>
+        <x:v>38884</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>12058</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>495196</x:v>
+        <x:v>600769</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>38884</x:v>
+        <x:v>38382</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>12058</x:v>
+        <x:v>11523</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>600769</x:v>
+        <x:v>600772</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>38382</x:v>
+        <x:v>38884</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
+      <x:c r="E63" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>11523</x:v>
+        <x:v>12058</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>554186</x:v>
+        <x:v>553742</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
-        <x:v>93</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
-        <x:v>38884</x:v>
+        <x:v>38382</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
-      <x:c r="E64" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>12058</x:v>
+        <x:v>11523</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>553742</x:v>
+        <x:v>554186</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
@@ -6174,141 +6175,142 @@
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>591936</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
+      <x:c r="J81" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>591937</x:v>
+        <x:v>594700</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="J82" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>594700</x:v>
+        <x:v>591937</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>38884</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
@@ -6332,142 +6334,141 @@
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>597564</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="J84" s="14" t="s"/>
+      <x:c r="J84" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>591944</x:v>
+        <x:v>594704</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="J85" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>594704</x:v>
+        <x:v>591944</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>208</x:v>
@@ -7289,150 +7290,149 @@
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>594702</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>194</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="J101" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>597561</x:v>
+        <x:v>591941</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>190</x:v>
-[...1 lines deleted...]
-      <x:c r="C102" s="15" t="s"/>
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="C102" s="15" t="n">
+        <x:v>38883</x:v>
+      </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="J102" s="14" t="s"/>
+      <x:c r="J102" s="14" t="s">
+        <x:v>140</x:v>
+      </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>591941</x:v>
+        <x:v>597561</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>27</x:v>
@@ -8398,57 +8398,57 @@
       <x:c r="K121" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>515643</x:v>
+        <x:v>547716</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>161</x:v>
@@ -8459,57 +8459,57 @@
       <x:c r="K122" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>547716</x:v>
+        <x:v>515643</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
@@ -8728,142 +8728,141 @@
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>591954</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="J128" s="14" t="s"/>
+      <x:c r="J128" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>591940</x:v>
+        <x:v>594701</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="J129" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>594701</x:v>
+        <x:v>591940</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>265</x:v>
@@ -9317,117 +9316,117 @@
       <x:c r="K138" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>12065</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>445697</x:v>
+        <x:v>497197</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="U138" s="16" t="s">
         <x:v>285</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>13874</x:v>
+        <x:v>38318</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>12065</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>497197</x:v>
+        <x:v>599712</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38318</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>282</x:v>
@@ -9438,57 +9437,57 @@
       <x:c r="K140" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>12065</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>599712</x:v>
+        <x:v>551907</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>38318</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
@@ -9498,57 +9497,57 @@
       <x:c r="K141" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>12065</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>551907</x:v>
+        <x:v>599711</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>38318</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>282</x:v>
@@ -9559,57 +9558,57 @@
       <x:c r="K142" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>12065</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>599711</x:v>
+        <x:v>551909</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38318</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
@@ -9619,115 +9618,115 @@
       <x:c r="K143" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>12065</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>551909</x:v>
+        <x:v>599713</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>38318</x:v>
+        <x:v>13874</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>12065</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>599713</x:v>
+        <x:v>445697</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>38</x:v>
@@ -10284,51 +10283,51 @@
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>591908</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
@@ -10481,409 +10480,409 @@
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>592213</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
-        <x:v>40500</x:v>
+        <x:v>40489</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>11511</x:v>
+        <x:v>24469</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>592535</x:v>
+        <x:v>592539</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
-        <x:v>38974</x:v>
+        <x:v>35370</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>592043</x:v>
+        <x:v>596699</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
-        <x:v>38978</x:v>
+        <x:v>38974</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>592018</x:v>
+        <x:v>592043</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
-        <x:v>35370</x:v>
+        <x:v>40500</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
-        <x:v>11502</x:v>
+        <x:v>11511</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>596699</x:v>
+        <x:v>592535</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>591905</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
-        <x:v>40489</x:v>
+        <x:v>38978</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
-        <x:v>24469</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>592539</x:v>
+        <x:v>592018</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>591907</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
@@ -11007,51 +11006,51 @@
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>591906</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
@@ -11346,222 +11345,222 @@
       <x:c r="I174" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>592021</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
-        <x:v>40500</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
-        <x:v>11511</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>592536</x:v>
+        <x:v>592170</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
-        <x:v>38978</x:v>
+        <x:v>40500</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>11511</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>592020</x:v>
+        <x:v>592536</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
-        <x:v>39517</x:v>
+        <x:v>38978</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>592170</x:v>
+        <x:v>592020</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>35494</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
@@ -11673,51 +11672,51 @@
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>591909</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">