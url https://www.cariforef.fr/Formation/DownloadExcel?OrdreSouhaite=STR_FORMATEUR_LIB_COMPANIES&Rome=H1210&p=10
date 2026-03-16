--- v0 (2026-03-16)
+++ v1 (2026-03-16)
@@ -263,110 +263,110 @@
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention industries pharmaceutiques, cosmétologiques et de santé : gestion, production et valorisation parcours produits de santé et cosmétiques</x:t>
   </x:si>
   <x:si>
     <x:t>Formulation mélange</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie biologique parcours agronomie</x:t>
   </x:si>
   <x:si>
     <x:t>Méthode physico-chimique analyse</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie biologique parcours sciences de l'environnement et écotechnologies</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention physique parcours physique et ses interactions</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention mathématiques parcours mathématiques</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours mer</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences naturelles</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention physique parcours physique et ses interactions</x:t>
+    <x:t>Licence mention sciences pour l'ingénieur parcours instrumentation et sciences de la mesure</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Génie industriel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de la vie et de la terre parcours Homme et environnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de la vie parcours plurisciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention chimie parcours plurisciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chimie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention mathématiques parcours plurisciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention immunologie parcours compétences complémentaires en informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biochimie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention bio-industries et biotechnologies parcours sécurité, qualité et microbiologie en industries agroalimentaires</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention bio-industries et biotechnologies parcours biotechnologie, immunologie</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention sciences pour l'ingénieur parcours instrumentation et sciences de la mesure</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>Licence mention sciences de la vie et de la terre mention sciences de la vie et de la terre parcours CUPGE « Agro-Véto »</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours terre</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours biologie cellulaire</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours sciences biologiques et géologiques</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours physiologie et génomique fonctionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours biologie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la Terre parcours métiers de technicien géologue</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention immunologie parcours immunologie</x:t>
@@ -548,104 +548,104 @@
   <x:si>
     <x:t>06131</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Ingrédient arôme alimentaire</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/01/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention chimie</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84916</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention physique</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention sciences de la vie et de la Terre</x:t>
   </x:si>
   <x:si>
+    <x:t>84911</x:t>
+  </x:si>
+  <x:si>
     <x:t>licence mention mathématiques</x:t>
   </x:si>
   <x:si>
-    <x:t>84911</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Licence mention sciences de la vie</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention mathématiques - physique - chimie - informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Centrale Méditerranée - campus de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13451</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de l'industrie : conception et amélioration de processus et procédés industriels (Apprentissage)</x:t>
@@ -752,56 +752,56 @@
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de projet en ingénierie numérique dans l'industrie</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite projet industriel</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
+    <x:t>07/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/30/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BTS Métiers de la chimie</x:t>
   </x:si>
   <x:si>
     <x:t>Projeteur en ingénierie d'installation générale industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de la santé : nutrition, alimentation parcours coordination de projet nutrition (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Produit diététique</x:t>
   </x:si>
   <x:si>
     <x:t>Institut La Cadenelle</x:t>
   </x:si>
   <x:si>
     <x:t>13376</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
@@ -1214,60 +1214,60 @@
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Saint Vincent de Paul</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien de laboratoire (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Progress Sup</x:t>
   </x:si>
   <x:si>
     <x:t>75010</x:t>
   </x:si>
   <x:si>
     <x:t>Progress Sup - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
+    <x:t>licence mention sciences de la vie</x:t>
+  </x:si>
+  <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 2</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>licence mention sciences de la vie</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie électrique et informatique industrielle parcours électricité et maîtrise de l'énergie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention bio-industries et biotechnologies</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention sciences de la Terre</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences de la terre</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
@@ -2404,843 +2404,843 @@
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>575964</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
-        <x:v>40113</x:v>
+        <x:v>38978</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N10" s="15" t="n">
+        <x:v>11454</x:v>
+      </x:c>
+      <x:c r="O10" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="P10" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="N10" s="15" t="n">
-[...5 lines deleted...]
-      <x:c r="P10" s="14" t="s">
+      <x:c r="Q10" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="Q10" s="16" t="s">
+      <x:c r="R10" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="R10" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>574918</x:v>
+        <x:v>575001</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>40115</x:v>
+        <x:v>40113</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
-        <x:v>12054</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q11" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="Q11" s="4" t="s">
+      <x:c r="R11" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="R11" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>574923</x:v>
+        <x:v>574918</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
-        <x:v>38978</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q12" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="Q12" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>575001</x:v>
+        <x:v>574923</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>40411</x:v>
+        <x:v>38980</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
-        <x:v>11502</x:v>
+        <x:v>31654</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q13" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="Q13" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>576106</x:v>
+        <x:v>580928</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
-        <x:v>38980</x:v>
+        <x:v>40113</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
-        <x:v>31654</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="P14" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q14" s="16" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="R14" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="P14" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>580928</x:v>
+        <x:v>574917</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>40113</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q15" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="Q15" s="4" t="s">
+      <x:c r="R15" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="R15" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>574917</x:v>
+        <x:v>574922</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
-        <x:v>40115</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
-        <x:v>12054</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q16" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="Q16" s="16" t="s">
+      <x:c r="R16" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="R16" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>574922</x:v>
+        <x:v>581546</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>39517</x:v>
+        <x:v>38701</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q17" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="Q17" s="4" t="s">
+      <x:c r="R17" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="R17" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>581546</x:v>
+        <x:v>581547</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>38701</x:v>
+        <x:v>40113</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>11554</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q18" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="Q18" s="16" t="s">
+      <x:c r="R18" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="R18" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>581547</x:v>
+        <x:v>581552</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>40113</x:v>
+        <x:v>39508</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>12058</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q19" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="Q19" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>581552</x:v>
+        <x:v>581561</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>39508</x:v>
+        <x:v>40411</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>12058</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q20" s="16" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>581561</x:v>
+        <x:v>576109</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>40411</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q21" s="4" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>576109</x:v>
+        <x:v>576106</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q22" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="Q22" s="16" t="s">
+      <x:c r="R22" s="14" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>574919</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q23" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="Q23" s="4" t="s">
+      <x:c r="R23" s="0" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>574927</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
@@ -3249,114 +3249,114 @@
       <x:c r="H24" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q24" s="16" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>574930</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q25" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="Q25" s="4" t="s">
+      <x:c r="R25" s="0" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>574926</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
@@ -3365,111 +3365,111 @@
       <x:c r="H26" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q26" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="Q26" s="16" t="s">
+      <x:c r="R26" s="14" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>574933</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q27" s="4" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>581345</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
@@ -3481,111 +3481,111 @@
       <x:c r="H28" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q28" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="Q28" s="16" t="s">
+      <x:c r="R28" s="14" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>581548</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38979</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q29" s="4" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>575005</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
@@ -3594,114 +3594,114 @@
       <x:c r="G30" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q30" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="Q30" s="16" t="s">
+      <x:c r="R30" s="14" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>574924</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>39508</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>12058</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q31" s="4" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>574951</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
@@ -3713,230 +3713,230 @@
       <x:c r="H32" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q32" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="Q32" s="16" t="s">
+      <x:c r="R32" s="14" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>575000</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q33" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="Q33" s="4" t="s">
+      <x:c r="R33" s="0" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>581549</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q34" s="16" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>575006</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q35" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="Q35" s="4" t="s">
+      <x:c r="R35" s="0" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>574915</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
@@ -3945,54 +3945,54 @@
       <x:c r="H36" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q36" s="16" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>574928</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>39690</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
@@ -4002,54 +4002,54 @@
       <x:c r="H37" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q37" s="4" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>574937</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38977</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
@@ -4061,54 +4061,54 @@
       <x:c r="H38" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q38" s="16" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>574999</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
@@ -4118,113 +4118,113 @@
       <x:c r="H39" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q39" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="Q39" s="4" t="s">
+      <x:c r="R39" s="0" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>575002</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q40" s="16" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>575007</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>40342</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
@@ -4234,57 +4234,57 @@
       <x:c r="H41" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q41" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="Q41" s="4" t="s">
+      <x:c r="R41" s="0" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>576122</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38979</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
@@ -4293,54 +4293,54 @@
       <x:c r="H42" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q42" s="16" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>581550</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>40500</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
@@ -4350,54 +4350,54 @@
       <x:c r="H43" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>11511</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q43" s="4" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>576114</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
@@ -4406,173 +4406,173 @@
       <x:c r="G44" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q44" s="16" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>574906</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q45" s="4" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>574907</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q46" s="16" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>574916</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
@@ -4582,57 +4582,57 @@
       <x:c r="H47" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q47" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="Q47" s="4" t="s">
+      <x:c r="R47" s="0" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>574929</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
@@ -4641,286 +4641,286 @@
       <x:c r="H48" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q48" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="Q48" s="16" t="s">
+      <x:c r="R48" s="14" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>574932</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q49" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="Q49" s="4" t="s">
+      <x:c r="R49" s="0" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>574931</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q50" s="16" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>574920</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q51" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="Q51" s="4" t="s">
+      <x:c r="R51" s="0" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>574921</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q52" s="16" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>576166</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>35494</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
@@ -5823,51 +5823,51 @@
       <x:c r="K68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>495252</x:v>
+        <x:v>599067</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
@@ -5883,51 +5883,51 @@
       <x:c r="K69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>495253</x:v>
+        <x:v>495252</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>149</x:v>
@@ -5944,51 +5944,51 @@
       <x:c r="K70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>599067</x:v>
+        <x:v>495253</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
@@ -6049,51 +6049,51 @@
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>591904</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
@@ -6160,174 +6160,174 @@
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>592348</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>40113</x:v>
+        <x:v>35369</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>592388</x:v>
+        <x:v>596692</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
-        <x:v>35369</x:v>
+        <x:v>40113</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>11502</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>596692</x:v>
+        <x:v>592388</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -7034,54 +7034,54 @@
       <x:c r="K89" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>568809</x:v>
+        <x:v>615508</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>39848</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
@@ -7093,54 +7093,54 @@
       <x:c r="K90" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>615508</x:v>
+        <x:v>568809</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
@@ -8561,132 +8561,132 @@
       <x:c r="S116" s="14" t="n">
         <x:v>591938</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>596448</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>36772</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>12003</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>596648</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>36772</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
@@ -8781,159 +8781,159 @@
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>501477</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
-        <x:v>36937</x:v>
+        <x:v>36772</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
-        <x:v>21570</x:v>
+        <x:v>12003</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>550310</x:v>
+        <x:v>604286</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
-        <x:v>36772</x:v>
+        <x:v>36937</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
-        <x:v>12003</x:v>
+        <x:v>21570</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>604286</x:v>
+        <x:v>550310</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>36772</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
@@ -10042,51 +10042,51 @@
       <x:c r="M143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>617435</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>39380</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>224</x:v>
@@ -10684,57 +10684,57 @@
       <x:c r="K154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>500987</x:v>
+        <x:v>605688</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
@@ -10744,57 +10744,57 @@
       <x:c r="K155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>605688</x:v>
+        <x:v>500987</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s"/>
       <x:c r="K156" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
@@ -11162,51 +11162,51 @@
       <x:c r="J163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>594585</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11516,76 +11516,76 @@
         <x:v>595685</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="R170" s="14" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>591950</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>367</x:v>
@@ -11846,434 +11846,434 @@
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>546685</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
-        <x:v>39690</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>592212</x:v>
+        <x:v>592168</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
-        <x:v>39517</x:v>
+        <x:v>35407</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
+      <x:c r="E177" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="H177" s="0" t="s">
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>592168</x:v>
+        <x:v>603400</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>603399</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
-        <x:v>35407</x:v>
+        <x:v>39690</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
-      <x:c r="E179" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>121</x:v>
-[...2 lines deleted...]
-        <x:v>122</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>603400</x:v>
+        <x:v>592212</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>596771</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>40411</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>592532</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>592015</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -12283,168 +12283,168 @@
       <x:c r="H183" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>554858</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>39518</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>12254</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>592282</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>592386</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -12455,164 +12455,164 @@
       <x:c r="H186" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>554857</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>591908</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>581539</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
@@ -12628,51 +12628,51 @@
       <x:c r="J189" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>592018</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
@@ -12730,219 +12730,219 @@
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>592346</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>592349</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>592387</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>592347</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
@@ -12952,51 +12952,51 @@
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>592350</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
@@ -13009,51 +13009,51 @@
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>591907</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
@@ -13146,51 +13146,51 @@
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>596775</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>12046</x:v>
@@ -13285,51 +13285,51 @@
         <x:v>39508</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>12058</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>595490</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
@@ -13453,51 +13453,51 @@
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>592030</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
@@ -13516,51 +13516,51 @@
       <x:c r="J205" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>592021</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>38977</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
@@ -13573,122 +13573,122 @@
       <x:c r="J206" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>592024</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>592029</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>396</x:v>
@@ -13786,51 +13786,51 @@
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>592032</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
@@ -13923,51 +13923,51 @@
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>606181</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>11054</x:v>
@@ -14008,678 +14008,678 @@
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>591906</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
-        <x:v>40411</x:v>
+        <x:v>38980</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
-        <x:v>11502</x:v>
+        <x:v>31654</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>592531</x:v>
+        <x:v>592028</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
-        <x:v>38701</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
-        <x:v>11554</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>398</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>591909</x:v>
+        <x:v>592170</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
-        <x:v>40113</x:v>
+        <x:v>40411</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>592382</x:v>
+        <x:v>592531</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
-        <x:v>40113</x:v>
+        <x:v>38701</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>592383</x:v>
+        <x:v>591909</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
-        <x:v>39517</x:v>
+        <x:v>40113</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>592171</x:v>
+        <x:v>592382</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
-        <x:v>39690</x:v>
+        <x:v>40113</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>398</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>592213</x:v>
+        <x:v>592383</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
-        <x:v>38974</x:v>
+        <x:v>40500</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>11511</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>592043</x:v>
+        <x:v>592535</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
-        <x:v>40500</x:v>
+        <x:v>38701</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
-        <x:v>11511</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>398</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>592535</x:v>
+        <x:v>591905</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
-        <x:v>38701</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
-        <x:v>11554</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>591905</x:v>
+        <x:v>592171</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
-        <x:v>35494</x:v>
+        <x:v>39690</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
-        <x:v>11523</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>596690</x:v>
+        <x:v>592213</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
-        <x:v>40500</x:v>
+        <x:v>38974</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
-        <x:v>11511</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>592536</x:v>
+        <x:v>592043</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -14700,148 +14700,148 @@
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>592020</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
-        <x:v>38980</x:v>
+        <x:v>40500</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
-        <x:v>31654</x:v>
+        <x:v>11511</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>592028</x:v>
+        <x:v>592536</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
-        <x:v>39517</x:v>
+        <x:v>35494</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>11523</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>592170</x:v>
+        <x:v>596690</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>35367</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
@@ -14896,77 +14896,77 @@
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>592031</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>11054</x:v>
@@ -14976,51 +14976,51 @@
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>592384</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>30</x:v>