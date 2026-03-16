--- v0 (2026-03-16)
+++ v1 (2026-03-16)
@@ -323,134 +323,137 @@
   <x:si>
     <x:t>Titre professionnel technicien supérieur en conception industrielle de systèmes mécaniques</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan</x:t>
   </x:si>
   <x:si>
     <x:t>44200</x:t>
   </x:si>
   <x:si>
     <x:t>Dessin construction mécanique</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences pour l'ingénieur parcours instrumentation et sciences de la mesure</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Génie industriel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences pour l'ingénieur parcours ingénierie mécanique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences pour l'ingénieur parcours électronique, électrotechnique et automatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention mécanique parcours mécanique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mécanique théorique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences pour l'ingénieur parcours signaux Images télécommunications et réseaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité génie mécanique et productique parcours conception et production durable (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Aix en Provence)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité génie mécanique et productique parcours innovation pour l'industrie (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Api 84 - Cfai 84 - Nextech</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/26/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention sciences pour l'ingénieur parcours instrumentation et sciences de la mesure</x:t>
-[...79 lines deleted...]
-  <x:si>
     <x:t>BTSA gestion et maîtrise de l'eau (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional Agricole Public PACA</x:t>
   </x:si>
   <x:si>
     <x:t>06601</x:t>
   </x:si>
   <x:si>
     <x:t>Traitement eau</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS conception et réalisation en chaudronnerie industrielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional CFAI Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CFAI PROVENCE</x:t>
@@ -503,53 +506,50 @@
   <x:si>
     <x:t>33700</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
-    <x:t>05/31/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Dessinateur projeteur</x:t>
   </x:si>
   <x:si>
     <x:t>DAO</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Marseille|Dawan - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
@@ -1010,57 +1010,57 @@
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie mécanique et productique parcours conception et production durables</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
+    <x:t>Université de Toulon - IUT La Garde</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence pro mention métiers de l'industrie : industrie navale et maritime (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Travaux portuaires</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Université de Toulon - IUT La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie mécanique et productique parcours simulation numérique et réalité virtuelle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SolidWorks - assemblages mécaniques</x:t>
   </x:si>
   <x:si>
     <x:t>Vivaneo</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Solidworks</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2025 00:00:00</x:t>
   </x:si>
@@ -2887,51 +2887,51 @@
       <x:c r="K24" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>23692</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>577541</x:v>
+        <x:v>538049</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -3604,284 +3604,284 @@
       <x:c r="M36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>514127</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>41382</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="P37" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="Q37" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="P37" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>605837</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="P38" s="14" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="Q38" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="P38" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>500988</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="P39" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="Q39" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="P39" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>550242</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="P40" s="14" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="Q40" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="P40" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>605689</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -3891,51 +3891,51 @@
       <x:c r="H41" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>602802</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
@@ -3952,441 +3952,441 @@
       <x:c r="H42" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>558857</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>41382</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>601005</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>31684</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>587089</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37317</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>23692</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>577540</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37317</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>23692</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>538048</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37317</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>23692</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>582143</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>37317</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>23692</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>582142</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>586977</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -4395,100 +4395,100 @@
         <x:v>78</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>586929</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>586969</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -4497,100 +4497,100 @@
         <x:v>78</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>586930</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>586968</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -4599,100 +4599,100 @@
         <x:v>78</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>586927</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>586967</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -4701,100 +4701,100 @@
         <x:v>78</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>586970</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>586972</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -4803,100 +4803,100 @@
         <x:v>78</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>586980</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>586928</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -4905,100 +4905,100 @@
         <x:v>78</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>586971</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>586975</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -5007,100 +5007,100 @@
         <x:v>78</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>586974</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>586976</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -5109,51 +5109,51 @@
         <x:v>78</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>586979</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>37317</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -5166,57 +5166,57 @@
       <x:c r="K65" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>23692</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>538049</x:v>
+        <x:v>577541</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
@@ -5449,108 +5449,108 @@
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>541905</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>572447</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>39380</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
@@ -5604,69 +5604,69 @@
       <x:c r="G73" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>541906</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>37495</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
@@ -5681,51 +5681,51 @@
       <x:c r="M74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>22411</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>513337</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37495</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -5779,69 +5779,69 @@
       <x:c r="G76" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>509245</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>39380</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -5854,51 +5854,51 @@
       <x:c r="M77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>615514</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
@@ -5970,51 +5970,51 @@
       <x:c r="M79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>509244</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>37495</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
@@ -6086,51 +6086,51 @@
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>509255</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>39848</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
@@ -6210,267 +6210,267 @@
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>615508</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>37374</x:v>
+        <x:v>37405</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>31606</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>541914</x:v>
+        <x:v>572446</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
-        <x:v>37405</x:v>
+        <x:v>37374</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>23083</x:v>
+        <x:v>31606</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>572446</x:v>
+        <x:v>541914</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>491056</x:v>
+        <x:v>540864</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>540864</x:v>
+        <x:v>491843</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -6480,57 +6480,57 @@
       <x:c r="K88" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>491843</x:v>
+        <x:v>491056</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38218</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -6540,51 +6540,51 @@
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>511581</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -6708,144 +6708,144 @@
       <x:c r="M92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>540902</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>572449</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>543658</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
@@ -6855,51 +6855,51 @@
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>588517</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
@@ -6912,51 +6912,51 @@
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>572450</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
@@ -6966,110 +6966,110 @@
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>493605</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>620185</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
@@ -7181,51 +7181,51 @@
         <x:v>41382</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>615903</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
@@ -7329,57 +7329,57 @@
         <x:v>596506</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -7389,178 +7389,178 @@
       <x:c r="S104" s="14" t="n">
         <x:v>605686</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>500984</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>550239</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -7571,153 +7571,153 @@
         <x:v>614742</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>500985</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>550238</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -7903,154 +7903,154 @@
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>595870</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
-        <x:v>37405</x:v>
+        <x:v>36191</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>23083</x:v>
+        <x:v>31622</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>594144</x:v>
+        <x:v>596503</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>36191</x:v>
+        <x:v>37405</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>31622</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>596503</x:v>
+        <x:v>594144</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -8525,57 +8525,57 @@
       <x:c r="S124" s="14" t="n">
         <x:v>594086</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
@@ -8683,51 +8683,51 @@
       <x:c r="M127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>547770</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
@@ -8742,51 +8742,51 @@
       <x:c r="M128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>493128</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>37495</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
@@ -8978,51 +8978,51 @@
       <x:c r="M132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>22411</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>515637</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>36191</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
@@ -9107,57 +9107,57 @@
       <x:c r="S134" s="14" t="n">
         <x:v>593230</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
@@ -9278,285 +9278,285 @@
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>547752</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>515634</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>550240</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>605763</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>547695</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>178</x:v>
@@ -9573,51 +9573,51 @@
       <x:c r="M142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>515631</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>39848</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
@@ -9652,117 +9652,117 @@
         <x:v>617435</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>500986</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
@@ -9773,57 +9773,57 @@
         <x:v>550237</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
@@ -9875,51 +9875,51 @@
       <x:c r="M147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>547693</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>178</x:v>
@@ -9936,172 +9936,172 @@
       <x:c r="M148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>547694</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>37374</x:v>
+        <x:v>37464</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>31606</x:v>
+        <x:v>31652</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>604341</x:v>
+        <x:v>515633</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
-        <x:v>37464</x:v>
+        <x:v>37374</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
-        <x:v>31652</x:v>
+        <x:v>31606</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>515633</x:v>
+        <x:v>604341</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>36191</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
@@ -10287,370 +10287,370 @@
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>593247</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>605690</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>550243</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>500989</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>500983</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>550301</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
@@ -10758,51 +10758,51 @@
       <x:c r="M162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>547764</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38218</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -10815,226 +10815,226 @@
       <x:c r="M163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>515736</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>547817</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>602312</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>494824</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
@@ -11163,132 +11163,132 @@
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>594085</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>41382</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>605500</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>592030</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
@@ -11688,51 +11688,51 @@
         <x:v>216</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>592028</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
@@ -11888,391 +11888,391 @@
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>596736</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
-        <x:v>29798</x:v>
+        <x:v>35463</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
-        <x:v>22048</x:v>
+        <x:v>23054</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>550287</x:v>
+        <x:v>602545</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
-        <x:v>35466</x:v>
+        <x:v>29798</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
-        <x:v>23054</x:v>
+        <x:v>22048</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>602546</x:v>
+        <x:v>550287</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
-        <x:v>35463</x:v>
+        <x:v>35466</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>556139</x:v>
+        <x:v>602546</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
-        <x:v>40510</x:v>
+        <x:v>35463</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>22048</x:v>
+        <x:v>23054</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>605725</x:v>
+        <x:v>556139</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
-        <x:v>35463</x:v>
+        <x:v>40510</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
-        <x:v>23054</x:v>
+        <x:v>22048</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>602545</x:v>
+        <x:v>605725</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>35466</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>556140</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>