--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -275,74 +275,74 @@
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Résolution problème</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention sciences pour l'ingénieur parcours instrumentation et sciences de la mesure</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Génie industriel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention traitement du signal et des images parcours traitement du signal et des images</x:t>
   </x:si>
   <x:si>
     <x:t>Traitement signal</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Master mention traitement du signal et des images parcours compétences complémentaires en informatiques</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences pour l'ingénieur parcours ingénierie mécanique</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences pour l'ingénieur parcours signaux Images télécommunications et réseaux</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences pour l'ingénieur parcours électronique, électrotechnique et automatique</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de la santé : technologies parcours maintenance et technologie biomédicales</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion données massives</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Ynov Campus</x:t>
@@ -353,59 +353,59 @@
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>BTS cybersécurité, informatique et réseaux, électronique option A informatique et réseaux (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>BTS cybersécurité, informatique et réseaux, électronique option A informatique et réseaux</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
+    <x:t>09/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/28/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité génie biomédical</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Api 84 - Cfai 84 - Nextech</x:t>
   </x:si>
   <x:si>
     <x:t>84918</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2024 00:00:00</x:t>
@@ -671,80 +671,80 @@
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS CIEL - Cybersécurité, informatique et réseaux, électronique - Option B Electronique et réseaux (CIEL ER)</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/15/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
+    <x:t>LA SEYNE SUR MER CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
+    <x:t>07/29/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>LA SEYNE SUR MER CEDEX</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Inatec</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>PARIS</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien systèmes réseaux et sécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Iscod</x:t>
   </x:si>
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>Administration système</x:t>
@@ -779,98 +779,98 @@
   <x:si>
     <x:t>AFC</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d'Intérêt Public pour la Formation Continue et l'Insertion Professionnelle de l'Académie d'Aix-Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FCIP AIX-MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13857</x:t>
   </x:si>
   <x:si>
     <x:t>Maintenance industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>Job Stream</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/07/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/21/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>LP P Latécoère</x:t>
   </x:si>
   <x:si>
     <x:t>LP St-Joseph</x:t>
   </x:si>
   <x:si>
     <x:t>83190</x:t>
   </x:si>
   <x:si>
     <x:t>OLLIOULES</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>LPO La Salle</x:t>
   </x:si>
   <x:si>
     <x:t>84008</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
@@ -1055,57 +1055,57 @@
   <x:si>
     <x:t>83070</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée T Edison</x:t>
   </x:si>
   <x:si>
     <x:t>83510</x:t>
   </x:si>
   <x:si>
     <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Vauvenargues</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Saint Jean de La Salle</x:t>
   </x:si>
   <x:si>
+    <x:t>Nice Sophia Ynov Campus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06560</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sophia Ynov Campus</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Nice Sophia Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
     <x:t>Sport 4.0</x:t>
   </x:si>
   <x:si>
     <x:t>LA TOUR-D'AIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Ufip - Ufitech - Les Anglades</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2026 00:00:00</x:t>
   </x:si>
@@ -2303,103 +2303,103 @@
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>609463</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>509343</x:v>
+        <x:v>609464</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>44</x:v>
@@ -2410,117 +2410,117 @@
       <x:c r="K12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>556772</x:v>
+        <x:v>509343</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>609464</x:v>
+        <x:v>556772</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>37926</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
@@ -2546,495 +2546,495 @@
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>575048</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>39003</x:v>
+        <x:v>38980</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>24356</x:v>
+        <x:v>31654</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>575009</x:v>
+        <x:v>580928</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>575008</x:v>
+        <x:v>575009</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>38980</x:v>
+        <x:v>39003</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>31654</x:v>
+        <x:v>24356</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>580928</x:v>
+        <x:v>575008</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>581574</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>576166</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>575007</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>575006</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>40807</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>31023</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>580913</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -3275,57 +3275,57 @@
       <x:c r="K27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>549730</x:v>
+        <x:v>604926</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
@@ -3334,54 +3334,54 @@
       <x:c r="K28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>604926</x:v>
+        <x:v>549730</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>37926</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -3950,51 +3950,51 @@
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>591931</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
@@ -5346,91 +5346,91 @@
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>587896</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>611947</x:v>
+        <x:v>612999</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
@@ -5443,111 +5443,111 @@
       <x:c r="K64" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>551763</x:v>
+        <x:v>611947</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>612999</x:v>
+        <x:v>551763</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -5608,114 +5608,114 @@
       <x:c r="K67" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>613000</x:v>
+        <x:v>587897</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>587897</x:v>
+        <x:v>613000</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -5775,51 +5775,51 @@
       <x:c r="J70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>509242</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -5849,328 +5849,328 @@
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>585529</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>587891</x:v>
+        <x:v>548627</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>587893</x:v>
+        <x:v>541903</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>587894</x:v>
+        <x:v>587891</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>541903</x:v>
+        <x:v>587893</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>548627</x:v>
+        <x:v>587894</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
@@ -6256,94 +6256,94 @@
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>571299</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
-        <x:v>35341</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>613005</x:v>
+        <x:v>585530</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>35341</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
@@ -6355,509 +6355,509 @@
       <x:c r="J80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>515282</x:v>
+        <x:v>613005</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>35341</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>587892</x:v>
+        <x:v>515282</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>585530</x:v>
+        <x:v>587892</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>587889</x:v>
+        <x:v>489415</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>550631</x:v>
+        <x:v>598895</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>489415</x:v>
+        <x:v>550631</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>35341</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>598895</x:v>
+        <x:v>550627</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>35341</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>550627</x:v>
+        <x:v>489482</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>35341</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>489482</x:v>
+        <x:v>587889</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
@@ -7163,154 +7163,154 @@
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>587888</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>37391</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>612070</x:v>
+        <x:v>588515</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>588515</x:v>
+        <x:v>612070</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="U96" s="16" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -7377,508 +7377,509 @@
       <x:c r="M98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>611967</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
+      <x:c r="E99" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>620184</x:v>
+        <x:v>502524</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
-        <x:v>35341</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>554787</x:v>
+        <x:v>514432</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>587898</x:v>
+        <x:v>620184</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>35341</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
-      <x:c r="E102" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>502524</x:v>
+        <x:v>507655</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>514432</x:v>
+        <x:v>587898</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>35341</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>608349</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>35341</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>507655</x:v>
+        <x:v>554787</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>556585</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
@@ -7891,51 +7892,51 @@
       <x:c r="J107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>617130</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
@@ -8183,51 +8184,51 @@
       <x:c r="K112" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>612881</x:v>
+        <x:v>612882</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>229</x:v>
@@ -8241,51 +8242,51 @@
       <x:c r="K113" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>612882</x:v>
+        <x:v>612881</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="G114" s="14" t="s">
         <x:v>229</x:v>
@@ -8414,60 +8415,60 @@
         <x:v>231</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="S116" s="14" t="n">
+        <x:v>612883</x:v>
+      </x:c>
+      <x:c r="T116" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="S116" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T116" s="16" t="s">
+      <x:c r="U116" s="16" t="s">
         <x:v>246</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>231</x:v>
@@ -8478,107 +8479,107 @@
       <x:c r="L117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>612884</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="U117" s="4" t="s">
         <x:v>248</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="G118" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>612883</x:v>
+        <x:v>614730</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -8645,51 +8646,51 @@
       <x:c r="K120" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>596906</x:v>
+        <x:v>596894</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
@@ -8699,51 +8700,51 @@
       <x:c r="K121" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>596894</x:v>
+        <x:v>596906</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
@@ -8935,148 +8936,148 @@
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>596913</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>596919</x:v>
+        <x:v>596908</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>596908</x:v>
+        <x:v>596919</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
@@ -9197,51 +9198,51 @@
       <x:c r="J130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>594149</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -9257,57 +9258,57 @@
       <x:c r="K131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>556502</x:v>
+        <x:v>556501</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
@@ -9316,57 +9317,57 @@
       <x:c r="K132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>556501</x:v>
+        <x:v>556502</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -9431,57 +9432,57 @@
       <x:c r="J134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>556397</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
@@ -9491,51 +9492,51 @@
       <x:c r="J135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>511023</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
@@ -9608,51 +9609,51 @@
       <x:c r="J137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>608108</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -9732,57 +9733,57 @@
       <x:c r="K139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>605696</x:v>
+        <x:v>500994</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>142</x:v>
@@ -9793,57 +9794,57 @@
       <x:c r="K140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>500994</x:v>
+        <x:v>605696</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -9967,60 +9968,60 @@
       <x:c r="J143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>602215</x:v>
+        <x:v>515636</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>172</x:v>
@@ -10028,51 +10029,51 @@
       <x:c r="J144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>556722</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -10088,60 +10089,60 @@
       <x:c r="J145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>515636</x:v>
+        <x:v>602215</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
@@ -10207,57 +10208,57 @@
       <x:c r="K147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>493129</x:v>
+        <x:v>558733</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
@@ -10266,57 +10267,57 @@
       <x:c r="K148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>558733</x:v>
+        <x:v>493129</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -10962,208 +10963,207 @@
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>596904</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>494811</x:v>
+        <x:v>611312</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
-        <x:v>92</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
-      <x:c r="E162" s="14" t="s"/>
+      <x:c r="E162" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>594145</x:v>
+        <x:v>494811</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
-        <x:v>37391</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
-      <x:c r="E163" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>611312</x:v>
+        <x:v>594145</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
@@ -11236,51 +11236,51 @@
       <x:c r="L165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>602318</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
@@ -12415,51 +12415,51 @@
       <x:c r="L185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>559072</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>204</x:v>
@@ -13276,51 +13276,51 @@
       <x:c r="L200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>493125</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
@@ -13523,273 +13523,273 @@
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>556825</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>537199</x:v>
+        <x:v>596897</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
-        <x:v>92</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>596897</x:v>
+        <x:v>537199</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>549691</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>605051</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="U208" s="16" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -14023,530 +14023,530 @@
       <x:c r="K213" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>497023</x:v>
+        <x:v>544708</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
-      <x:c r="E214" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>601931</x:v>
+        <x:v>497023</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>498536</x:v>
+        <x:v>601931</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
-        <x:v>58</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
-      <x:c r="E216" s="14" t="s"/>
+      <x:c r="E216" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>544708</x:v>
+        <x:v>498536</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>592032</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
-        <x:v>39003</x:v>
+        <x:v>38980</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
-        <x:v>24356</x:v>
+        <x:v>31654</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>591932</x:v>
+        <x:v>592028</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
-        <x:v>38980</x:v>
+        <x:v>39003</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
-        <x:v>31654</x:v>
+        <x:v>24356</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>592028</x:v>
+        <x:v>591932</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>592030</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>592029</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>40807</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>31023</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
@@ -14571,51 +14571,51 @@
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>591933</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
@@ -14628,90 +14628,90 @@
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>591934</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>35498</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
@@ -14724,111 +14724,111 @@
       <x:c r="U225" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>592031</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>35498</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
@@ -14845,51 +14845,51 @@
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>35498</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
@@ -14905,51 +14905,51 @@
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>35498</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
@@ -14966,51 +14966,51 @@
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>35498</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>355</x:v>
       </x:c>