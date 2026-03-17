--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -554,146 +554,146 @@
   <x:si>
     <x:t>EREA Louis Aragon</x:t>
   </x:si>
   <x:si>
     <x:t>13170</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>EREA L Aragon</x:t>
   </x:si>
   <x:si>
     <x:t>LES PENNES-MIRABEAU</x:t>
   </x:si>
   <x:si>
     <x:t>Faculté des Métiers - Ecole Hôtelière de Cannes - CFA Régional Municipal de Cannes Faculté des Métiers</x:t>
   </x:si>
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2024 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Flair Evolution</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Barista, latte art, dégustation, coffee brewing et cocktails coffee shop</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées - UFA Argimsa Sessad</x:t>
   </x:si>
   <x:si>
     <x:t>83340</x:t>
   </x:si>
   <x:si>
     <x:t>LE CANNET-DES-MAURES</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>CAP Commercialisation et Services en hôtel-café-restaurant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Alpes Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SISTERON</x:t>
+  </x:si>
+  <x:si>
     <x:t>Barman/barmaid + module barista</x:t>
   </x:si>
   <x:si>
     <x:t>France Travail</x:t>
   </x:si>
   <x:si>
     <x:t>AFC</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d'Intérêt Public pour la Formation Continue et l'Insertion Professionnelle de l'Académie d'Aix-Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FCIP AIX-MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13857</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
-    <x:t>Greta-Cfa Alpes Provence</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>12/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>CAP Commercialisation et Services en hôtel-café-restaurant</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
@@ -779,159 +779,159 @@
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>Brasserie</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>La Forbine - Lycée Technique Privé de Chimie et de Biologie - Ecole Hôtelière de Provence - Antenne Aubagne</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Paul Arène</x:t>
   </x:si>
   <x:si>
     <x:t>04200</x:t>
   </x:si>
   <x:si>
+    <x:t>LP A Dumas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP A Escoffier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAGNES SUR MER CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Ch Grawitz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP F de Croisset</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP F Revoul</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALREAS CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Golf-Hôtel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Paul Valéry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Sévigné</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Sainte-Élisabeth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Ste-Elisabeth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEPTEMES-LES-VALLONS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A Camus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Anne-Sophie Pic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Auguste Escoffier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée des Métiers Louis Martin Bret</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Jeanne et Paul Augier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/25/2028 00:00:00</x:t>
-  </x:si>
-[...106 lines deleted...]
-    <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Paul Valéry</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent de la Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Hôtelier Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent hôtelier régional Jean-Paul Passedat</x:t>
   </x:si>
   <x:si>
     <x:t>13295</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 08</x:t>
   </x:si>
@@ -3835,57 +3835,57 @@
       <x:c r="K37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>604226</x:v>
+        <x:v>502040</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>102</x:v>
@@ -3896,57 +3896,57 @@
       <x:c r="K38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>552854</x:v>
+        <x:v>604226</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
@@ -3956,57 +3956,57 @@
       <x:c r="K39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>502040</x:v>
+        <x:v>552854</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>102</x:v>
@@ -4077,178 +4077,178 @@
       <x:c r="K41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>553335</x:v>
+        <x:v>604100</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>38424</x:v>
+        <x:v>40096</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>604100</x:v>
+        <x:v>565332</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>40096</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>565332</x:v>
+        <x:v>553335</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>102</x:v>
@@ -6181,51 +6181,51 @@
       <x:c r="K77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>601083</x:v>
+        <x:v>496768</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>158</x:v>
@@ -6240,114 +6240,114 @@
       <x:c r="K78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>601084</x:v>
+        <x:v>601083</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>496768</x:v>
+        <x:v>601084</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
@@ -6416,54 +6416,54 @@
       <x:c r="L81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>601105</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
@@ -6475,54 +6475,54 @@
       <x:c r="L82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>601102</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -6535,51 +6535,51 @@
       <x:c r="M83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>546550</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
@@ -6937,555 +6937,553 @@
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>548853</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="C91" s="3" t="s"/>
+      <x:c r="C91" s="3" t="n">
+        <x:v>38424</x:v>
+      </x:c>
       <x:c r="D91" s="3" t="s"/>
-      <x:c r="E91" s="0" t="s">
+      <x:c r="G91" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="F91" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="J91" s="0" t="s">
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>579439</x:v>
+        <x:v>615239</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>191</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
-      <x:c r="E92" s="14" t="s"/>
-      <x:c r="F92" s="14" t="s"/>
+      <x:c r="E92" s="14" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="F92" s="14" t="s">
+        <x:v>186</x:v>
+      </x:c>
       <x:c r="G92" s="14" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="H92" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>111</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="S92" s="14" t="n">
+        <x:v>579439</x:v>
+      </x:c>
+      <x:c r="T92" s="16" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="U92" s="16" t="s">
         <x:v>192</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>572135</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>597575</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>572137</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>572136</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>597574</x:v>
+        <x:v>572138</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>572138</x:v>
+        <x:v>597574</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>612318</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -7500,108 +7498,108 @@
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>585520</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>572143</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -7616,166 +7614,166 @@
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>572144</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>612316</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>572134</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>42757</x:v>
@@ -7785,51 +7783,51 @@
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>587883</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>30</x:v>
@@ -7842,71 +7840,71 @@
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>572132</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>612314</x:v>
       </x:c>
@@ -8016,51 +8014,51 @@
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>564406</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -8248,51 +8246,51 @@
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>606244</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -8307,130 +8305,130 @@
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>572139</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>579438</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="G116" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>612312</x:v>
       </x:c>
@@ -8464,292 +8462,292 @@
       <x:c r="J117" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>566278</x:v>
+        <x:v>566277</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>617914</x:v>
+        <x:v>566655</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>40096</x:v>
+        <x:v>37379</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>566277</x:v>
+        <x:v>554023</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>566655</x:v>
+        <x:v>566278</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
-        <x:v>37379</x:v>
+        <x:v>40096</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>554023</x:v>
+        <x:v>617914</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>39887</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>228</x:v>
@@ -8842,91 +8840,91 @@
         <x:v>554310</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>617233</x:v>
+        <x:v>547591</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>39345</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -8956,691 +8954,691 @@
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>603520</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="Q126" s="16" t="s">
         <x:v>237</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>597405</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="I127" s="4" t="s">
         <x:v>239</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>240</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="Q127" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="Q127" s="4" t="s">
+      <x:c r="R127" s="0" t="s">
         <x:v>240</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>241</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>597401</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>597413</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="I129" s="4" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Q129" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="Q129" s="4" t="s">
+      <x:c r="R129" s="0" t="s">
         <x:v>244</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>245</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>597412</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="Q130" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="Q130" s="16" t="s">
+      <x:c r="R130" s="14" t="s">
         <x:v>247</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>248</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>597407</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="I131" s="4" t="s">
         <x:v>249</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="Q131" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="Q131" s="4" t="s">
+      <x:c r="R131" s="0" t="s">
         <x:v>250</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>251</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>597409</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="Q132" s="16" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>253</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>597400</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="I133" s="4" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>253</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="Q133" s="4" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>253</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>592265</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="Q134" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="Q134" s="16" t="s">
+      <x:c r="R134" s="14" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>597406</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="I135" s="4" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>258</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="Q135" s="4" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="R135" s="0" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>597411</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="Q136" s="16" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>262</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>597408</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="I137" s="4" t="s">
         <x:v>263</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>264</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="Q137" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="Q137" s="4" t="s">
+      <x:c r="R137" s="0" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>265</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>592266</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -9651,54 +9649,54 @@
       <x:c r="H138" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>565338</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
@@ -9711,114 +9709,114 @@
       <x:c r="H139" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>607820</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="Q140" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="Q140" s="16" t="s">
+      <x:c r="R140" s="14" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>265</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>597399</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -9828,346 +9826,346 @@
       <x:c r="H141" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="Q141" s="4" t="s">
         <x:v>267</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>608196</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>605953</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>547590</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="Q144" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="Q144" s="16" t="s">
+      <x:c r="R144" s="14" t="s">
         <x:v>271</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>272</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>597398</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>547591</x:v>
+        <x:v>617233</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>547592</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -10180,51 +10178,51 @@
       <x:c r="I147" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>608193</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
@@ -10241,51 +10239,51 @@
       <x:c r="I148" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>565336</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
@@ -10425,51 +10423,51 @@
       <x:c r="L151" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>520641</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>198</x:v>
@@ -10654,57 +10652,57 @@
       <x:c r="K155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>516393</x:v>
+        <x:v>559030</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>150</x:v>
@@ -10715,175 +10713,175 @@
       <x:c r="K156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>608192</x:v>
+        <x:v>565335</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
-        <x:v>40096</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>565335</x:v>
+        <x:v>608152</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>38424</x:v>
+        <x:v>40096</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>559030</x:v>
+        <x:v>608192</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
@@ -10896,57 +10894,57 @@
       <x:c r="K159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>608152</x:v>
+        <x:v>516393</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -11126,51 +11124,51 @@
       <x:c r="L163" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>515681</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
@@ -11206,109 +11204,109 @@
       <x:c r="S164" s="14" t="n">
         <x:v>547786</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>520637</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>290</x:v>
@@ -11322,51 +11320,51 @@
       <x:c r="S166" s="14" t="n">
         <x:v>547588</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
@@ -12085,57 +12083,57 @@
       <x:c r="K180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>496918</x:v>
+        <x:v>547376</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
@@ -12145,57 +12143,57 @@
       <x:c r="K181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>547376</x:v>
+        <x:v>496918</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
@@ -12439,51 +12437,51 @@
       <x:c r="L186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>504070</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
@@ -12707,131 +12705,131 @@
         <x:v>126</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>39345</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>583827</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="G192" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s"/>
       <x:c r="K192" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>612309</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>39345</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
@@ -14045,63 +14043,63 @@
       <x:c r="T214" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>35863</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>583920</x:v>
       </x:c>