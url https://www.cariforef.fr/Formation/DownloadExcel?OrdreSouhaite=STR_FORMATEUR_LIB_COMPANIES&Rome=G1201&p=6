--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -626,83 +626,83 @@
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BOUC-BEL-AIR</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions - Académie du Tourisme Neo Sphere</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Espagnol - niveau 3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kh Europe Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Espagnol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FREJUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/21/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Espagnol - niveau 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anglais - business writing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anglais tourisme</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anglais - getting a job</x:t>
+  </x:si>
+  <x:si>
     <x:t>Anglais - business first</x:t>
   </x:si>
   <x:si>
-    <x:t>Kh Europe Formation</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Anglais - phone calls</x:t>
   </x:si>
   <x:si>
     <x:t>Allemand - niveau 3</x:t>
   </x:si>
   <x:si>
     <x:t>Allemand</x:t>
   </x:si>
   <x:si>
     <x:t>Anglais - niveau 1</x:t>
   </x:si>
   <x:si>
     <x:t>Anglais - voyage grand débutant</x:t>
   </x:si>
   <x:si>
     <x:t>Allemand - niveau 2</x:t>
   </x:si>
   <x:si>
     <x:t>Espagnol - niveau 1</x:t>
   </x:si>
   <x:si>
     <x:t>Anglais - getting a job and phone calls</x:t>
   </x:si>
   <x:si>
     <x:t>Anglais - niveau 2</x:t>
@@ -755,60 +755,60 @@
   <x:si>
     <x:t>05400</x:t>
   </x:si>
   <x:si>
     <x:t>LA ROCHE-DES-ARNAUDS</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lt</x:t>
   </x:si>
   <x:si>
     <x:t>83530</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Femme , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>AGAY</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
     <x:t>licence pro mention guide conférencier</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention guide conférencier</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
@@ -1486,114 +1486,114 @@
       <x:c r="K3" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>42611</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>614756</x:v>
+        <x:v>614979</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>38548</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
       <x:c r="I4" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K4" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>42611</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>614979</x:v>
+        <x:v>614756</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>38548</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4479,307 +4479,307 @@
       <x:c r="B56" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>15203</x:v>
+        <x:v>15228</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>542247</x:v>
+        <x:v>542279</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>15203</x:v>
+        <x:v>15228</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>542248</x:v>
+        <x:v>542278</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>15203</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>542249</x:v>
+        <x:v>542248</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>15228</x:v>
+        <x:v>15203</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>542278</x:v>
+        <x:v>542249</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>15228</x:v>
+        <x:v>15203</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>542279</x:v>
+        <x:v>542247</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>15203</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>542254</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
@@ -4837,51 +4837,51 @@
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>15203</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>542251</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
@@ -4890,51 +4890,51 @@
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>15203</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>542255</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
@@ -4992,100 +4992,100 @@
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>15228</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>542277</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>15203</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>542250</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
@@ -5094,100 +5094,100 @@
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>15203</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>542252</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>15203</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>542253</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
@@ -5496,253 +5496,253 @@
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>608565</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
-        <x:v>40326</x:v>
+        <x:v>40120</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>42602</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="Q76" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="Q76" s="16" t="s">
+      <x:c r="R76" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="R76" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>592551</x:v>
+        <x:v>592371</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
-        <x:v>40120</x:v>
+        <x:v>40326</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="I77" s="4" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>42602</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="Q77" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="Q77" s="4" t="s">
+      <x:c r="R77" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="R77" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>592371</x:v>
+        <x:v>592551</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>39173</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>15254</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="Q78" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="Q78" s="16" t="s">
+      <x:c r="R78" s="14" t="s">
         <x:v>230</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>231</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>592055</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>40326</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42602</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>573103</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">