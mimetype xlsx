--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -1804,57 +1804,57 @@
       <x:c r="K10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>567834</x:v>
+        <x:v>604299</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
@@ -1864,57 +1864,57 @@
       <x:c r="K11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>604299</x:v>
+        <x:v>567834</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>72</x:v>
@@ -3565,114 +3565,114 @@
       <x:c r="K40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>503700</x:v>
+        <x:v>603278</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>603278</x:v>
+        <x:v>503700</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
@@ -3738,57 +3738,57 @@
       <x:c r="K43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>603276</x:v>
+        <x:v>603277</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38303</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
@@ -3854,173 +3854,173 @@
       <x:c r="K45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>603277</x:v>
+        <x:v>603276</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
-        <x:v>38303</x:v>
+        <x:v>39510</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>22334</x:v>
+        <x:v>22395</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>548261</x:v>
+        <x:v>548267</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>35715</x:v>
+        <x:v>40335</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>22334</x:v>
+        <x:v>22395</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>603340</x:v>
+        <x:v>603331</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
@@ -4029,57 +4029,57 @@
       <x:c r="K48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>503377</x:v>
+        <x:v>603346</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38303</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
@@ -4159,216 +4159,216 @@
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>548274</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
-        <x:v>39510</x:v>
+        <x:v>38303</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>22395</x:v>
+        <x:v>22334</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>548267</x:v>
+        <x:v>548261</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
-        <x:v>40335</x:v>
+        <x:v>35715</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>22395</x:v>
+        <x:v>22334</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>603331</x:v>
+        <x:v>603340</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>603346</x:v>
+        <x:v>503377</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38303</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
@@ -4782,405 +4782,405 @@
       <x:c r="K61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>503584</x:v>
+        <x:v>548355</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>35715</x:v>
+        <x:v>38303</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>548364</x:v>
+        <x:v>503584</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>38303</x:v>
+        <x:v>35715</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>548355</x:v>
+        <x:v>548364</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
-        <x:v>38303</x:v>
+        <x:v>35715</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>548314</x:v>
+        <x:v>548323</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>40335</x:v>
+        <x:v>35715</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>22395</x:v>
+        <x:v>22334</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>603964</x:v>
+        <x:v>603974</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>35715</x:v>
+        <x:v>38303</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>548323</x:v>
+        <x:v>548314</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>35715</x:v>
+        <x:v>40335</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>22334</x:v>
+        <x:v>22395</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>603974</x:v>
+        <x:v>603964</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
@@ -5674,158 +5674,158 @@
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>547106</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
-        <x:v>35715</x:v>
+        <x:v>38303</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>604749</x:v>
+        <x:v>552789</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
-        <x:v>38303</x:v>
+        <x:v>35715</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>552789</x:v>
+        <x:v>552811</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
@@ -5841,57 +5841,57 @@
       <x:c r="K79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>552811</x:v>
+        <x:v>604749</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>38303</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>121</x:v>
@@ -6247,135 +6247,135 @@
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>552872</x:v>
+        <x:v>552873</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>552873</x:v>
+        <x:v>552872</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>121</x:v>
@@ -6793,159 +6793,159 @@
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>596296</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>38303</x:v>
+        <x:v>35715</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>548868</x:v>
+        <x:v>499411</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>35715</x:v>
+        <x:v>38303</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>499411</x:v>
+        <x:v>548868</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38303</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
@@ -7554,57 +7554,57 @@
       <x:c r="K108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>454942</x:v>
+        <x:v>548810</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -7614,57 +7614,57 @@
       <x:c r="K109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>548810</x:v>
+        <x:v>454942</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>26</x:v>
@@ -8037,160 +8037,159 @@
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>493640</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
-      <x:c r="E117" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>494789</x:v>
+        <x:v>493643</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
-      <x:c r="E118" s="14" t="s"/>
+      <x:c r="E118" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>493643</x:v>
+        <x:v>494789</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>46</x:v>
       </x:c>