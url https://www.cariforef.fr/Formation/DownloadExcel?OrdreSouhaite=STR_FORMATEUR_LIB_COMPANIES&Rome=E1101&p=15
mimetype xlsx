--- v2 (2026-03-17)
+++ v3 (2026-03-17)
@@ -236,74 +236,74 @@
   <x:si>
     <x:t>Adam Maman</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Demandeur d'emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Application réseau social professionnel</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Webmarketing standard </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence DM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mécanique familiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/10/2021 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Webmarketing avancé</x:t>
   </x:si>
   <x:si>
-    <x:t>Agence DM</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Wordpress de A à Z expert</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>11/11/2021 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite de projets multimédia</x:t>
   </x:si>
   <x:si>
     <x:t>Agora France Excellence</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite projet</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
@@ -593,89 +593,89 @@
   <x:si>
     <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>VALBONNE</x:t>
   </x:si>
   <x:si>
     <x:t>SAINTE-MAXIME</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
+    <x:t>Illustrator Initiation + Approfondissement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dawan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dawan - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/11/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PERTUIS</x:t>
+  </x:si>
+  <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
-    <x:t>Illustrator Initiation + Approfondissement</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>MEYREUIL</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>MONTAUROUX</x:t>
   </x:si>
   <x:si>
-    <x:t>CANNES</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84911</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Azur Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de la performance commerciale et du marketing digital (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>B2h13 Marseille - My Business School</x:t>
   </x:si>
   <x:si>
     <x:t>GROUPE MY BS</x:t>
@@ -779,71 +779,71 @@
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/01/2026 00:00:00</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Communication digitale et webmarketing</x:t>
   </x:si>
   <x:si>
     <x:t>Com de Pépites</x:t>
   </x:si>
   <x:si>
     <x:t>13260</x:t>
   </x:si>
   <x:si>
     <x:t>Commerçant , Demandeur d'emploi , Profession libérale , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Marketing digital</x:t>
   </x:si>
   <x:si>
     <x:t>CASSIS</x:t>
   </x:si>
   <x:si>
     <x:t>01/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réseaux sociaux Intermédiaire : Facebook, LinkedIn, Pinterest, Instagram, Twitter, Youtube pour les initiés</x:t>
   </x:si>
   <x:si>
     <x:t>Application réseau social</x:t>
@@ -968,59 +968,59 @@
   <x:si>
     <x:t>Doranco Espace Multimédia</x:t>
   </x:si>
   <x:si>
     <x:t>75020</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Management</x:t>
   </x:si>
   <x:si>
     <x:t>EMD</x:t>
   </x:si>
   <x:si>
     <x:t>13331</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/07/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Chef de projet e.business (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole des Sciences et Techniques Commerciales</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESTC </x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>designer UX-UI</x:t>
@@ -1238,65 +1238,65 @@
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Bureautique</x:t>
   </x:si>
   <x:si>
     <x:t>Community manager (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet e-commerce (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>12/30/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Responsable marketing digital stratégique et opérationnel (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/30/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Icademie Editions - Académie du Tourisme Neo Sphere</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>E-marketing et E-commerce : niveau expert</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation et d'Innovation</x:t>
   </x:si>
   <x:si>
     <x:t>IFI</x:t>
   </x:si>
   <x:si>
     <x:t>MANDELIEU-LA-NAPOULE</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor européen Développeur Web</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
@@ -1349,83 +1349,83 @@
   <x:si>
     <x:t>09/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>llustrator - Niveau 1 - Initiation</x:t>
   </x:si>
   <x:si>
     <x:t>Illustrator - Niveau 2 - Intermédiaire</x:t>
   </x:si>
   <x:si>
     <x:t>Infographie et mise en page - module 1</x:t>
   </x:si>
   <x:si>
     <x:t>Infographie</x:t>
   </x:si>
   <x:si>
     <x:t>Réseaux sociaux</x:t>
   </x:si>
   <x:si>
     <x:t>Infographie et mise en page - module 3</x:t>
   </x:si>
   <x:si>
     <x:t>Conception designer UI - module 3</x:t>
   </x:si>
   <x:si>
+    <x:t>Conception designer UI - module 1</x:t>
+  </x:si>
+  <x:si>
     <x:t>Infographie et mise en page - module 2</x:t>
   </x:si>
   <x:si>
-    <x:t>Conception designer UI - module 1</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Web marketing - Construire et piloter une stratégie digitale efficace</x:t>
   </x:si>
   <x:si>
     <x:t>Kouta Services- Al-Habib Ivoulsou</x:t>
   </x:si>
   <x:si>
     <x:t>25000</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/16/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>La Forbine - Lycée Technique Privé de Chimie et de Biologie - Ecole Hôtelière de Provence - Antenne Aubagne</x:t>
   </x:si>
   <x:si>
     <x:t>La Forbine - Lycée Technique Privé de Chimie et de Biologie - Ecole Hôtelière de Provence - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Développer son activité avec le Webmarketing et les réseaux sociaux</x:t>
   </x:si>
   <x:si>
     <x:t>Lauriane Samozino</x:t>
   </x:si>
   <x:si>
     <x:t>13005</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Licencié pour motif économique , Particulier, individuel , Profession libérale</x:t>
@@ -1535,116 +1535,116 @@
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lightroom - Pefectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Langages HTML/CSS</x:t>
   </x:si>
   <x:si>
     <x:t>MarieBert.Services</x:t>
   </x:si>
   <x:si>
     <x:t>MBS</x:t>
   </x:si>
   <x:si>
+    <x:t>CAGNES-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CUERS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEROLS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TALLARD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>FOS-SUR-MER</x:t>
   </x:si>
   <x:si>
+    <x:t>GARDANNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE PONTET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIRAMAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BORMES-LES-MIMOSAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAVAILLON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORANGE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIGNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SISTERON</x:t>
+  </x:si>
+  <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
+    <x:t>LE CANNET-DES-MAURES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MORNAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AURIOL</x:t>
+  </x:si>
+  <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>VEDENE</x:t>
   </x:si>
   <x:si>
-    <x:t>03/10/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>VENELLES</x:t>
   </x:si>
   <x:si>
-    <x:t>BORMES-LES-MIMOSAS</x:t>
-[...46 lines deleted...]
-  <x:si>
     <x:t>LA LONDE-LES-MAURES</x:t>
   </x:si>
   <x:si>
     <x:t>SALERNES</x:t>
   </x:si>
   <x:si>
     <x:t>SANARY-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>TAVERNES</x:t>
   </x:si>
   <x:si>
     <x:t>RIANS</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
     <x:t>TARASCON</x:t>
   </x:si>
   <x:si>
     <x:t>MALIJAI</x:t>
   </x:si>
   <x:si>
     <x:t>MEYRARGUES</x:t>
@@ -2060,75 +2060,75 @@
   <x:si>
     <x:t>Responsable de projet webmarketing et communication digitale spécificité marketing et communication</x:t>
   </x:si>
   <x:si>
     <x:t>Skillers - Métiers de l'informatique et du développement web</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de projet webmarketing et communication digitale spécificité gestion de projet web et e-commerce</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de projet webmarketing et communication digitale</x:t>
   </x:si>
   <x:si>
     <x:t>Cycle Professionnel Community Management</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de marketing et communication</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de projet webmarketing et communication digitale BC 3 Pilotage et mise en œuvre du projet webmarketing et de la communication digitale</x:t>
   </x:si>
   <x:si>
+    <x:t>Vivaneo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WordPress Développement de thèmes personnalisés (HTML/CSS/JS/PHP)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WordPress - Intégration d’outils d’IA</x:t>
+  </x:si>
+  <x:si>
     <x:t>WooCommerce avec WordPress Créer une marketplace multivendeur</x:t>
   </x:si>
   <x:si>
-    <x:t>Vivaneo</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>WooCommerce avec WordPress Créer sa première boutique en ligne</x:t>
   </x:si>
   <x:si>
     <x:t>WooCommerce avec WordPress Vente de produits numériques et contenus</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>WordPress - Intégration d’outils d’IA</x:t>
   </x:si>
   <x:si>
     <x:t>Symfony - Développement web moderne</x:t>
   </x:si>
   <x:si>
     <x:t>Framework Symfony</x:t>
   </x:si>
   <x:si>
     <x:t>12/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Illustrator - Maîtrise complète</x:t>
   </x:si>
   <x:si>
     <x:t>Community Manager</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>WooCommerce avec WordPress Paiements et abonnements récurrents</x:t>
   </x:si>
   <x:si>
     <x:t>Youcap</x:t>
   </x:si>
@@ -3366,100 +3366,100 @@
       <x:c r="K14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>15017</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>390029</x:v>
+        <x:v>390031</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>15017</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>390031</x:v>
+        <x:v>390029</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>57</x:v>
@@ -5717,462 +5717,462 @@
       <x:c r="I59" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>613091</x:v>
+        <x:v>612712</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="Q60" s="16" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>503965</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>613097</x:v>
+        <x:v>613116</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>613102</x:v>
+        <x:v>613120</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>613107</x:v>
+        <x:v>612710</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>612712</x:v>
+        <x:v>613091</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>612710</x:v>
+        <x:v>613097</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>613101</x:v>
+        <x:v>613102</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>613106</x:v>
+        <x:v>613107</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>151</x:v>
@@ -6181,100 +6181,100 @@
       <x:c r="K68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>613116</x:v>
+        <x:v>613101</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>613120</x:v>
+        <x:v>613106</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
@@ -7121,257 +7121,257 @@
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>611881</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>46347</x:v>
+        <x:v>46359</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>611916</x:v>
+        <x:v>611875</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>611875</x:v>
+        <x:v>611876</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>611876</x:v>
+        <x:v>611906</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>46359</x:v>
+        <x:v>46347</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>611906</x:v>
+        <x:v>611916</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
@@ -7393,310 +7393,310 @@
         <x:v>245</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>616785</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="I91" s="4" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>72410</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="Q91" s="4" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>566973</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>34530</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="Q92" s="16" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>567246</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="I93" s="4" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>72410</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="Q93" s="4" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>566974</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>34530</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="Q94" s="16" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>567245</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="I95" s="4" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>503969</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>252</x:v>
@@ -8007,100 +8007,100 @@
         <x:v>283</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>620237</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>620238</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
@@ -8109,100 +8109,100 @@
         <x:v>283</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>620235</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>620236</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>34922</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
@@ -8278,57 +8278,57 @@
       <x:c r="K107" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>602450</x:v>
+        <x:v>602451</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>38025</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>297</x:v>
@@ -8339,57 +8339,57 @@
       <x:c r="K108" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>602451</x:v>
+        <x:v>602450</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="U108" s="16" t="s">
         <x:v>301</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>34340</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
@@ -8484,75 +8484,75 @@
       <x:c r="S110" s="14" t="n">
         <x:v>463910</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>39367</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>46347</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>592192</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>37786</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
@@ -8632,51 +8632,51 @@
       <x:c r="J113" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>555945</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>40377</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -9093,51 +9093,51 @@
       <x:c r="I121" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>605215</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38025</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
@@ -9152,105 +9152,105 @@
       <x:c r="I122" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>552376</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38025</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>591883</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
@@ -10012,51 +10012,51 @@
       <x:c r="M138" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>609555</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>40377</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -10239,102 +10239,102 @@
       <x:c r="L142" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>581790</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>35517</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>554033</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>41364</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -10485,120 +10485,120 @@
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>553365</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
-        <x:v>34922</x:v>
+        <x:v>41364</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>46330</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>560342</x:v>
+        <x:v>613844</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>36460</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
@@ -10638,111 +10638,111 @@
       <x:c r="L149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>46330</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>565291</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
-        <x:v>41364</x:v>
+        <x:v>34922</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>46330</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>613844</x:v>
+        <x:v>560342</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>392</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>34922</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -11428,115 +11428,115 @@
       <x:c r="B164" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>542298</x:v>
+        <x:v>542266</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>542266</x:v>
+        <x:v>542298</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>430</x:v>
@@ -11644,307 +11644,307 @@
         <x:v>430</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>611773</x:v>
+        <x:v>611785</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>431</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>611780</x:v>
+        <x:v>611773</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>611768</x:v>
+        <x:v>611780</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>611771</x:v>
+        <x:v>611768</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>611767</x:v>
+        <x:v>611771</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>611785</x:v>
+        <x:v>611767</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>40248</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>437</x:v>
@@ -12072,51 +12072,51 @@
       <x:c r="J176" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>560765</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>40248</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -12129,51 +12129,51 @@
       <x:c r="J177" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>603545</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
@@ -12191,51 +12191,51 @@
       <x:c r="M178" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>614508</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>436</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>36</x:v>
@@ -12395,51 +12395,51 @@
       <x:c r="J182" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>596239</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>35517</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -12516,51 +12516,51 @@
       <x:c r="J184" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>556497</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>35517</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -12576,51 +12576,51 @@
       <x:c r="J185" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>608280</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>40907</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -13179,100 +13179,100 @@
       <x:c r="L196" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>577084</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>577083</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
@@ -13545,241 +13545,241 @@
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>577832</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>474</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
-        <x:v>71132</x:v>
+        <x:v>34093</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>577081</x:v>
+        <x:v>586278</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
-        <x:v>34093</x:v>
+        <x:v>46382</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>586278</x:v>
+        <x:v>576583</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
-        <x:v>46382</x:v>
+        <x:v>34093</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>468</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>576583</x:v>
+        <x:v>586276</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>34093</x:v>
+        <x:v>71132</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>586276</x:v>
+        <x:v>577081</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>68</x:v>
@@ -13837,161 +13837,161 @@
       <x:c r="I209" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>613940</x:v>
+        <x:v>621064</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>613945</x:v>
+        <x:v>621067</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>613962</x:v>
+        <x:v>613940</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
@@ -13999,213 +13999,213 @@
         <x:v>151</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>613963</x:v>
+        <x:v>613945</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>622238</x:v>
+        <x:v>613962</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>489</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>622250</x:v>
+        <x:v>613963</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>622308</x:v>
+        <x:v>622276</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
@@ -14213,106 +14213,106 @@
         <x:v>151</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>622321</x:v>
+        <x:v>622281</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>622331</x:v>
+        <x:v>622310</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
@@ -14320,213 +14320,213 @@
         <x:v>151</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>620560</x:v>
+        <x:v>622314</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>620563</x:v>
+        <x:v>622319</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s"/>
       <x:c r="K220" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>620566</x:v>
+        <x:v>622232</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C221" s="3" t="s"/>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>621062</x:v>
+        <x:v>622233</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C222" s="15" t="s"/>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
@@ -14534,106 +14534,106 @@
         <x:v>151</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s"/>
       <x:c r="K222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>621065</x:v>
+        <x:v>622239</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>496</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C223" s="3" t="s"/>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>622271</x:v>
+        <x:v>622244</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
@@ -14641,320 +14641,320 @@
         <x:v>151</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s"/>
       <x:c r="K224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>622300</x:v>
+        <x:v>622245</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>622303</x:v>
+        <x:v>622258</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>489</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>622248</x:v>
+        <x:v>622266</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>622257</x:v>
+        <x:v>613947</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>501</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>622270</x:v>
+        <x:v>613951</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>613947</x:v>
+        <x:v>613968</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
@@ -14962,213 +14962,213 @@
         <x:v>151</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>613951</x:v>
+        <x:v>620560</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>613968</x:v>
+        <x:v>620563</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s"/>
       <x:c r="K232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>620559</x:v>
+        <x:v>620566</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>620562</x:v>
+        <x:v>621062</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
@@ -15176,213 +15176,213 @@
         <x:v>151</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>620579</x:v>
+        <x:v>621065</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>622276</x:v>
+        <x:v>622271</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>622281</x:v>
+        <x:v>622300</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>622310</x:v>
+        <x:v>622303</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
@@ -15393,210 +15393,210 @@
       <x:c r="K238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>622314</x:v>
+        <x:v>622248</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>622319</x:v>
+        <x:v>622257</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>620896</x:v>
+        <x:v>622270</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>622297</x:v>
+        <x:v>620896</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
@@ -15818,106 +15818,106 @@
         <x:v>151</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s"/>
       <x:c r="K246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>622232</x:v>
+        <x:v>620559</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>622233</x:v>
+        <x:v>620562</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
@@ -15925,320 +15925,320 @@
         <x:v>151</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>622239</x:v>
+        <x:v>620579</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>622244</x:v>
+        <x:v>620547</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I250" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s"/>
       <x:c r="K250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>622245</x:v>
+        <x:v>620552</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C251" s="3" t="s"/>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>622258</x:v>
+        <x:v>620555</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C252" s="15" t="s"/>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I252" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s"/>
       <x:c r="K252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>622266</x:v>
+        <x:v>620565</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>620547</x:v>
+        <x:v>620571</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
@@ -16246,213 +16246,213 @@
         <x:v>151</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>620552</x:v>
+        <x:v>620574</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>620555</x:v>
+        <x:v>622238</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>620565</x:v>
+        <x:v>622250</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>620571</x:v>
+        <x:v>622297</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
@@ -16460,219 +16460,219 @@
         <x:v>151</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>620574</x:v>
+        <x:v>622304</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>622304</x:v>
+        <x:v>622308</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>621064</x:v>
+        <x:v>622321</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>621067</x:v>
+        <x:v>622331</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I262" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>26</x:v>
@@ -16781,51 +16781,51 @@
         <x:v>151</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>620556</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>487</x:v>
@@ -16940,57 +16940,57 @@
       <x:c r="I267" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>620895</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I268" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -17053,100 +17053,100 @@
       <x:c r="L269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>620891</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I270" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>613949</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>487</x:v>
@@ -17261,51 +17261,51 @@
       <x:c r="I273" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>622236</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
@@ -17316,51 +17316,51 @@
         <x:v>151</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s"/>
       <x:c r="K274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>622243</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>487</x:v>
@@ -17423,51 +17423,51 @@
         <x:v>151</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>506</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>622259</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>487</x:v>
@@ -17588,106 +17588,106 @@
       <x:c r="L279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>622298</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I280" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>499</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>622302</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>26</x:v>
@@ -17695,106 +17695,106 @@
       <x:c r="L281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>622309</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I282" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s"/>
       <x:c r="K282" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>622313</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C283" s="3" t="s"/>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>26</x:v>
@@ -17851,51 +17851,51 @@
         <x:v>151</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s"/>
       <x:c r="K284" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>622275</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>487</x:v>
@@ -18010,57 +18010,57 @@
       <x:c r="I287" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>622307</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I288" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -18172,51 +18172,51 @@
         <x:v>151</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>622237</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
         <x:v>487</x:v>
@@ -18224,51 +18224,51 @@
       <x:c r="I291" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>622242</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
@@ -18493,51 +18493,51 @@
         <x:v>151</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>621068</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>487</x:v>
@@ -18600,51 +18600,51 @@
         <x:v>151</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>613939</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>487</x:v>
@@ -18759,51 +18759,51 @@
       <x:c r="I301" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>613970</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
@@ -18866,51 +18866,51 @@
       <x:c r="I303" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>620575</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
@@ -18921,51 +18921,51 @@
         <x:v>151</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>620550</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>487</x:v>
@@ -19187,51 +19187,51 @@
       <x:c r="I309" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>622273</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
@@ -19242,51 +19242,51 @@
         <x:v>151</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>622274</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>487</x:v>
@@ -19407,51 +19407,51 @@
       <x:c r="L313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>622311</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I314" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -19462,51 +19462,51 @@
       <x:c r="L314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>622315</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>26</x:v>
@@ -19563,57 +19563,57 @@
         <x:v>151</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>622330</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>26</x:v>
@@ -19777,51 +19777,51 @@
         <x:v>151</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s"/>
       <x:c r="K320" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>489</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>622251</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
         <x:v>487</x:v>
@@ -19884,51 +19884,51 @@
         <x:v>151</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s"/>
       <x:c r="K322" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>622256</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>487</x:v>
@@ -19991,51 +19991,51 @@
         <x:v>151</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>501</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>622269</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>487</x:v>
@@ -20049,51 +20049,51 @@
       <x:c r="L325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>620892</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I326" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -20205,51 +20205,51 @@
         <x:v>151</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>613954</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H329" s="0" t="s">
         <x:v>487</x:v>
@@ -20633,103 +20633,103 @@
         <x:v>151</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s"/>
       <x:c r="K336" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>621063</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
-        <x:v>496</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>621066</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
@@ -20740,51 +20740,51 @@
         <x:v>151</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s"/>
       <x:c r="K338" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>489</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>622249</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H339" s="0" t="s">
         <x:v>487</x:v>
@@ -20899,51 +20899,51 @@
       <x:c r="I341" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>622265</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
@@ -20954,51 +20954,51 @@
         <x:v>151</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>622272</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
         <x:v>487</x:v>
@@ -21006,51 +21006,51 @@
       <x:c r="I343" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>622327</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C344" s="15" t="s"/>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
@@ -21275,51 +21275,51 @@
         <x:v>151</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>613966</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>487</x:v>
@@ -21648,51 +21648,51 @@
       <x:c r="I355" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
         <x:v>613955</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
@@ -21755,57 +21755,57 @@
       <x:c r="I357" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
         <x:v>621061</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I358" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -22076,51 +22076,51 @@
       <x:c r="I363" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>622301</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
@@ -22137,51 +22137,51 @@
       <x:c r="L364" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>622317</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>26</x:v>
@@ -22189,51 +22189,51 @@
       <x:c r="L365" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>622332</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="F366" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="G366" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
@@ -22444,51 +22444,51 @@
         <x:v>283</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s"/>
       <x:c r="K370" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>572302</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>40248</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
@@ -22716,51 +22716,51 @@
       <x:c r="I375" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>555287</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>40377</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
@@ -22775,51 +22775,51 @@
       <x:c r="I376" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>607315</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>40377</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
@@ -22832,51 +22832,51 @@
       <x:c r="I377" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>607314</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>40377</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
@@ -22891,51 +22891,51 @@
       <x:c r="I378" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>555289</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>35517</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
@@ -23360,51 +23360,51 @@
       <x:c r="M386" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>34530</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>583794</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
-        <x:v>436</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="C387" s="3" t="s"/>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="E387" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>69</x:v>
@@ -23668,51 +23668,51 @@
         <x:v>141</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s"/>
       <x:c r="K392" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>567362</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="C393" s="3" t="s"/>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>580</x:v>
@@ -23827,51 +23827,51 @@
       <x:c r="I395" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>567360</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="C396" s="15" t="s"/>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
@@ -24044,51 +24044,51 @@
       <x:c r="L399" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>614973</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="C400" s="15" t="s"/>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s"/>
       <x:c r="K400" s="14" t="s">
@@ -24097,51 +24097,51 @@
       <x:c r="L400" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>614974</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>38472</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
@@ -24251,258 +24251,258 @@
       <x:c r="I403" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>72311</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>568731</x:v>
+        <x:v>568732</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C404" s="15" t="s"/>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s"/>
       <x:c r="K404" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>72420</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>568746</x:v>
+        <x:v>568747</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
-        <x:v>72420</x:v>
+        <x:v>72311</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>568742</x:v>
+        <x:v>568731</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>589</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="C406" s="15" t="s"/>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s"/>
       <x:c r="K406" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
-        <x:v>72311</x:v>
+        <x:v>72420</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
-        <x:v>592</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>568732</x:v>
+        <x:v>568746</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C407" s="3" t="s"/>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>72420</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>568747</x:v>
+        <x:v>568742</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
         <x:v>591</x:v>
@@ -24974,51 +24974,51 @@
       <x:c r="M417" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>46337</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>615584</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="C418" s="15" t="s"/>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s"/>
       <x:c r="K418" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
@@ -25076,51 +25076,51 @@
       <x:c r="M419" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>46337</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>615585</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C420" s="15" t="s"/>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s"/>
       <x:c r="K420" s="14" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
@@ -25676,163 +25676,161 @@
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>603437</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
-      <x:c r="E431" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G431" s="0" t="s">
-        <x:v>86</x:v>
-[...2 lines deleted...]
-        <x:v>87</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>629</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
-        <x:v>603436</x:v>
+        <x:v>596764</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
-        <x:v>102</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
-      <x:c r="E432" s="14" t="s"/>
+      <x:c r="E432" s="14" t="s">
+        <x:v>85</x:v>
+      </x:c>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
-        <x:v>625</x:v>
-[...1 lines deleted...]
-      <x:c r="H432" s="14" t="s"/>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H432" s="14" t="s">
+        <x:v>87</x:v>
+      </x:c>
       <x:c r="I432" s="16" t="s">
-        <x:v>626</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
-        <x:v>626</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
-        <x:v>631</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
-        <x:v>596764</x:v>
+        <x:v>603436</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="E433" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
@@ -26423,51 +26421,51 @@
       <x:c r="J443" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>596763</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>35500</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
@@ -26480,51 +26478,51 @@
       <x:c r="J444" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>24223</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>596795</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>35501</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
@@ -26591,51 +26589,51 @@
       <x:c r="J446" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>596791</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>35500</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
@@ -26766,51 +26764,51 @@
       <x:c r="J449" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>24223</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>556135</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>35501</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -26887,51 +26885,51 @@
       <x:c r="J451" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>24223</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
         <x:v>454251</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
         <x:v>35501</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -27008,51 +27006,51 @@
       <x:c r="J453" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>602564</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>35501</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -27129,51 +27127,51 @@
       <x:c r="J455" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>24223</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>602561</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -27190,51 +27188,51 @@
       <x:c r="J456" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>556143</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="C457" s="3" t="s"/>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="H457" s="0" t="s">
         <x:v>648</x:v>
@@ -27685,1171 +27683,1171 @@
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
         <x:v>613733</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
-        <x:v>661</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
-        <x:v>37786</x:v>
+        <x:v>34413</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>34093</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>578823</x:v>
+        <x:v>559188</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
-        <x:v>657</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
-        <x:v>34413</x:v>
+        <x:v>37786</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
-        <x:v>34093</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>559188</x:v>
+        <x:v>578823</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
-        <x:v>663</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C468" s="15" t="s"/>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
-        <x:v>664</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
-        <x:v>665</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s"/>
       <x:c r="K468" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
-        <x:v>70707</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="Q468" s="16" t="s">
         <x:v>664</x:v>
       </x:c>
-      <x:c r="Q468" s="16" t="s">
+      <x:c r="R468" s="14" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="S468" s="14" t="n">
+        <x:v>606821</x:v>
+      </x:c>
+      <x:c r="T468" s="16" t="s">
         <x:v>665</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>666</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>667</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C469" s="3" t="s"/>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="I469" s="4" t="s">
         <x:v>664</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>665</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="Q469" s="4" t="s">
         <x:v>664</x:v>
       </x:c>
-      <x:c r="Q469" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R469" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
-        <x:v>616400</x:v>
+        <x:v>616611</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
-        <x:v>666</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C470" s="15" t="s"/>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
-        <x:v>664</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
-        <x:v>665</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s"/>
       <x:c r="K470" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="Q470" s="16" t="s">
         <x:v>664</x:v>
       </x:c>
-      <x:c r="Q470" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R470" s="14" t="s">
-        <x:v>595</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
-        <x:v>616407</x:v>
+        <x:v>616612</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
-        <x:v>666</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="C471" s="3" t="s"/>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="I471" s="4" t="s">
         <x:v>664</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>665</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>70707</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="Q471" s="4" t="s">
         <x:v>664</x:v>
       </x:c>
-      <x:c r="Q471" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R471" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
-        <x:v>606821</x:v>
+        <x:v>616402</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
-        <x:v>669</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="C472" s="15" t="s"/>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
-        <x:v>664</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
-        <x:v>665</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s"/>
       <x:c r="K472" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="Q472" s="16" t="s">
         <x:v>664</x:v>
       </x:c>
-      <x:c r="Q472" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R472" s="14" t="s">
-        <x:v>595</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>616611</x:v>
+        <x:v>616400</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
-        <x:v>666</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="C473" s="3" t="s"/>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="I473" s="4" t="s">
         <x:v>664</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>665</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="Q473" s="4" t="s">
         <x:v>664</x:v>
       </x:c>
-      <x:c r="Q473" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R473" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
-        <x:v>616612</x:v>
+        <x:v>616407</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
-        <x:v>666</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
-        <x:v>479</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="C474" s="15" t="s"/>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
-        <x:v>664</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
-        <x:v>665</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s"/>
       <x:c r="K474" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>70707</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="Q474" s="16" t="s">
         <x:v>664</x:v>
       </x:c>
-      <x:c r="Q474" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R474" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
-        <x:v>606816</x:v>
+        <x:v>616613</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
-        <x:v>669</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="C475" s="3" t="s"/>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="G475" s="0" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="I475" s="4" t="s">
         <x:v>664</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>665</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
-        <x:v>70707</x:v>
+        <x:v>71910</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="Q475" s="4" t="s">
         <x:v>664</x:v>
       </x:c>
-      <x:c r="Q475" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R475" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
-        <x:v>616613</x:v>
+        <x:v>613022</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
-        <x:v>666</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="C476" s="15" t="s"/>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
-        <x:v>664</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
-        <x:v>665</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s"/>
       <x:c r="K476" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>71910</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="Q476" s="16" t="s">
         <x:v>664</x:v>
       </x:c>
-      <x:c r="Q476" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R476" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
-        <x:v>613022</x:v>
+        <x:v>613023</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="C477" s="3" t="s"/>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="I477" s="4" t="s">
         <x:v>664</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>665</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
-        <x:v>71910</x:v>
+        <x:v>71132</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="Q477" s="4" t="s">
         <x:v>664</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>665</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>613023</x:v>
+        <x:v>612663</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
-        <x:v>675</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C478" s="15" t="s"/>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
-        <x:v>664</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
-        <x:v>665</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s"/>
       <x:c r="K478" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
-        <x:v>71132</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="Q478" s="16" t="s">
         <x:v>664</x:v>
       </x:c>
-      <x:c r="Q478" s="16" t="s">
+      <x:c r="R478" s="14" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="S478" s="14" t="n">
+        <x:v>606816</x:v>
+      </x:c>
+      <x:c r="T478" s="16" t="s">
         <x:v>665</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>674</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="C479" s="3" t="s"/>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="I479" s="4" t="s">
         <x:v>664</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>665</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="Q479" s="4" t="s">
         <x:v>664</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>665</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>608222</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="C480" s="15" t="s"/>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
-        <x:v>664</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
-        <x:v>665</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s"/>
       <x:c r="K480" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="Q480" s="16" t="s">
         <x:v>664</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>665</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>612662</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>670</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C481" s="3" t="s"/>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="I481" s="4" t="s">
         <x:v>664</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>665</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="Q481" s="4" t="s">
         <x:v>664</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>665</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>616610</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
-        <x:v>666</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
-        <x:v>663</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="C482" s="15" t="s"/>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
-        <x:v>664</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
-        <x:v>665</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s"/>
       <x:c r="K482" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="Q482" s="16" t="s">
         <x:v>664</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>665</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>616403</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
-        <x:v>666</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="C483" s="3" t="s"/>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="I483" s="4" t="s">
         <x:v>664</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>665</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="Q483" s="4" t="s">
         <x:v>664</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>665</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>616405</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
-        <x:v>666</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
-        <x:v>667</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="C484" s="15" t="s"/>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
-        <x:v>664</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
-        <x:v>665</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s"/>
       <x:c r="K484" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="Q484" s="16" t="s">
         <x:v>664</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>665</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>616401</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
-        <x:v>666</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="C485" s="3" t="s"/>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="I485" s="4" t="s">
         <x:v>664</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>665</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="Q485" s="4" t="s">
         <x:v>664</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>665</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>616404</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="C486" s="15" t="s"/>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
-        <x:v>664</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
-        <x:v>665</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s"/>
       <x:c r="K486" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="Q486" s="16" t="s">
         <x:v>664</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>665</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
         <x:v>608223</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>668</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="C487" s="3" t="s"/>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="I487" s="4" t="s">
         <x:v>664</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>665</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="Q487" s="4" t="s">
         <x:v>664</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>665</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
         <x:v>616406</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
-        <x:v>666</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C488" s="15" t="s"/>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s"/>
       <x:c r="K488" s="14" t="s">