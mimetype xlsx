--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -1103,140 +1103,140 @@
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>Esid - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Business developer en hautes technologies (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Euridis Management</x:t>
   </x:si>
   <x:si>
     <x:t>75009</x:t>
   </x:si>
   <x:si>
     <x:t>Euridis Management - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
+    <x:t>08/26/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ingénieur d'affaires en hautes technologies (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Vente informatique</x:t>
   </x:si>
   <x:si>
-    <x:t>08/26/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Chargé d'affaires en hautes technologies (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Vente spécialisée</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur d'affaires en hautes technologies spécialisation international business manager (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>09/06/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Business developer en hautes technologies spécialisation marketing (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/06/2029 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Business developer en hautes technologies spécialisation international (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Evolusio Formations</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager du développement commercial</x:t>
   </x:si>
   <x:si>
     <x:t>FORMAPLUS</x:t>
   </x:si>
   <x:si>
     <x:t>83520</x:t>
   </x:si>
   <x:si>
     <x:t>Management transversal</x:t>
   </x:si>
   <x:si>
     <x:t>ROQUEBRUNE-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>83200</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/01/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2027 00:00:00</x:t>
@@ -1277,65 +1277,65 @@
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>BTS FED - Fluides Energies Domotique - Option A Génie climatique et fluidique</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Conseil et commercialisation de solutions techniques</x:t>
   </x:si>
   <x:si>
     <x:t>BTS FED - Fluides Energies Domotique - Option B Froid et conditionnement d'air</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE-10e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE-10e</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform - Antenne La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
@@ -1895,63 +1895,63 @@
   <x:si>
     <x:t>Pastré Grande Bastide</x:t>
   </x:si>
   <x:si>
     <x:t>Performa</x:t>
   </x:si>
   <x:si>
     <x:t>Performa - Antenne Saint Raphaël</x:t>
   </x:si>
   <x:si>
     <x:t>83700</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Perspectivia</x:t>
   </x:si>
   <x:si>
+    <x:t>04/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>04/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2025 00:00:00</x:t>
   </x:si>
@@ -5597,161 +5597,161 @@
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>603513</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
-        <x:v>40568</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>590079</x:v>
+        <x:v>506448</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>40568</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>506448</x:v>
+        <x:v>590079</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>40568</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>196</x:v>
@@ -10305,154 +10305,154 @@
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>622629</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>617730</x:v>
+        <x:v>622630</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>622630</x:v>
+        <x:v>617730</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -11697,275 +11697,275 @@
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>578909</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
-        <x:v>35652</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
-        <x:v>34538</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>497345</x:v>
+        <x:v>549043</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>35652</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34538</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>549043</x:v>
+        <x:v>497345</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>41757</x:v>
+        <x:v>40607</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>603051</x:v>
+        <x:v>603054</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
-        <x:v>40607</x:v>
+        <x:v>41757</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>603054</x:v>
+        <x:v>603051</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>34399</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
@@ -11988,82 +11988,82 @@
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>451600</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>603063</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
@@ -12104,82 +12104,82 @@
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>497337</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>549064</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
@@ -12194,51 +12194,51 @@
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>497346</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
@@ -12277,373 +12277,373 @@
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>497342</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
-        <x:v>40607</x:v>
+        <x:v>35652</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34538</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>578907</x:v>
+        <x:v>549066</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>351</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>352</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
-        <x:v>40607</x:v>
+        <x:v>35652</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34538</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>603053</x:v>
+        <x:v>549067</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>40607</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>603061</x:v>
+        <x:v>603053</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
-        <x:v>35652</x:v>
+        <x:v>40607</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>34538</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>549066</x:v>
+        <x:v>603061</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
-        <x:v>35652</x:v>
+        <x:v>40607</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
-        <x:v>34538</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>549067</x:v>
+        <x:v>578907</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>549065</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
@@ -12741,51 +12741,51 @@
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>603060</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>40607</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -13122,108 +13122,108 @@
       <x:c r="K180" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>613352</x:v>
+        <x:v>613351</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>613354</x:v>
+        <x:v>613352</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
@@ -13233,108 +13233,108 @@
       <x:c r="K182" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>557312</x:v>
+        <x:v>613354</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>613351</x:v>
+        <x:v>557312</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
@@ -13406,51 +13406,51 @@
       <x:c r="M185" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>557311</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
@@ -13684,51 +13684,51 @@
       <x:c r="L190" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>613358</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -13746,270 +13746,271 @@
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>613353</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
-      <x:c r="E192" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>605538</x:v>
+        <x:v>613356</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>613356</x:v>
+        <x:v>613359</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>613359</x:v>
+        <x:v>613360</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>368</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
+      <x:c r="E195" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>613360</x:v>
+        <x:v>605538</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -14019,51 +14020,51 @@
       <x:c r="L196" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>613355</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
@@ -14863,173 +14864,173 @@
       <x:c r="K211" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>493579</x:v>
+        <x:v>609815</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
-        <x:v>38361</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>609815</x:v>
+        <x:v>539345</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="S213" s="0" t="n">
+        <x:v>564392</x:v>
+      </x:c>
+      <x:c r="T213" s="4" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="U213" s="4" t="s">
         <x:v>404</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
@@ -15038,164 +15039,164 @@
       <x:c r="K214" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>564392</x:v>
+        <x:v>609811</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>406</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>609811</x:v>
+        <x:v>493579</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>611945</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
@@ -15214,54 +15215,54 @@
       <x:c r="L217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>564400</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
@@ -15273,54 +15274,54 @@
       <x:c r="L218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>564391</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>403</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -15383,51 +15384,51 @@
       <x:c r="J220" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>490581</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
@@ -15446,54 +15447,54 @@
       <x:c r="L221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>543630</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
@@ -15505,54 +15506,54 @@
       <x:c r="L222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>493578</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>403</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -15562,54 +15563,54 @@
       <x:c r="L223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>564399</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
@@ -15678,54 +15679,54 @@
       <x:c r="L225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>543631</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -16671,159 +16672,159 @@
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>564382</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>553999</x:v>
+        <x:v>557460</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
-        <x:v>38361</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>557460</x:v>
+        <x:v>553999</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -16991,51 +16992,51 @@
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>550315</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
@@ -17063,51 +17064,51 @@
       <x:c r="L249" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>606235</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I250" s="16" t="s">
@@ -17232,117 +17233,117 @@
       <x:c r="J252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>554779</x:v>
+        <x:v>507555</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>507555</x:v>
+        <x:v>554779</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I254" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
@@ -17481,82 +17482,82 @@
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>507554</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>553370</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
@@ -17594,160 +17595,159 @@
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>553395</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
-        <x:v>35652</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
-      <x:c r="E259" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
-        <x:v>34538</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>608951</x:v>
+        <x:v>559253</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>35652</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
-      <x:c r="E260" s="14" t="s"/>
+      <x:c r="E260" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34538</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>559253</x:v>
+        <x:v>608951</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -18142,51 +18142,51 @@
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>607469</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
@@ -19549,161 +19549,162 @@
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>601958</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
+      <x:c r="E293" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>551864</x:v>
+        <x:v>546953</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
-      <x:c r="E294" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="I294" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>546953</x:v>
+        <x:v>551864</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
@@ -20309,51 +20310,51 @@
       <x:c r="L305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>553108</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>40622</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s">
         <x:v>488</x:v>
@@ -22163,161 +22164,161 @@
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>596057</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
-        <x:v>41757</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="E337" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>608153</x:v>
+        <x:v>556328</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
-        <x:v>35801</x:v>
+        <x:v>41757</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I338" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>556328</x:v>
+        <x:v>608153</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="E339" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H339" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
@@ -24252,172 +24253,172 @@
       <x:c r="K372" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>494842</x:v>
+        <x:v>547704</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>403</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="E373" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>494841</x:v>
+        <x:v>494842</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I374" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>547704</x:v>
+        <x:v>494841</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="E375" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
@@ -24436,54 +24437,54 @@
       <x:c r="L375" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>547703</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I376" s="16" t="s">
         <x:v>401</x:v>
@@ -24733,51 +24734,51 @@
       <x:c r="J380" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>547696</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="E381" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -24793,51 +24794,51 @@
       <x:c r="J381" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>493091</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>41757</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -24854,51 +24855,51 @@
       <x:c r="J382" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>617445</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="E383" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -25223,159 +25224,159 @@
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>506187</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="E389" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
-        <x:v>558</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>611636</x:v>
+        <x:v>554255</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>562</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
-        <x:v>563</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>554255</x:v>
+        <x:v>611636</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="E391" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -26936,51 +26937,51 @@
       <x:c r="L417" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>602694</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>40622</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
@@ -26989,51 +26990,51 @@
       <x:c r="J418" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>547208</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>40622</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="E419" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -27046,51 +27047,51 @@
       <x:c r="J419" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>605440</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>40290</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -27507,168 +27508,168 @@
       <x:c r="K427" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>598809</x:v>
+        <x:v>572975</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
-        <x:v>609</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>598811</x:v>
+        <x:v>598809</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="U428" s="16" t="s">
         <x:v>610</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>572975</x:v>
+        <x:v>598811</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
+        <x:v>611</x:v>
+      </x:c>
+      <x:c r="U429" s="4" t="s">
         <x:v>612</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -27681,51 +27682,51 @@
       <x:c r="M430" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>572978</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -28065,51 +28066,51 @@
       <x:c r="L437" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
         <x:v>598808</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s"/>
       <x:c r="I438" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
@@ -28236,51 +28237,51 @@
       <x:c r="M440" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
         <x:v>572979</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
-        <x:v>608</x:v>
+        <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -29016,51 +29017,51 @@
       <x:c r="L454" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>617015</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -29130,51 +29131,51 @@
       <x:c r="M456" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>617013</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
-        <x:v>370</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
@@ -29915,51 +29916,51 @@
       <x:c r="L470" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>601326</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="E471" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>656</x:v>
       </x:c>