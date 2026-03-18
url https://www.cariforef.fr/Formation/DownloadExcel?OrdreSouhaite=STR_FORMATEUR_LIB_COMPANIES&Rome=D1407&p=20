--- v0 (2026-03-18)
+++ v1 (2026-03-18)
@@ -422,89 +422,89 @@
   <x:si>
     <x:t>05/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE- 3e</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
+    <x:t>06/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/06/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Api 84 - Cfai 84 - Nextech</x:t>
   </x:si>
   <x:si>
     <x:t>84918</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller commercial</x:t>
   </x:si>
   <x:si>
     <x:t>France Travail</x:t>
   </x:si>
   <x:si>
     <x:t>AFC</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de Formation et de Recherche sur l'Education Permanente - Antenne Carpentras</x:t>
@@ -578,59 +578,59 @@
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Avenir en Perspective</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>Avenir en Perspective - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
+    <x:t>10/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/05/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84911</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Azur Enerj Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83210</x:t>
   </x:si>
   <x:si>
     <x:t>SOLLIES-PONT</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
@@ -686,101 +686,101 @@
   <x:si>
     <x:t>13453</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA technico-commercial option univers jardins et animaux de compagnie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional Agricole Public PACA</x:t>
   </x:si>
   <x:si>
     <x:t>06601</x:t>
   </x:si>
   <x:si>
     <x:t>Vente produit alimentaire</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Carpentras</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
+    <x:t>Ebm Business School</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EBM 5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ebm Business School - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA technico-commercial univers jardins et animaux de compagnie (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>CFPPA</x:t>
   </x:si>
   <x:si>
     <x:t>Jeune 16-25 ans</x:t>
   </x:si>
   <x:si>
-    <x:t>Ebm Business School</x:t>
-[...8 lines deleted...]
-    <x:t>Ebm Business School - Antenne Nice</x:t>
+    <x:t>Ingénieur d'affaires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cfa Perspective - Isim</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur d'affaires (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Cfa Perspective - Isim</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/25/2025 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA génie des équipements agricoles (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Machinisme agricole</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Régional Agricole Public Paca - UFA Lycée Professionnel Agricole La Ricarde</x:t>
   </x:si>
   <x:si>
     <x:t>84800</x:t>
   </x:si>
   <x:si>
     <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional CFAI Provence</x:t>
@@ -1322,59 +1322,59 @@
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform - Antenne La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
+    <x:t>BACHELOR - Responsable de développement Commercial France et International</x:t>
+  </x:si>
+  <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BACHELOR - Responsable de développement Commercial France et International</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>LE MUY</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur d'affaires en hautes technologies</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BOUC-BEL-AIR</x:t>
@@ -1934,110 +1934,110 @@
   <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/05/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/06/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/05/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/06/2025 00:00:00</x:t>
-[...20 lines deleted...]
-    <x:t>11/05/2025 00:00:00</x:t>
+    <x:t>Pgm Learning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75012</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller commercial (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
-    <x:t>Pgm Learning</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/03/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
@@ -2084,54 +2084,54 @@
   <x:si>
     <x:t>licence pro mention optique professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention management et gestion des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>Vip and Co</x:t>
   </x:si>
   <x:si>
+    <x:t>Responsable du développement commercial France et International BC 3 Négocier et mettre en place les contrats et les partenariats</x:t>
+  </x:si>
+  <x:si>
     <x:t>Visiplus</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Responsable du développement commercial France et International BC 3 Négocier et mettre en place les contrats et les partenariats</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable du développement commercial France et International BC 1 Assurer une veille commerciale, concurrentielle, technologique et définir les plans d'actions marketing en France et à l'international</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable du développement commercial France et International BC 2 Détecter les opportunités commerciales et développer un portefeuille clients en France et à l'international</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable du développement commercial France et International</x:t>
   </x:si>
   <x:si>
     <x:t>Weno Ies</x:t>
   </x:si>
   <x:si>
     <x:t>93110</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -4120,176 +4120,176 @@
       <x:c r="J26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>553766</x:v>
+        <x:v>564169</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>553767</x:v>
+        <x:v>553766</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>564169</x:v>
+        <x:v>553767</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4299,51 +4299,51 @@
       <x:c r="L29" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>600731</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
@@ -4355,51 +4355,51 @@
       <x:c r="K30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>600729</x:v>
+        <x:v>553784</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
@@ -4412,51 +4412,51 @@
       <x:c r="K31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>553784</x:v>
+        <x:v>600729</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>83</x:v>
@@ -4474,51 +4474,51 @@
       <x:c r="L32" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>553768</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -5070,114 +5070,114 @@
       <x:c r="K42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>571090</x:v>
+        <x:v>607327</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>607327</x:v>
+        <x:v>571090</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>35369</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -5540,161 +5540,161 @@
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>590072</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
-        <x:v>40568</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>34085</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>590079</x:v>
+        <x:v>506448</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
-        <x:v>35801</x:v>
+        <x:v>40568</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>506448</x:v>
+        <x:v>590079</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>40568</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
@@ -5900,388 +5900,388 @@
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>496476</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
+      <x:c r="E57" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>551409</x:v>
+        <x:v>605847</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>572167</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
-      <x:c r="E59" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>605847</x:v>
+        <x:v>551409</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38466</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
-      <x:c r="E60" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>34590</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>545654</x:v>
+        <x:v>558102</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="U60" s="16" t="s">
         <x:v>216</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38466</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>34590</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>558102</x:v>
+        <x:v>558103</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="U61" s="4" t="s">
         <x:v>218</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>38466</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
-      <x:c r="E62" s="14" t="s"/>
+      <x:c r="E62" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>34590</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>558103</x:v>
+        <x:v>545654</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
@@ -6308,100 +6308,100 @@
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>607485</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>38466</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>34590</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>558104</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>39686</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
@@ -7193,57 +7193,57 @@
       <x:c r="K78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>549605</x:v>
+        <x:v>501241</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>36393</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
@@ -7314,57 +7314,57 @@
       <x:c r="K80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>501241</x:v>
+        <x:v>549605</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>36393</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
@@ -7925,51 +7925,51 @@
       <x:c r="M90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>590092</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>35164</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
@@ -7985,51 +7985,51 @@
       <x:c r="M91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>551893</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>35164</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>257</x:v>
@@ -8227,51 +8227,51 @@
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>572703</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
-        <x:v>205</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>40568</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -8827,51 +8827,51 @@
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>599335</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
-        <x:v>205</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>30086</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -8881,51 +8881,51 @@
       <x:c r="M106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>558338</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>30086</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -8938,51 +8938,51 @@
       <x:c r="M107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>558340</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>30086</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>282</x:v>
@@ -8999,51 +8999,51 @@
       <x:c r="M108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>558140</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>40290</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
@@ -9308,78 +9308,78 @@
         <x:v>601767</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>571078</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
@@ -9569,51 +9569,51 @@
       <x:c r="L118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>569956</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
@@ -9626,51 +9626,51 @@
       <x:c r="M119" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>583314</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
@@ -9737,51 +9737,51 @@
       <x:c r="M121" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>598726</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
@@ -9963,51 +9963,51 @@
       <x:c r="M125" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>609633</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
@@ -10020,51 +10020,51 @@
       <x:c r="M126" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>583313</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
@@ -10244,222 +10244,222 @@
       <x:c r="K130" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>583304</x:v>
+        <x:v>617730</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>609625</x:v>
+        <x:v>572708</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>617730</x:v>
+        <x:v>583304</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>572708</x:v>
+        <x:v>609625</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -11520,51 +11520,51 @@
       <x:c r="M152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>552325</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
@@ -11577,51 +11577,51 @@
       <x:c r="M153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>552355</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
@@ -11636,51 +11636,51 @@
       <x:c r="M154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>552326</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>40607</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -12224,100 +12224,100 @@
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>549065</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
-        <x:v>35652</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
-        <x:v>34538</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>549066</x:v>
+        <x:v>549043</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
@@ -12326,230 +12326,230 @@
       <x:c r="K166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>549067</x:v>
+        <x:v>549066</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>35652</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34538</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>549043</x:v>
+        <x:v>549067</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>34399</x:v>
+        <x:v>40607</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>497342</x:v>
+        <x:v>578909</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
-        <x:v>40607</x:v>
+        <x:v>34399</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>578909</x:v>
+        <x:v>497342</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>40607</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
@@ -13015,51 +13015,51 @@
       <x:c r="L178" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>557312</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
@@ -13964,114 +13964,114 @@
       <x:c r="K195" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>613352</x:v>
+        <x:v>557311</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>557311</x:v>
+        <x:v>613352</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>367</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
@@ -14602,94 +14602,94 @@
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>510104</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
-        <x:v>38361</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>564395</x:v>
+        <x:v>544518</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
@@ -14699,165 +14699,165 @@
       <x:c r="K208" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>543669</x:v>
+        <x:v>564383</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>564383</x:v>
+        <x:v>564395</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
-        <x:v>35801</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>544518</x:v>
+        <x:v>543669</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
@@ -14867,57 +14867,57 @@
       <x:c r="K211" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>490581</x:v>
+        <x:v>539345</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
@@ -15042,57 +15042,57 @@
       <x:c r="K214" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>539345</x:v>
+        <x:v>490581</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -15736,111 +15736,111 @@
       <x:c r="K226" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>581329</x:v>
+        <x:v>564364</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>564364</x:v>
+        <x:v>581329</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>41757</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
@@ -16095,623 +16095,623 @@
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>557461</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>35150</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>554778</x:v>
+        <x:v>573823</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>507554</x:v>
+        <x:v>606205</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>515472</x:v>
+        <x:v>606235</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
-        <x:v>35801</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>608333</x:v>
+        <x:v>564373</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
-        <x:v>38361</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>564377</x:v>
+        <x:v>554778</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
-        <x:v>38361</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>564380</x:v>
+        <x:v>507554</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>606205</x:v>
+        <x:v>515472</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
-        <x:v>38361</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>606235</x:v>
+        <x:v>608333</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>564373</x:v>
+        <x:v>564377</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
-        <x:v>35150</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>573823</x:v>
+        <x:v>564380</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -17476,51 +17476,51 @@
       <x:c r="M256" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>608334</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -17943,100 +17943,100 @@
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>553411</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>532724</x:v>
+        <x:v>553395</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -18103,161 +18103,161 @@
       <x:c r="M267" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>586081</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
-        <x:v>37717</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>553395</x:v>
+        <x:v>532724</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>553502</x:v>
+        <x:v>553485</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>422</x:v>
@@ -18286,94 +18286,94 @@
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>532727</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>553485</x:v>
+        <x:v>553502</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>422</x:v>
@@ -19535,51 +19535,51 @@
       <x:c r="J292" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>551950</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -19595,118 +19595,118 @@
       <x:c r="J293" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>546953</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="I294" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>601974</x:v>
+        <x:v>546924</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="E295" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
@@ -19716,169 +19716,169 @@
       <x:c r="J295" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>546924</x:v>
+        <x:v>601959</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
-        <x:v>37717</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="I296" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>601959</x:v>
+        <x:v>601974</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>551864</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -19895,51 +19895,51 @@
       <x:c r="J298" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>601958</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="E299" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -19955,51 +19955,51 @@
       <x:c r="J299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>601975</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>41302</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -20201,51 +20201,51 @@
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>523313</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
-        <x:v>205</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="I304" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -21814,164 +21814,164 @@
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>605850</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="E331" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H331" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>605846</x:v>
+        <x:v>496605</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I332" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>496605</x:v>
+        <x:v>605846</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="E333" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H333" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
@@ -24497,178 +24497,178 @@
       <x:c r="K376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>611241</x:v>
+        <x:v>547704</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="E377" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>547704</x:v>
+        <x:v>556735</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I378" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
-        <x:v>556735</x:v>
+        <x:v>611241</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="E379" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
@@ -25804,51 +25804,51 @@
       <x:c r="J398" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>511009</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>41757</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="E399" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -25864,51 +25864,51 @@
       <x:c r="J399" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>608129</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -25925,51 +25925,51 @@
       <x:c r="J400" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>556325</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="E401" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -26474,158 +26474,158 @@
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>607795</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
-        <x:v>38602</x:v>
+        <x:v>35150</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="I410" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>607794</x:v>
+        <x:v>546531</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
-        <x:v>35150</x:v>
+        <x:v>38602</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="E411" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>546531</x:v>
+        <x:v>607794</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>461</x:v>
@@ -27124,91 +27124,91 @@
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>611477</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
         <x:v>588104</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
@@ -27221,51 +27221,51 @@
       <x:c r="J422" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>588106</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="E423" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -27278,51 +27278,51 @@
       <x:c r="J423" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
         <x:v>532748</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -27337,51 +27337,51 @@
       <x:c r="J424" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
         <x:v>599551</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="E425" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -27394,51 +27394,51 @@
       <x:c r="J425" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
         <x:v>599552</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -27453,51 +27453,51 @@
       <x:c r="J426" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>552957</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
@@ -28065,279 +28065,279 @@
       <x:c r="K437" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
-        <x:v>572976</x:v>
+        <x:v>598808</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
-        <x:v>621</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
-        <x:v>622</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s"/>
       <x:c r="I438" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K438" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
-        <x:v>598805</x:v>
+        <x:v>572982</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="U438" s="16" t="s">
         <x:v>622</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>623</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
-        <x:v>598809</x:v>
+        <x:v>598800</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="U439" s="4" t="s">
         <x:v>624</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
-        <x:v>598810</x:v>
+        <x:v>598812</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
-        <x:v>604</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
-        <x:v>572979</x:v>
+        <x:v>598814</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="U441" s="4" t="s">
         <x:v>626</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -28398,51 +28398,51 @@
       <x:c r="K443" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
-        <x:v>598800</x:v>
+        <x:v>572976</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
         <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
@@ -28455,51 +28455,51 @@
       <x:c r="K444" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
-        <x:v>598812</x:v>
+        <x:v>572979</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
@@ -28509,54 +28509,54 @@
       <x:c r="K445" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
-        <x:v>598814</x:v>
+        <x:v>598805</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
-        <x:v>618</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
@@ -28566,1106 +28566,1105 @@
       <x:c r="K446" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
-        <x:v>598808</x:v>
+        <x:v>598809</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
-        <x:v>572982</x:v>
+        <x:v>598810</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
-        <x:v>633</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
-        <x:v>630</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
-        <x:v>634</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
-      <x:c r="E448" s="14" t="s"/>
+      <x:c r="E448" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
-        <x:v>635</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
-        <x:v>636</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
-        <x:v>637</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="Q448" s="16" t="s">
         <x:v>635</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>636</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
-        <x:v>617009</x:v>
+        <x:v>572319</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
-        <x:v>638</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
-        <x:v>639</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
-      <x:c r="E449" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G449" s="0" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="I449" s="4" t="s">
         <x:v>635</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>636</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="Q449" s="4" t="s">
         <x:v>635</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>636</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>572319</x:v>
+        <x:v>611255</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>638</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
-        <x:v>634</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
-        <x:v>635</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
-        <x:v>636</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="Q450" s="16" t="s">
         <x:v>635</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>636</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>611255</x:v>
+        <x:v>617009</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="I451" s="4" t="s">
         <x:v>635</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>636</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="Q451" s="4" t="s">
         <x:v>635</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>636</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
         <x:v>617012</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>641</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
-        <x:v>634</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
-        <x:v>635</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
-        <x:v>636</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="Q452" s="16" t="s">
         <x:v>635</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>636</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>611411</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
-        <x:v>638</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>642</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="I453" s="4" t="s">
         <x:v>635</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>636</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="Q453" s="4" t="s">
         <x:v>635</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>636</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>617010</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
-        <x:v>634</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
-        <x:v>635</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
-        <x:v>636</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="Q454" s="16" t="s">
         <x:v>635</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>636</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>617015</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="I455" s="4" t="s">
         <x:v>635</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>636</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="Q455" s="4" t="s">
         <x:v>635</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>636</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>587707</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
-        <x:v>634</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
-        <x:v>635</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
-        <x:v>636</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="Q456" s="16" t="s">
         <x:v>635</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>636</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>617011</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
-        <x:v>638</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
-        <x:v>639</x:v>
+        <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="I457" s="4" t="s">
         <x:v>635</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>636</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="Q457" s="4" t="s">
         <x:v>635</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>636</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>617014</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>645</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
-        <x:v>634</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
-        <x:v>635</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
-        <x:v>636</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="Q458" s="16" t="s">
         <x:v>635</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>636</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>611409</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="I459" s="4" t="s">
         <x:v>635</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>636</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="Q459" s="4" t="s">
         <x:v>635</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>636</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>598546</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>640</x:v>
+        <x:v>638</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
-        <x:v>635</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
-        <x:v>636</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K460" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="Q460" s="16" t="s">
         <x:v>635</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>636</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
         <x:v>601516</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="I461" s="4" t="s">
         <x:v>635</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>636</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="Q461" s="4" t="s">
         <x:v>635</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>636</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>611408</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
-        <x:v>634</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
-        <x:v>635</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
-        <x:v>636</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="Q462" s="16" t="s">
         <x:v>635</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>636</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>611413</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="I463" s="4" t="s">
         <x:v>635</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>636</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="Q463" s="4" t="s">
         <x:v>635</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>636</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
         <x:v>617013</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
-        <x:v>634</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
-        <x:v>635</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
-        <x:v>636</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="Q464" s="16" t="s">
         <x:v>635</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>636</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
         <x:v>587706</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>650</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="E465" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="I465" s="4" t="s">
         <x:v>635</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>636</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="Q465" s="4" t="s">
         <x:v>635</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>636</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
         <x:v>601508</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
         <x:v>40622</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
@@ -29686,114 +29685,114 @@
       <x:c r="K466" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>600284</x:v>
+        <x:v>546684</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
         <x:v>40622</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="E467" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>546684</x:v>
+        <x:v>600284</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
@@ -29919,99 +29918,99 @@
       <x:c r="L470" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>604522</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="E471" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
-        <x:v>636</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
-        <x:v>636</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
         <x:v>623595</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
         <x:v>627</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
@@ -30038,51 +30037,51 @@
       <x:c r="M472" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>557916</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="E473" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -30095,51 +30094,51 @@
       <x:c r="M473" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
         <x:v>557917</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s">
@@ -30378,51 +30377,51 @@
       <x:c r="M478" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>581076</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="E479" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -30502,637 +30501,637 @@
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>605458</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>35150</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
-        <x:v>613761</x:v>
+        <x:v>559198</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
-        <x:v>672</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
-        <x:v>35150</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
-        <x:v>671</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
-        <x:v>671</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
-        <x:v>559198</x:v>
+        <x:v>613761</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>559193</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
-        <x:v>671</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
-        <x:v>671</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>578774</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>578775</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
-        <x:v>672</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
-        <x:v>671</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
-        <x:v>671</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
         <x:v>578776</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
         <x:v>578835</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
-        <x:v>671</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
-        <x:v>671</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
         <x:v>578851</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="G489" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
         <x:v>559197</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s"/>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
-        <x:v>671</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
-        <x:v>671</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
         <x:v>559232</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="G491" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
         <x:v>559247</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">