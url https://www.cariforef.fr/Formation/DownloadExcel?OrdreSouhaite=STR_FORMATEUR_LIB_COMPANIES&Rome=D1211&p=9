--- v0 (2026-03-18)
+++ v1 (2026-03-18)
@@ -173,65 +173,65 @@
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Matériel sport</x:t>
   </x:si>
   <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Réaliser la préparation, l'entretien et la réparation courante des cycles et des vélos à assistance électrique - Bloc de compétences du titre professionnel Employé technicien-vendeur en matériel de sport</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/12/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller de vente (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
@@ -632,68 +632,68 @@
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecloson</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
+    <x:t>03/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/03/2027 00:00:00</x:t>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/15/2025 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESCCOM </x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Carnot)</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
@@ -710,80 +710,80 @@
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>Esid - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Vendeur conseil en librairie</x:t>
   </x:si>
   <x:si>
     <x:t>Exxea</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Handicapé , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
+    <x:t>07/30/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor Métiers du Livre</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/30/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">Bachelor Métiers du Livre </x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2021 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>12/31/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/31/2029 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>First Line Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83520</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Centre Delta-Infini</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2026 00:00:00</x:t>
@@ -824,86 +824,86 @@
   <x:si>
     <x:t>VILLENEUVE-LOUBET</x:t>
   </x:si>
   <x:si>
     <x:t>Titre Professionnel Employé technicien-vendeur en matériel de sport (TP ETVMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SKIMAN CCS Réaliser la préparation, l'entretien et la réparation courante des matériels de glisse sur neige - TP Employé technicien - vendeur en matériel de sport</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre Professionnel Conseiller de vente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SISTERON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCP 1: ""Réaliser la préparation, l'entretien et la réparation courante des cycles et des vélos à assistance électrique"" - Titre professionnel Employé technicien - vendeur en matériel de sport .</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel employé technicien - vendeur en matériel de sport (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>03/16/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre Professionnel Conseiller de vente</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Groupe B2C Formation - Synergy School</x:t>
   </x:si>
   <x:si>
     <x:t>06800</x:t>
   </x:si>
   <x:si>
     <x:t>CAGNES-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform - Antenne La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>H et C Conseil</x:t>
@@ -1094,63 +1094,63 @@
   <x:si>
     <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller de vente (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Performa</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
     <x:t>01/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Performa - Antenne Saint Raphaël</x:t>
   </x:si>
   <x:si>
     <x:t>83700</x:t>
   </x:si>
   <x:si>
+    <x:t>08/18/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2028 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>08/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>Skillence</x:t>
   </x:si>
   <x:si>
     <x:t>75012</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>Solutys - Campus Privé</x:t>
   </x:si>
   <x:si>
     <x:t>Tremplin 84</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2027 00:00:00</x:t>
   </x:si>
@@ -1811,167 +1811,167 @@
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
         <x:v>579818</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
         <x:v>35992</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>15447</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>585625</x:v>
+        <x:v>579145</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="U3" s="4" t="s">
         <x:v>35</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>35992</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I4" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>15447</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>579145</x:v>
+        <x:v>585625</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>35992</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>29</x:v>
@@ -2043,51 +2043,51 @@
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
         <x:v>585617</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>35992</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
@@ -2148,62 +2148,62 @@
       <x:c r="L8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>15447</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>579283</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>35992</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>29</x:v>
@@ -2216,167 +2216,167 @@
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>572075</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>35992</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>15447</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>585923</x:v>
+        <x:v>579823</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>35992</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>15447</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>579823</x:v>
+        <x:v>585923</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>35992</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -4135,467 +4135,467 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>583315</x:v>
+        <x:v>622633</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>622633</x:v>
+        <x:v>583315</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
+      <x:c r="E45" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>583316</x:v>
+        <x:v>548174</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
-      <x:c r="E46" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>548174</x:v>
+        <x:v>609634</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>609634</x:v>
+        <x:v>598727</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
-      <x:c r="E48" s="14" t="s"/>
+      <x:c r="E48" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>598727</x:v>
+        <x:v>600044</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
-      <x:c r="E49" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>600044</x:v>
+        <x:v>622634</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>622634</x:v>
+        <x:v>583316</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -4608,51 +4608,51 @@
       <x:c r="M51" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>622632</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G52" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
@@ -5156,51 +5156,51 @@
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>552328</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -5272,51 +5272,51 @@
       <x:c r="M62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>552363</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -5445,214 +5445,214 @@
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>552327</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>618760</x:v>
+        <x:v>537282</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>46328</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>512747</x:v>
+        <x:v>618760</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>46328</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>537282</x:v>
+        <x:v>512747</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>46328</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
@@ -5710,142 +5710,142 @@
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>363402</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>46328</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>564835</x:v>
+        <x:v>618758</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>46328</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>618758</x:v>
+        <x:v>564835</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
@@ -5917,51 +5917,51 @@
       <x:c r="L74" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>599839</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
@@ -6569,387 +6569,386 @@
       <x:c r="L86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>15447</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>623574</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>35992</x:v>
+        <x:v>37098</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
-      <x:c r="E87" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>15447</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>605973</x:v>
+        <x:v>524651</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>37098</x:v>
+        <x:v>35992</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>15447</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="S88" s="14" t="n">
+        <x:v>585538</x:v>
+      </x:c>
+      <x:c r="T88" s="16" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>35992</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>15447</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>585538</x:v>
+        <x:v>585571</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="U89" s="4" t="s">
         <x:v>258</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>35992</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>15447</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>585571</x:v>
+        <x:v>590147</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>35992</x:v>
+        <x:v>37098</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>15447</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>590147</x:v>
+        <x:v>566747</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>37098</x:v>
+        <x:v>35992</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
-      <x:c r="E92" s="14" t="s"/>
+      <x:c r="E92" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>15447</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>566747</x:v>
+        <x:v>605973</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
@@ -6959,57 +6958,57 @@
       <x:c r="K93" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>611169</x:v>
+        <x:v>546278</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
@@ -7018,57 +7017,57 @@
       <x:c r="K94" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>546278</x:v>
+        <x:v>611169</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -7364,51 +7363,51 @@
       <x:c r="L100" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>552000</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
@@ -7602,51 +7601,51 @@
       <x:c r="L104" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>546926</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
@@ -7777,51 +7776,51 @@
       <x:c r="J107" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>600638</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -8591,54 +8590,54 @@
       <x:c r="K121" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>599534</x:v>
+        <x:v>552987</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
@@ -8650,111 +8649,111 @@
       <x:c r="K122" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>599535</x:v>
+        <x:v>552985</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>552985</x:v>
+        <x:v>599534</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
@@ -8766,108 +8765,108 @@
       <x:c r="K124" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>552987</x:v>
+        <x:v>599535</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>555068</x:v>
+        <x:v>555070</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>172</x:v>
@@ -8879,54 +8878,54 @@
       <x:c r="J126" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>555070</x:v>
+        <x:v>555110</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
@@ -8936,54 +8935,54 @@
       <x:c r="J127" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>555110</x:v>
+        <x:v>555068</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>347</x:v>
@@ -9061,51 +9060,51 @@
       <x:c r="M129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>557876</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
@@ -9120,51 +9119,51 @@
       <x:c r="M130" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>557877</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -9177,51 +9176,51 @@
       <x:c r="M131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>564808</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
@@ -9290,51 +9289,51 @@
       <x:c r="L133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>581194</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>35364</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>78</x:v>
       </x:c>