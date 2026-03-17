--- v0 (2026-03-16)
+++ v1 (2026-03-17)
@@ -374,59 +374,59 @@
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>LES ADRETS-DE-L'ESTEREL</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Management</x:t>
   </x:si>
   <x:si>
     <x:t>EMD</x:t>
   </x:si>
   <x:si>
     <x:t>13331</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/03/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/08/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>négociateur-conseil en patrimoine immobilier et financier</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>Commercialisation immobilière</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Négociateur-conseil en patrimoine immobilier et financier (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESCCOM </x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
@@ -551,56 +551,56 @@
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de clientèle banque finance assurance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BOUC-BEL-AIR</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BOUC-BEL-AIR</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions - Antenne Bouc Bel Air</x:t>
   </x:si>
   <x:si>
     <x:t>13320</x:t>
   </x:si>
   <x:si>
     <x:t>responsable de clientèle banque finance assurance</x:t>
   </x:si>
   <x:si>
     <x:t>IFC Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>Expert conseil en gestion de patrimoine</x:t>
@@ -629,59 +629,59 @@
   <x:si>
     <x:t>Igpepm - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Négociateur-conseil en patrimoine immobilier et financier spécialisation conseiller en investissement immobilier (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des actifs et patrimoines immobiliers spécialisation manager en promotion immobilières (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des actifs et patrimoines immobiliers spécialisation manager d'actifs immobiliers (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Immobilier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Négociateur-conseil en patrimoine immobilier et financier spécialisation gestion de patrimoine et immobilier (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>09/15/2027 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Consultant financier et patrimonial spécialisation manager en patrimoine immobilier financier (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">diplôme d'études supérieures de notariat </x:t>
   </x:si>
   <x:si>
     <x:t>INFN</x:t>
   </x:si>
   <x:si>
     <x:t>gestionnaire de patrimoine</x:t>
   </x:si>
   <x:si>
     <x:t>INSEEC</x:t>
   </x:si>
   <x:si>
     <x:t>Expert conseil en gestion de patrimoine (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation de la Profession de l'Assurance</x:t>
   </x:si>
   <x:si>
     <x:t>IFPASS</x:t>
   </x:si>
   <x:si>
     <x:t>92800</x:t>
@@ -695,120 +695,120 @@
   <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>IFC</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller clientèle des particuliers et des professionnels en banque et assurance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Conseiller clientèle des particuliers en banque et assurance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Conseiller clientèle des particuliers en banque et assurance</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Institut Formation Conseil - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de clientèle banque finance assurance (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Négociateur-conseil en patrimoine immobilier et financier</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>INEAD-ESMAC</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor européen gestion de patrimoine assurance banque</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bachelor européen gestion de patrimoine</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/25/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Liberté Formation - Iscae</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/27/2027 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>06/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de clientèles en assurance et banque (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Charles Péguy</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Sully</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
@@ -2513,57 +2513,57 @@
       <x:c r="K19" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>602441</x:v>
+        <x:v>602440</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38949</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>99</x:v>
@@ -2574,54 +2574,54 @@
       <x:c r="K20" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>602440</x:v>
+        <x:v>602441</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>40174</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -3487,132 +3487,132 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>565260</x:v>
+        <x:v>586195</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="S37" s="0" t="n">
+        <x:v>565260</x:v>
+      </x:c>
+      <x:c r="T37" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="S37" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
@@ -3675,51 +3675,51 @@
       <x:c r="J39" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>609141</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
@@ -4268,444 +4268,444 @@
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>534959</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
-        <x:v>40174</x:v>
+        <x:v>36382</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>42158</x:v>
+        <x:v>42154</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>589694</x:v>
+        <x:v>534975</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>40174</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>42158</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>589704</x:v>
+        <x:v>589694</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
-        <x:v>35438</x:v>
+        <x:v>40174</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>41014</x:v>
+        <x:v>42158</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>550755</x:v>
+        <x:v>589704</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>35438</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>550758</x:v>
+        <x:v>550755</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
-        <x:v>36382</x:v>
+        <x:v>35438</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>42154</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>534975</x:v>
+        <x:v>550758</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>35077</x:v>
+        <x:v>40174</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>41003</x:v>
+        <x:v>42158</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>550741</x:v>
+        <x:v>589702</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
-        <x:v>40174</x:v>
+        <x:v>35077</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>42158</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>589702</x:v>
+        <x:v>534945</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>35077</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
@@ -4715,98 +4715,98 @@
       <x:c r="K57" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>534945</x:v>
+        <x:v>550741</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>36382</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>42154</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>534980</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
@@ -5433,161 +5433,162 @@
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>614695</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>35538</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
-      <x:c r="E70" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>549249</x:v>
+        <x:v>588327</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>35538</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
+      <x:c r="E71" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>588327</x:v>
+        <x:v>549249</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>203</x:v>
@@ -5607,51 +5608,51 @@
       <x:c r="M72" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>549286</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -5664,51 +5665,51 @@
       <x:c r="M73" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>556962</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
@@ -5720,51 +5721,51 @@
       <x:c r="L74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>586499</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -5839,51 +5840,51 @@
       <x:c r="M76" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>556966</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -5937,51 +5938,51 @@
       <x:c r="G78" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>42154</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>523152</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
@@ -6015,149 +6016,148 @@
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>523233</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>222</x:v>
-[...1 lines deleted...]
-      <x:c r="C80" s="15" t="s"/>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C80" s="15" t="n">
+        <x:v>40174</x:v>
+      </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="J80" s="14" t="s"/>
+      <x:c r="J80" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>41014</x:v>
+        <x:v>42158</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>562924</x:v>
+        <x:v>574093</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="U80" s="16" t="s">
         <x:v>223</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>215</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="J81" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>42158</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>574093</x:v>
+        <x:v>562924</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>36074</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>227</x:v>
@@ -6229,57 +6229,57 @@
       <x:c r="K83" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>560012</x:v>
+        <x:v>496196</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>36074</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
@@ -6288,54 +6288,54 @@
       <x:c r="K84" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>496196</x:v>
+        <x:v>560012</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>36074</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -6576,402 +6576,402 @@
       <x:c r="K89" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>550742</x:v>
+        <x:v>534946</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>36382</x:v>
+        <x:v>35438</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>42154</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>534977</x:v>
+        <x:v>534960</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>35438</x:v>
+        <x:v>40174</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>41014</x:v>
+        <x:v>42158</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>550759</x:v>
+        <x:v>589700</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>40174</x:v>
+        <x:v>35438</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>42158</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>589700</x:v>
+        <x:v>550757</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>35077</x:v>
+        <x:v>35438</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>41003</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>534946</x:v>
+        <x:v>534963</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>35438</x:v>
+        <x:v>35077</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>41014</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>534960</x:v>
+        <x:v>550742</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>35438</x:v>
+        <x:v>36382</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>41014</x:v>
+        <x:v>42154</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>550757</x:v>
+        <x:v>534977</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>35438</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
@@ -6983,57 +6983,57 @@
       <x:c r="K96" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>534963</x:v>
+        <x:v>550759</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>40253</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -7110,51 +7110,51 @@
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>583406</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>40253</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -7164,51 +7164,51 @@
       <x:c r="L99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>573919</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>40253</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
@@ -7404,159 +7404,160 @@
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>609181</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
-        <x:v>61</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>35919</x:v>
+        <x:v>38973</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
-      <x:c r="E104" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>41003</x:v>
+        <x:v>13275</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>568266</x:v>
+        <x:v>591992</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>38973</x:v>
+        <x:v>35919</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
+      <x:c r="E105" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>13275</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>591992</x:v>
+        <x:v>568266</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>35919</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>258</x:v>