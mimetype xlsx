--- v1 (2026-03-18)
+++ v2 (2026-03-18)
@@ -3832,214 +3832,214 @@
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>622631</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
+      <x:c r="E33" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>583313</x:v>
+        <x:v>548173</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>609633</x:v>
+        <x:v>583313</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
-      <x:c r="E35" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>548173</x:v>
+        <x:v>609633</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -5177,283 +5177,283 @@
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>570276</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38440</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
-      <x:c r="E56" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>608850</x:v>
+        <x:v>621451</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38440</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
+      <x:c r="E57" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>621451</x:v>
+        <x:v>608850</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38440</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
-      <x:c r="E58" s="14" t="s"/>
+      <x:c r="E58" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>621482</x:v>
+        <x:v>608849</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38440</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
-      <x:c r="E59" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>608849</x:v>
+        <x:v>621482</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38440</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>169</x:v>
@@ -13727,161 +13727,162 @@
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>583400</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
-        <x:v>35538</x:v>
+        <x:v>38359</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="H203" s="0" t="s">
+        <x:v>365</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
-        <x:v>41054</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>548482</x:v>
+        <x:v>556855</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
-        <x:v>38359</x:v>
+        <x:v>35538</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>364</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
-        <x:v>41036</x:v>
+        <x:v>41054</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>556855</x:v>
+        <x:v>548482</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -15875,111 +15876,111 @@
       <x:c r="K240" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>611255</x:v>
+        <x:v>617009</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>617009</x:v>
+        <x:v>611255</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">