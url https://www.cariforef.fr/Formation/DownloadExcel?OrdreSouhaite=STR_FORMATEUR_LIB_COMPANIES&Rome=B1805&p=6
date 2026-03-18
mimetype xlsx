--- v0 (2026-03-18)
+++ v1 (2026-03-18)
@@ -3857,57 +3857,57 @@
       <x:c r="K50" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>21783</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>556481</x:v>
+        <x:v>608164</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>36777</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
@@ -3917,57 +3917,57 @@
       <x:c r="K51" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>21783</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>608164</x:v>
+        <x:v>556481</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>39353</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>67</x:v>
       </x:c>