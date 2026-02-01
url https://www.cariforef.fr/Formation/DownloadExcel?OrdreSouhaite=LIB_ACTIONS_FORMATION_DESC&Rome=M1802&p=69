--- v1 (2026-02-01)
+++ v2 (2026-02-01)
@@ -308,80 +308,80 @@
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>COGOLIN</x:t>
   </x:si>
   <x:si>
     <x:t>SAINTE-MAXIME</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
+    <x:t>BRIGNOLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIX-FOURS-LES-PLAGES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MEYREUIL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Convergence Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTAUROUX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE</x:t>
+  </x:si>
+  <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
-    <x:t>MONTAUROUX</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>VALBONNE</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur système DevOps (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Iscod</x:t>
   </x:si>
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
@@ -404,59 +404,59 @@
   <x:si>
     <x:t>06270</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Visiplus</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/31/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées spécialisation informatique - Spécialité infrastructure et réseaux (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Sophia Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>06560</x:t>
   </x:si>
   <x:si>
     <x:t>Architecture réseau</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
@@ -599,122 +599,122 @@
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ensup Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Simplon.co - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Général et Technologique Louis Pasquet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M2i Scribtel - Scribtel Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M2i Scribtel - Scribtel Formation - Antenne Mougins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/23/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>M2i Skills</x:t>
   </x:si>
   <x:si>
-    <x:t>92400</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>M2i Skills - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2025 00:00:00</x:t>
-[...49 lines deleted...]
-  <x:si>
     <x:t>M2i Skills - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan|Dawan - Antenne Marseille|Dawan - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2027 00:00:00</x:t>
@@ -725,77 +725,77 @@
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Evolusio Formations</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil|Institut Formation Conseil - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>La Plateforme Alpes Maritimes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Demandeur d'emploi</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Mediaschool Est-Sud</x:t>
   </x:si>
   <x:si>
     <x:t>75016</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Est-Sud - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan|Dawan - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien datacenter</x:t>
@@ -863,56 +863,56 @@
   <x:si>
     <x:t>Amj Groupe - Geosoft</x:t>
   </x:si>
   <x:si>
     <x:t>75015</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel PostgreSQL</x:t>
   </x:si>
   <x:si>
     <x:t>Mastère spécialisé cyber sécurité des systèmes complexes pour l'industrie et la Défense</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Centrale de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>ECM</x:t>
   </x:si>
   <x:si>
     <x:t>13451</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/15/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>mastère spé. cybersécurité des systèmes complexes pour l'Industrie et la Défense (Centrale Méditerranée - EAE)</x:t>
   </x:si>
   <x:si>
     <x:t>École de l'air et de l'espace</x:t>
   </x:si>
   <x:si>
     <x:t>13651</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de l'air et de l'espace</x:t>
   </x:si>
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Centrale Méditerranée - campus de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
@@ -1034,95 +1034,95 @@
   <x:si>
     <x:t>Master mention informatique parcours science et ingénierie des données</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention informatique parcours Ingénierie du développement logiciel parcours ingénierie du développement logiciel</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention informatique parcours informatique et mathématiques discrètes</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention informatique parcours géométrie et informatique graphique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention informatique parcours fiabilité et sécurité informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention informatique parcours  intelligence artificielle et apprentissage automatique</x:t>
   </x:si>
   <x:si>
     <x:t>master mention informatique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
+    <x:t>Avignon Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON UNIVERSITE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 09</x:t>
+  </x:si>
+  <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX 09</x:t>
   </x:si>
   <x:si>
-    <x:t>Avignon Université</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Master mention IA - Intelligence Artificielle / AI - Artificial Intelligence</x:t>
   </x:si>
   <x:si>
+    <x:t>Fanfani</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mathématiques appliquées</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Fanfani</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>master mention économie des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Connaissance entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit du numérique parcours droit, journalisme et communication</x:t>
   </x:si>
   <x:si>
     <x:t>Règlement général protection données</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté de Droit et Science Politique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit du numérique parcours droit des industries culturelles et créatives</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit du numérique parcours droit des communications électroniques</x:t>
   </x:si>
   <x:si>
     <x:t>master mention droit du numérique</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
@@ -1205,71 +1205,71 @@
   <x:si>
     <x:t>07/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en infrastructures et cybersécurité des systèmes d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association</x:t>
   </x:si>
   <x:si>
     <x:t>92800</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Cesi Association - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Cesi Association - Antenne Nice</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/21/2024 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en architecture et applications logicielles des systèmes d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Architecture web</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de solutions digitales et data (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Esimed</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de la cybersécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
@@ -1697,62 +1697,62 @@
   <x:si>
     <x:t>Système information</x:t>
   </x:si>
   <x:si>
     <x:t>EPITECH - campus de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>EPITECH</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie informatique spécialisation ingénierie mobile et objets connectés (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences-U Lyon</x:t>
   </x:si>
   <x:si>
     <x:t>69003</x:t>
   </x:si>
   <x:si>
     <x:t>Igpepm - Groupe Eductive</x:t>
   </x:si>
   <x:si>
+    <x:t>09/25/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
   </x:si>
   <x:si>
-    <x:t>09/25/2024 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Expert en ingénierie informatique spécialisation ingénierie du web (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie informatique spécialisation ingénierie de la blockchain (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie informatique (systèmes et réseaux ou services et solutions logicielles)</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie et science des données</x:t>
   </x:si>
   <x:si>
     <x:t>Openclassrooms</x:t>
@@ -2054,113 +2054,113 @@
   <x:si>
     <x:t>12/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Concepteur intégrateur de solutions en Internet des objets (IoT) (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Montfavet</x:t>
   </x:si>
   <x:si>
     <x:t>Concepteur développeur d'applications (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Développement application mobile</x:t>
   </x:si>
   <x:si>
+    <x:t>09/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/12/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/13/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>10/20/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Compétences Numériques - Accroître vos Opportunités Professionnelles avec l'Informatique et Internet</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire technologie et sciences industrielles (TSI), 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Ferry</x:t>
   </x:si>
   <x:si>
     <x:t>06414</x:t>
   </x:si>
   <x:si>
     <x:t>Télécommunication</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Artaud</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière Suzanne Lefort-Rouquette</x:t>
   </x:si>
   <x:si>
     <x:t>83070</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique, technologie et sciences de l'ingénieur (PTSI), 1re année</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée polyvalent Vauvenargues</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée J Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>13395</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 10</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée polyvalent Vauvenargues</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée Les Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>06206</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique et technologie (PT*), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique et technologie (PT), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Physique</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique et sciences de l'ingénieur (PSI*), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Thiers</x:t>
   </x:si>
   <x:si>
     <x:t>13232</x:t>
@@ -2201,60 +2201,60 @@
   <x:si>
     <x:t>Chef de projet logiciel et réseau spécialisation systèmes, réseaux et cloud computing (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet logiciel et réseau</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi plus de 26 ans</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation cybersécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
+    <x:t>AEP Saint Eloi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Pofessionnel Jean Moulin (site Rol Tanguy)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13110</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ogec des Métiers</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>13110</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P de Girard</x:t>
   </x:si>
   <x:si>
     <x:t>84082</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ampère</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
@@ -5418,1022 +5418,1022 @@
       <x:c r="I43" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>603698</x:v>
+        <x:v>603673</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>603701</x:v>
+        <x:v>603677</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>603703</x:v>
+        <x:v>603709</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>603720</x:v>
+        <x:v>612622</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>603675</x:v>
+        <x:v>612625</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>603700</x:v>
+        <x:v>612634</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>603705</x:v>
+        <x:v>612687</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>603718</x:v>
+        <x:v>601208</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>603719</x:v>
+        <x:v>603675</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>612633</x:v>
+        <x:v>603700</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>612703</x:v>
+        <x:v>603705</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>603673</x:v>
+        <x:v>603718</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>603677</x:v>
+        <x:v>603719</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>603709</x:v>
+        <x:v>612633</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>612622</x:v>
+        <x:v>612703</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>612625</x:v>
+        <x:v>603698</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>612634</x:v>
+        <x:v>603701</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>612687</x:v>
+        <x:v>603703</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>601208</x:v>
+        <x:v>603720</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>603691</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>53</x:v>
@@ -6846,51 +6846,51 @@
       <x:c r="I71" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>612707</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -7103,100 +7103,100 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>612690</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>612695</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -7451,147 +7451,146 @@
       <x:c r="R82" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>559218</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>101</x:v>
-[...2 lines deleted...]
-        <x:v>102</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>613587</x:v>
+        <x:v>613731</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="U83" s="4" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>108</x:v>
-[...1 lines deleted...]
-      <x:c r="H84" s="14" t="s"/>
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="H84" s="14" t="s">
+        <x:v>102</x:v>
+      </x:c>
       <x:c r="I84" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>613731</x:v>
+        <x:v>613587</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -8842,518 +8841,518 @@
       <x:c r="S106" s="14" t="n">
         <x:v>601940</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>549513</x:v>
+        <x:v>500792</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>607732</x:v>
+        <x:v>553577</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>553577</x:v>
+        <x:v>558745</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="R110" s="14" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="S110" s="14" t="n">
+        <x:v>605580</x:v>
+      </x:c>
+      <x:c r="T110" s="16" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="U110" s="16" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>605580</x:v>
+        <x:v>555057</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>555057</x:v>
+        <x:v>549513</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>500792</x:v>
+        <x:v>607732</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>555058</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
@@ -9404,51 +9403,51 @@
       <x:c r="M116" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>605529</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
@@ -9706,129 +9705,129 @@
       <x:c r="T121" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>616479</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>616380</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
@@ -9855,51 +9854,51 @@
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>608142</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -10050,351 +10049,351 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>544705</x:v>
+        <x:v>545464</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>601759</x:v>
+        <x:v>571770</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>545464</x:v>
+        <x:v>543577</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>571770</x:v>
+        <x:v>573843</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>543577</x:v>
+        <x:v>544705</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>573843</x:v>
+        <x:v>601759</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -10689,51 +10688,51 @@
       <x:c r="M139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>608141</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
@@ -10800,51 +10799,51 @@
       <x:c r="M141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>573280</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
@@ -10903,51 +10902,51 @@
       <x:c r="L143" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>600777</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
@@ -11413,117 +11412,117 @@
       <x:c r="J153" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>615187</x:v>
+        <x:v>571008</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>571008</x:v>
+        <x:v>615187</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>27</x:v>
@@ -11737,51 +11736,51 @@
       <x:c r="J159" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>575008</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
@@ -11847,54 +11846,54 @@
       <x:c r="I161" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>591932</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
@@ -12217,139 +12216,139 @@
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>574994</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>591994</x:v>
+        <x:v>591993</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>591993</x:v>
+        <x:v>591994</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
@@ -13209,51 +13208,51 @@
       <x:c r="I185" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>592082</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
@@ -13491,282 +13490,282 @@
       <x:c r="J190" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>592085</x:v>
+        <x:v>592086</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>615854</x:v>
+        <x:v>592085</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>592086</x:v>
+        <x:v>615854</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>39485</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>11052</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="P193" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="P193" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>597722</x:v>
+        <x:v>578115</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>39485</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>11052</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>578115</x:v>
+        <x:v>597722</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>38296</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
@@ -13966,78 +13965,78 @@
       <x:c r="R198" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>576312</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>38172</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>597444</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>38172</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
@@ -14898,102 +14897,102 @@
       <x:c r="L214" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>573023</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>549331</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -15005,280 +15004,280 @@
       <x:c r="I216" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>542189</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>600221</x:v>
+        <x:v>542192</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>380</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>549300</x:v>
+        <x:v>600221</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>542192</x:v>
+        <x:v>549300</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>380</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>601256</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
@@ -15294,54 +15293,54 @@
       <x:c r="I221" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>549330</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>38778</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -15353,54 +15352,54 @@
       <x:c r="I222" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>542186</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>38778</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -15410,113 +15409,113 @@
       <x:c r="I223" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>600220</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>34408</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>501620</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>40246</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -15708,51 +15707,51 @@
       <x:c r="M228" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>613757</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>40246</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -16121,51 +16120,51 @@
       <x:c r="M236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>31021</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>606644</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>40288</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
@@ -16286,110 +16285,110 @@
       <x:c r="J239" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>614634</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>40807</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>31023</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>580913</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>40807</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
@@ -16458,51 +16457,51 @@
       <x:c r="J242" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>574913</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
@@ -16858,51 +16857,51 @@
       <x:c r="I249" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>592351</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
@@ -16942,78 +16941,78 @@
       <x:c r="R250" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>592354</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>592355</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
@@ -17053,141 +17052,141 @@
       <x:c r="R252" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>592358</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>592357</x:v>
+        <x:v>592356</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>592356</x:v>
+        <x:v>592357</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
@@ -17403,51 +17402,51 @@
       <x:c r="I259" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>602363</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
@@ -17458,51 +17457,51 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>602369</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>436</x:v>
@@ -17620,51 +17619,51 @@
       <x:c r="K263" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>613126</x:v>
+        <x:v>613128</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
@@ -17672,106 +17671,106 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>613129</x:v>
+        <x:v>613131</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>613142</x:v>
+        <x:v>613148</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
@@ -17779,106 +17778,106 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s"/>
       <x:c r="K266" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>602364</x:v>
+        <x:v>613151</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>602370</x:v>
+        <x:v>602356</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
@@ -17886,106 +17885,106 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>602381</x:v>
+        <x:v>602377</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>613136</x:v>
+        <x:v>613126</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
@@ -17993,106 +17992,106 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>613137</x:v>
+        <x:v>613129</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>613138</x:v>
+        <x:v>613142</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C272" s="15" t="s"/>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
@@ -18100,213 +18099,213 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s"/>
       <x:c r="K272" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>613140</x:v>
+        <x:v>602364</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>613143</x:v>
+        <x:v>602370</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s"/>
       <x:c r="K274" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>613128</x:v>
+        <x:v>602381</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>613131</x:v>
+        <x:v>613136</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
@@ -18314,106 +18313,106 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>613148</x:v>
+        <x:v>613137</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>613151</x:v>
+        <x:v>613138</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
@@ -18421,112 +18420,112 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>602356</x:v>
+        <x:v>613140</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>602377</x:v>
+        <x:v>613143</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I280" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
         <x:v>25</x:v>
@@ -19063,51 +19062,51 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>602354</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
         <x:v>436</x:v>
@@ -19598,51 +19597,51 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s"/>
       <x:c r="K300" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>602384</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>436</x:v>
@@ -20240,51 +20239,51 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>613130</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
         <x:v>436</x:v>
@@ -20454,51 +20453,51 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>602372</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
         <x:v>436</x:v>
@@ -20561,51 +20560,51 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>613121</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>436</x:v>
@@ -20613,51 +20612,51 @@
       <x:c r="I319" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>613139</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C320" s="15" t="s"/>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
@@ -21011,51 +21010,51 @@
       <x:c r="M326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>600422</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>38117</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="E327" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
@@ -21178,51 +21177,51 @@
       <x:c r="L329" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>545502</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>38117</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
@@ -21964,54 +21963,54 @@
       <x:c r="I343" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>592576</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>38656</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
@@ -22786,181 +22785,181 @@
       <x:c r="H357" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>555740</x:v>
+        <x:v>605776</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
         <x:v>37579</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="I358" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
-        <x:v>471</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>489</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>605776</x:v>
+        <x:v>555740</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>368</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>37579</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="E359" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>501632</x:v>
+        <x:v>543534</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
         <x:v>37579</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>471</x:v>
@@ -22968,60 +22967,60 @@
       <x:c r="H360" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="I360" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K360" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
-        <x:v>471</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>489</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>543534</x:v>
+        <x:v>501632</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>37579</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
@@ -23794,51 +23793,51 @@
       <x:c r="I375" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>613447</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C376" s="15" t="s"/>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
@@ -23956,51 +23955,51 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s"/>
       <x:c r="K378" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>613459</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C379" s="3" t="s"/>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>436</x:v>
@@ -24329,51 +24328,51 @@
       <x:c r="I385" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
         <x:v>613438</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C386" s="15" t="s"/>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
@@ -24919,51 +24918,51 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s"/>
       <x:c r="K396" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>603864</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C397" s="3" t="s"/>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>436</x:v>
@@ -25185,161 +25184,161 @@
       <x:c r="I401" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>613429</x:v>
+        <x:v>603845</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C402" s="15" t="s"/>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I402" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s"/>
       <x:c r="K402" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>613450</x:v>
+        <x:v>613432</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C403" s="3" t="s"/>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>613455</x:v>
+        <x:v>613434</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C404" s="15" t="s"/>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
@@ -25347,106 +25346,106 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s"/>
       <x:c r="K404" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>613432</x:v>
+        <x:v>613445</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>613434</x:v>
+        <x:v>613452</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C406" s="15" t="s"/>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
@@ -25454,106 +25453,106 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s"/>
       <x:c r="K406" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>613445</x:v>
+        <x:v>613457</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C407" s="3" t="s"/>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>613452</x:v>
+        <x:v>613429</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
@@ -25561,112 +25560,112 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>613457</x:v>
+        <x:v>613450</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C409" s="3" t="s"/>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>603845</x:v>
+        <x:v>613455</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C410" s="15" t="s"/>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I410" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s"/>
       <x:c r="K410" s="14" t="s">
         <x:v>25</x:v>
@@ -25720,51 +25719,51 @@
       <x:c r="I411" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>603809</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C412" s="15" t="s"/>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
@@ -25882,51 +25881,51 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s"/>
       <x:c r="K414" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>603825</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C415" s="3" t="s"/>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>436</x:v>
@@ -26417,51 +26416,51 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s"/>
       <x:c r="K424" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
         <x:v>603835</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C425" s="3" t="s"/>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>436</x:v>
@@ -26469,51 +26468,51 @@
       <x:c r="I425" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
         <x:v>603838</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C426" s="15" t="s"/>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
@@ -27403,51 +27402,51 @@
       <x:c r="M442" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>581537</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -27457,51 +27456,51 @@
       <x:c r="M443" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>556098</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
@@ -27969,230 +27968,230 @@
       <x:c r="K452" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>551044</x:v>
+        <x:v>535026</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
-        <x:v>542</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="E453" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
-        <x:v>551046</x:v>
+        <x:v>551044</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
-        <x:v>535026</x:v>
+        <x:v>551046</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="U454" s="16" t="s">
         <x:v>544</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="E455" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>535027</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
@@ -28207,51 +28206,51 @@
       <x:c r="M456" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>551039</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
-        <x:v>542</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="E457" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
@@ -28261,170 +28260,170 @@
       <x:c r="L457" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>535024</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>551041</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
-        <x:v>542</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="E459" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>535025</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
@@ -28436,227 +28435,227 @@
       <x:c r="L460" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
         <x:v>535022</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
-        <x:v>544</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="E461" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
-        <x:v>535023</x:v>
+        <x:v>550953</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="U461" s="4" t="s">
         <x:v>544</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>550953</x:v>
+        <x:v>535023</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
-        <x:v>542</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="E463" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
         <x:v>550955</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>36197</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
@@ -28666,51 +28665,51 @@
       <x:c r="L464" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
         <x:v>497067</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
@@ -28903,275 +28902,275 @@
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>615687</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="H469" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
-        <x:v>615689</x:v>
+        <x:v>578622</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
-        <x:v>216</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I470" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K470" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
-        <x:v>615688</x:v>
+        <x:v>578624</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="H471" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
-        <x:v>578622</x:v>
+        <x:v>578627</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
-        <x:v>562</x:v>
+        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
-        <x:v>553</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I472" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K472" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>578624</x:v>
+        <x:v>615688</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
-        <x:v>558</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="H473" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
@@ -29181,54 +29180,54 @@
       <x:c r="K473" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
-        <x:v>578627</x:v>
+        <x:v>615689</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
-        <x:v>558</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
         <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I474" s="16" t="s">
@@ -29576,123 +29575,123 @@
         <x:v>539</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>550917</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
-        <x:v>542</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>36469</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="E481" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>534876</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
@@ -29826,157 +29825,157 @@
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>598491</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>572</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>589942</x:v>
+        <x:v>598490</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>572</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
-        <x:v>216</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
-        <x:v>598490</x:v>
+        <x:v>589942</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
-        <x:v>572</x:v>
+        <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
@@ -30030,111 +30029,111 @@
         <x:v>148</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
         <x:v>554510</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
         <x:v>37638</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="G489" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
         <x:v>601772</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
         <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>40573</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -30152,114 +30151,114 @@
       <x:c r="K490" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
-        <x:v>605595</x:v>
+        <x:v>605596</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
         <x:v>40573</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="E491" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
-        <x:v>605596</x:v>
+        <x:v>605595</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>40573</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
@@ -30274,51 +30273,51 @@
       <x:c r="M492" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>605599</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>40573</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="E493" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
@@ -30331,51 +30330,51 @@
       <x:c r="M493" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
         <x:v>605593</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
         <x:v>40573</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
@@ -30447,51 +30446,51 @@
       <x:c r="M495" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>605597</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
         <x:v>40573</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
@@ -30558,51 +30557,51 @@
       <x:c r="M497" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
         <x:v>584264</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>40573</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
@@ -30615,51 +30614,51 @@
       <x:c r="M498" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>584266</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>40573</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -30669,51 +30668,51 @@
       <x:c r="M499" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
         <x:v>584265</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
         <x:v>40573</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
@@ -31291,108 +31290,108 @@
       <x:c r="M510" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
         <x:v>550914</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
-        <x:v>542</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="E511" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
         <x:v>534968</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s"/>
       <x:c r="I512" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s">
@@ -31404,111 +31403,111 @@
       <x:c r="L512" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
         <x:v>534967</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
-        <x:v>544</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="E513" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
         <x:v>550915</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="C514" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s"/>
       <x:c r="I514" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s">
@@ -31520,54 +31519,54 @@
       <x:c r="L514" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
         <x:v>534969</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
-        <x:v>544</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="E515" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
@@ -31580,51 +31579,51 @@
       <x:c r="M515" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
         <x:v>550910</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s"/>
       <x:c r="I516" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s">
@@ -31636,54 +31635,54 @@
       <x:c r="L516" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
         <x:v>534965</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
-        <x:v>544</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="E517" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
@@ -31696,167 +31695,167 @@
       <x:c r="M517" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
         <x:v>550745</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s"/>
       <x:c r="I518" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K518" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
         <x:v>550746</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
-        <x:v>542</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="E519" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
         <x:v>534966</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
         <x:v>39774</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s"/>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s"/>
       <x:c r="I520" s="16" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
@@ -32452,51 +32451,51 @@
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C531" s="3" t="s"/>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="E531" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="F531" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="H531" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="L531" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M531" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N531" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O531" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P531" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q531" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R531" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S531" s="0" t="n">
         <x:v>583894</x:v>
       </x:c>
@@ -32550,128 +32549,128 @@
         <x:v>556</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
         <x:v>578550</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="C533" s="3" t="s"/>
       <x:c r="D533" s="3" t="s"/>
       <x:c r="G533" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I533" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L533" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M533" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N533" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O533" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P533" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q533" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R533" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S533" s="0" t="n">
         <x:v>605312</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="C534" s="15" t="s"/>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s"/>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H534" s="14" t="s"/>
       <x:c r="I534" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J534" s="14" t="s"/>
       <x:c r="K534" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L534" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
         <x:v>605331</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
         <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="C535" s="3" t="s"/>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="G535" s="0" t="s">
         <x:v>634</x:v>
@@ -32892,96 +32891,96 @@
       <x:c r="M539" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>510084</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s"/>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
         <x:v>551783</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
         <x:v>648</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D541" s="3" t="s"/>
@@ -32997,51 +32996,51 @@
       <x:c r="J541" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
         <x:v>517234</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="C542" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s"/>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
@@ -33056,102 +33055,102 @@
       <x:c r="J542" s="14" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="K542" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M542" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
         <x:v>608352</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="C543" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="G543" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
         <x:v>588537</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="C544" s="15" t="s"/>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s"/>
       <x:c r="F544" s="14" t="s"/>
@@ -33491,114 +33490,114 @@
       <x:c r="I550" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J550" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K550" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L550" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M550" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N550" s="15" t="n">
         <x:v>31089</x:v>
       </x:c>
       <x:c r="O550" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="P550" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q550" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R550" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
-        <x:v>509556</x:v>
+        <x:v>549310</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="C551" s="3" t="n">
         <x:v>36490</x:v>
       </x:c>
       <x:c r="D551" s="3" t="s"/>
       <x:c r="E551" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I551" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J551" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L551" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M551" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N551" s="3" t="n">
         <x:v>31089</x:v>
       </x:c>
       <x:c r="O551" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="P551" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
-        <x:v>549310</x:v>
+        <x:v>509556</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
         <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="C552" s="15" t="n">
         <x:v>36490</x:v>
       </x:c>
       <x:c r="D552" s="15" t="s"/>
       <x:c r="E552" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
         <x:v>372</x:v>
@@ -33607,54 +33606,54 @@
       <x:c r="I552" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K552" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
         <x:v>31089</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
         <x:v>600213</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
         <x:v>665</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C553" s="3" t="s"/>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="G553" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H553" s="0" t="s">
         <x:v>436</x:v>
@@ -33662,51 +33661,51 @@
       <x:c r="I553" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L553" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
         <x:v>602388</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C554" s="15" t="s"/>
       <x:c r="D554" s="15" t="s"/>
       <x:c r="E554" s="14" t="s"/>
       <x:c r="F554" s="14" t="s"/>
       <x:c r="G554" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
@@ -34518,51 +34517,51 @@
       <x:c r="I569" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L569" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
         <x:v>613203</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C570" s="15" t="s"/>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s"/>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
@@ -34839,51 +34838,51 @@
       <x:c r="I575" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L575" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M575" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N575" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O575" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P575" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q575" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R575" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S575" s="0" t="n">
         <x:v>613179</x:v>
       </x:c>
       <x:c r="T575" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U575" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:21">
       <x:c r="A576" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B576" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C576" s="15" t="s"/>
       <x:c r="D576" s="15" t="s"/>
       <x:c r="E576" s="14" t="s"/>
       <x:c r="F576" s="14" t="s"/>
       <x:c r="G576" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
@@ -34894,51 +34893,51 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J576" s="14" t="s"/>
       <x:c r="K576" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L576" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M576" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N576" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O576" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P576" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
         <x:v>613187</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:21">
       <x:c r="A577" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C577" s="3" t="s"/>
       <x:c r="D577" s="3" t="s"/>
       <x:c r="G577" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H577" s="0" t="s">
         <x:v>436</x:v>
@@ -35001,106 +35000,106 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J578" s="14" t="s"/>
       <x:c r="K578" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L578" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M578" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N578" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O578" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P578" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q578" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R578" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S578" s="14" t="n">
-        <x:v>602398</x:v>
+        <x:v>602390</x:v>
       </x:c>
       <x:c r="T578" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U578" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:21">
       <x:c r="A579" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C579" s="3" t="s"/>
       <x:c r="D579" s="3" t="s"/>
       <x:c r="G579" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H579" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I579" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L579" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M579" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N579" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O579" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P579" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q579" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R579" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S579" s="0" t="n">
-        <x:v>602410</x:v>
+        <x:v>602393</x:v>
       </x:c>
       <x:c r="T579" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U579" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:21">
       <x:c r="A580" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B580" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C580" s="15" t="s"/>
       <x:c r="D580" s="15" t="s"/>
       <x:c r="E580" s="14" t="s"/>
       <x:c r="F580" s="14" t="s"/>
       <x:c r="G580" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H580" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
@@ -35108,274 +35107,274 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J580" s="14" t="s"/>
       <x:c r="K580" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L580" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M580" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N580" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O580" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P580" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q580" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R580" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S580" s="14" t="n">
-        <x:v>602434</x:v>
+        <x:v>602405</x:v>
       </x:c>
       <x:c r="T580" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U580" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:21">
       <x:c r="A581" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C581" s="3" t="s"/>
       <x:c r="D581" s="3" t="s"/>
       <x:c r="G581" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H581" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I581" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L581" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M581" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N581" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O581" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P581" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q581" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R581" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S581" s="0" t="n">
-        <x:v>613168</x:v>
+        <x:v>602413</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C582" s="15" t="s"/>
       <x:c r="D582" s="15" t="s"/>
       <x:c r="E582" s="14" t="s"/>
       <x:c r="F582" s="14" t="s"/>
       <x:c r="G582" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H582" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I582" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J582" s="14" t="s"/>
       <x:c r="K582" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L582" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M582" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N582" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O582" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P582" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q582" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R582" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
-        <x:v>613169</x:v>
+        <x:v>602417</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C583" s="3" t="s"/>
       <x:c r="D583" s="3" t="s"/>
       <x:c r="G583" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H583" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L583" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M583" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N583" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O583" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P583" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q583" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R583" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S583" s="0" t="n">
-        <x:v>613186</x:v>
+        <x:v>602421</x:v>
       </x:c>
       <x:c r="T583" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U583" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:21">
       <x:c r="A584" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B584" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C584" s="15" t="s"/>
       <x:c r="D584" s="15" t="s"/>
       <x:c r="E584" s="14" t="s"/>
       <x:c r="F584" s="14" t="s"/>
       <x:c r="G584" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H584" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I584" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J584" s="14" t="s"/>
       <x:c r="K584" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L584" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M584" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N584" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O584" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P584" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q584" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R584" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S584" s="14" t="n">
-        <x:v>613199</x:v>
+        <x:v>602430</x:v>
       </x:c>
       <x:c r="T584" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U584" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:21">
       <x:c r="A585" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C585" s="3" t="s"/>
       <x:c r="D585" s="3" t="s"/>
       <x:c r="G585" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H585" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I585" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K585" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L585" s="0" t="s">
         <x:v>26</x:v>
@@ -35536,106 +35535,106 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J588" s="14" t="s"/>
       <x:c r="K588" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L588" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M588" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N588" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O588" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P588" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q588" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R588" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S588" s="14" t="n">
-        <x:v>613173</x:v>
+        <x:v>613180</x:v>
       </x:c>
       <x:c r="T588" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U588" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:21">
       <x:c r="A589" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C589" s="3" t="s"/>
       <x:c r="D589" s="3" t="s"/>
       <x:c r="G589" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H589" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I589" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K589" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L589" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M589" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N589" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O589" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P589" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q589" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R589" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S589" s="0" t="n">
-        <x:v>613184</x:v>
+        <x:v>613196</x:v>
       </x:c>
       <x:c r="T589" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U589" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:21">
       <x:c r="A590" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B590" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C590" s="15" t="s"/>
       <x:c r="D590" s="15" t="s"/>
       <x:c r="E590" s="14" t="s"/>
       <x:c r="F590" s="14" t="s"/>
       <x:c r="G590" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H590" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
@@ -35643,320 +35642,320 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J590" s="14" t="s"/>
       <x:c r="K590" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L590" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M590" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N590" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O590" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P590" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q590" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R590" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S590" s="14" t="n">
-        <x:v>613185</x:v>
+        <x:v>613197</x:v>
       </x:c>
       <x:c r="T590" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U590" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:21">
       <x:c r="A591" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C591" s="3" t="s"/>
       <x:c r="D591" s="3" t="s"/>
       <x:c r="G591" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H591" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I591" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K591" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L591" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M591" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N591" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O591" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P591" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q591" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R591" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S591" s="0" t="n">
-        <x:v>613202</x:v>
+        <x:v>602398</x:v>
       </x:c>
       <x:c r="T591" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U591" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:21">
       <x:c r="A592" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B592" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C592" s="15" t="s"/>
       <x:c r="D592" s="15" t="s"/>
       <x:c r="E592" s="14" t="s"/>
       <x:c r="F592" s="14" t="s"/>
       <x:c r="G592" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H592" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I592" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J592" s="14" t="s"/>
       <x:c r="K592" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L592" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M592" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N592" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O592" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P592" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q592" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R592" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S592" s="14" t="n">
-        <x:v>613204</x:v>
+        <x:v>602410</x:v>
       </x:c>
       <x:c r="T592" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U592" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:21">
       <x:c r="A593" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C593" s="3" t="s"/>
       <x:c r="D593" s="3" t="s"/>
       <x:c r="G593" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H593" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I593" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K593" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L593" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M593" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N593" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O593" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P593" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q593" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R593" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S593" s="0" t="n">
-        <x:v>613180</x:v>
+        <x:v>602434</x:v>
       </x:c>
       <x:c r="T593" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U593" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:21">
       <x:c r="A594" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B594" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C594" s="15" t="s"/>
       <x:c r="D594" s="15" t="s"/>
       <x:c r="E594" s="14" t="s"/>
       <x:c r="F594" s="14" t="s"/>
       <x:c r="G594" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H594" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I594" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J594" s="14" t="s"/>
       <x:c r="K594" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L594" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M594" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N594" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O594" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P594" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q594" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R594" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S594" s="14" t="n">
-        <x:v>613196</x:v>
+        <x:v>613168</x:v>
       </x:c>
       <x:c r="T594" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U594" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:21">
       <x:c r="A595" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C595" s="3" t="s"/>
       <x:c r="D595" s="3" t="s"/>
       <x:c r="G595" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H595" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I595" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K595" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L595" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M595" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N595" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O595" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P595" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q595" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R595" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S595" s="0" t="n">
-        <x:v>613197</x:v>
+        <x:v>613169</x:v>
       </x:c>
       <x:c r="T595" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U595" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:21">
       <x:c r="A596" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B596" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C596" s="15" t="s"/>
       <x:c r="D596" s="15" t="s"/>
       <x:c r="E596" s="14" t="s"/>
       <x:c r="F596" s="14" t="s"/>
       <x:c r="G596" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H596" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
@@ -35964,381 +35963,381 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J596" s="14" t="s"/>
       <x:c r="K596" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L596" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M596" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N596" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O596" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P596" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q596" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R596" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S596" s="14" t="n">
-        <x:v>602390</x:v>
+        <x:v>613186</x:v>
       </x:c>
       <x:c r="T596" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U596" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:21">
       <x:c r="A597" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C597" s="3" t="s"/>
       <x:c r="D597" s="3" t="s"/>
       <x:c r="G597" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H597" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I597" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L597" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M597" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N597" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O597" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P597" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q597" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R597" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S597" s="0" t="n">
-        <x:v>602393</x:v>
+        <x:v>613199</x:v>
       </x:c>
       <x:c r="T597" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U597" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:21">
       <x:c r="A598" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B598" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C598" s="15" t="s"/>
       <x:c r="D598" s="15" t="s"/>
       <x:c r="E598" s="14" t="s"/>
       <x:c r="F598" s="14" t="s"/>
       <x:c r="G598" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H598" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I598" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J598" s="14" t="s"/>
       <x:c r="K598" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L598" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M598" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N598" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O598" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P598" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q598" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R598" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S598" s="14" t="n">
-        <x:v>602405</x:v>
+        <x:v>613173</x:v>
       </x:c>
       <x:c r="T598" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U598" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:21">
       <x:c r="A599" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C599" s="3" t="s"/>
       <x:c r="D599" s="3" t="s"/>
       <x:c r="G599" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H599" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I599" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K599" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L599" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M599" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N599" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O599" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P599" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q599" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R599" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S599" s="0" t="n">
-        <x:v>602413</x:v>
+        <x:v>613184</x:v>
       </x:c>
       <x:c r="T599" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U599" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:21">
       <x:c r="A600" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B600" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C600" s="15" t="s"/>
       <x:c r="D600" s="15" t="s"/>
       <x:c r="E600" s="14" t="s"/>
       <x:c r="F600" s="14" t="s"/>
       <x:c r="G600" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H600" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I600" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J600" s="14" t="s"/>
       <x:c r="K600" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L600" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M600" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N600" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O600" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P600" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q600" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R600" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S600" s="14" t="n">
-        <x:v>602417</x:v>
+        <x:v>613185</x:v>
       </x:c>
       <x:c r="T600" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U600" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:21">
       <x:c r="A601" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C601" s="3" t="s"/>
       <x:c r="D601" s="3" t="s"/>
       <x:c r="G601" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H601" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I601" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K601" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L601" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M601" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N601" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O601" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P601" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q601" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R601" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S601" s="0" t="n">
-        <x:v>602421</x:v>
+        <x:v>613202</x:v>
       </x:c>
       <x:c r="T601" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U601" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:21">
       <x:c r="A602" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B602" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C602" s="15" t="s"/>
       <x:c r="D602" s="15" t="s"/>
       <x:c r="E602" s="14" t="s"/>
       <x:c r="F602" s="14" t="s"/>
       <x:c r="G602" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H602" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I602" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J602" s="14" t="s"/>
       <x:c r="K602" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L602" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M602" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N602" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O602" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P602" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q602" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R602" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S602" s="14" t="n">
-        <x:v>602430</x:v>
+        <x:v>613204</x:v>
       </x:c>
       <x:c r="T602" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U602" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:21">
       <x:c r="A603" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C603" s="3" t="s"/>
       <x:c r="D603" s="3" t="s"/>
       <x:c r="G603" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H603" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I603" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K603" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L603" s="0" t="s">
         <x:v>26</x:v>
@@ -36392,51 +36391,51 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J604" s="14" t="s"/>
       <x:c r="K604" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L604" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M604" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N604" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O604" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P604" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q604" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R604" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S604" s="14" t="n">
         <x:v>602400</x:v>
       </x:c>
       <x:c r="T604" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U604" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:21">
       <x:c r="A605" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C605" s="3" t="s"/>
       <x:c r="D605" s="3" t="s"/>
       <x:c r="G605" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H605" s="0" t="s">
         <x:v>436</x:v>
@@ -36499,51 +36498,51 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J606" s="14" t="s"/>
       <x:c r="K606" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L606" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M606" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N606" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O606" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P606" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q606" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R606" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S606" s="14" t="n">
         <x:v>602415</x:v>
       </x:c>
       <x:c r="T606" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U606" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:21">
       <x:c r="A607" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C607" s="3" t="s"/>
       <x:c r="D607" s="3" t="s"/>
       <x:c r="G607" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H607" s="0" t="s">
         <x:v>436</x:v>
@@ -36713,51 +36712,51 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J610" s="14" t="s"/>
       <x:c r="K610" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L610" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M610" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N610" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O610" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P610" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q610" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R610" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S610" s="14" t="n">
         <x:v>613190</x:v>
       </x:c>
       <x:c r="T610" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U610" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:21">
       <x:c r="A611" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C611" s="3" t="s"/>
       <x:c r="D611" s="3" t="s"/>
       <x:c r="G611" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H611" s="0" t="s">
         <x:v>436</x:v>
@@ -37141,51 +37140,51 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="J618" s="14" t="s"/>
       <x:c r="K618" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L618" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M618" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N618" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O618" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P618" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q618" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R618" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S618" s="14" t="n">
         <x:v>602431</x:v>
       </x:c>
       <x:c r="T618" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U618" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:21">
       <x:c r="A619" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C619" s="3" t="s"/>
       <x:c r="D619" s="3" t="s"/>
       <x:c r="G619" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="I619" s="4" t="s">
         <x:v>669</x:v>
@@ -37218,76 +37217,76 @@
         <x:v>592938</x:v>
       </x:c>
       <x:c r="T619" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U619" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:21">
       <x:c r="A620" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B620" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C620" s="15" t="s"/>
       <x:c r="D620" s="15" t="s"/>
       <x:c r="E620" s="14" t="s"/>
       <x:c r="F620" s="14" t="s"/>
       <x:c r="G620" s="14" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="H620" s="14" t="s"/>
       <x:c r="I620" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J620" s="14" t="s"/>
       <x:c r="K620" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L620" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M620" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N620" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O620" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="P620" s="14" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="Q620" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R620" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S620" s="14" t="n">
         <x:v>592937</x:v>
       </x:c>
       <x:c r="T620" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U620" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:21">
       <x:c r="A621" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C621" s="3" t="s"/>
       <x:c r="D621" s="3" t="s"/>
       <x:c r="G621" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="I621" s="4" t="s">
         <x:v>674</x:v>
@@ -37320,128 +37319,128 @@
         <x:v>592936</x:v>
       </x:c>
       <x:c r="T621" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U621" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:21">
       <x:c r="A622" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B622" s="14" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C622" s="15" t="s"/>
       <x:c r="D622" s="15" t="s"/>
       <x:c r="E622" s="14" t="s"/>
       <x:c r="F622" s="14" t="s"/>
       <x:c r="G622" s="14" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="H622" s="14" t="s"/>
       <x:c r="I622" s="16" t="s">
-        <x:v>679</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J622" s="14" t="s"/>
       <x:c r="K622" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L622" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M622" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N622" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O622" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="P622" s="14" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="Q622" s="16" t="s">
-        <x:v>679</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R622" s="14" t="s">
-        <x:v>680</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S622" s="14" t="n">
-        <x:v>592911</x:v>
+        <x:v>592910</x:v>
       </x:c>
       <x:c r="T622" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U622" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:21">
       <x:c r="A623" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C623" s="3" t="s"/>
       <x:c r="D623" s="3" t="s"/>
       <x:c r="G623" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="I623" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="K623" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L623" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M623" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N623" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O623" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="P623" s="0" t="s">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="Q623" s="4" t="s">
+        <x:v>680</x:v>
+      </x:c>
+      <x:c r="R623" s="0" t="s">
         <x:v>681</x:v>
       </x:c>
-      <x:c r="Q623" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S623" s="0" t="n">
-        <x:v>592910</x:v>
+        <x:v>592911</x:v>
       </x:c>
       <x:c r="T623" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U623" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:21">
       <x:c r="A624" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B624" s="14" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C624" s="15" t="s"/>
       <x:c r="D624" s="15" t="s"/>
       <x:c r="E624" s="14" t="s"/>
       <x:c r="F624" s="14" t="s"/>
       <x:c r="G624" s="14" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="H624" s="14" t="s"/>
       <x:c r="I624" s="16" t="s">
         <x:v>674</x:v>
@@ -37571,128 +37570,128 @@
         <x:v>683</x:v>
       </x:c>
       <x:c r="R626" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="S626" s="14" t="n">
         <x:v>592581</x:v>
       </x:c>
       <x:c r="T626" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U626" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:21">
       <x:c r="A627" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="C627" s="3" t="s"/>
       <x:c r="D627" s="3" t="s"/>
       <x:c r="G627" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="I627" s="4" t="s">
-        <x:v>679</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="K627" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L627" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M627" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N627" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O627" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="P627" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="Q627" s="4" t="s">
-        <x:v>679</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="R627" s="0" t="s">
-        <x:v>680</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="S627" s="0" t="n">
         <x:v>592582</x:v>
       </x:c>
       <x:c r="T627" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U627" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:21">
       <x:c r="A628" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B628" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="C628" s="15" t="s"/>
       <x:c r="D628" s="15" t="s"/>
       <x:c r="E628" s="14" t="s"/>
       <x:c r="F628" s="14" t="s"/>
       <x:c r="G628" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="H628" s="14" t="s"/>
       <x:c r="I628" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J628" s="14" t="s"/>
       <x:c r="K628" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L628" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M628" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N628" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O628" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="P628" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="Q628" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R628" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S628" s="14" t="n">
         <x:v>592580</x:v>
       </x:c>
       <x:c r="T628" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U628" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:21">
       <x:c r="A629" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C629" s="3" t="s"/>
       <x:c r="D629" s="3" t="s"/>
       <x:c r="G629" s="0" t="s">
         <x:v>682</x:v>
@@ -37724,77 +37723,77 @@
       <x:c r="R629" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="S629" s="0" t="n">
         <x:v>592952</x:v>
       </x:c>
       <x:c r="T629" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U629" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:21">
       <x:c r="A630" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B630" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C630" s="15" t="s"/>
       <x:c r="D630" s="15" t="s"/>
       <x:c r="E630" s="14" t="s"/>
       <x:c r="F630" s="14" t="s"/>
       <x:c r="G630" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="H630" s="14" t="s"/>
       <x:c r="I630" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J630" s="14" t="s"/>
       <x:c r="K630" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L630" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M630" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N630" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O630" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P630" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="Q630" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R630" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S630" s="14" t="n">
         <x:v>592951</x:v>
       </x:c>
       <x:c r="T630" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U630" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:21">
       <x:c r="A631" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C631" s="3" t="s"/>
       <x:c r="D631" s="3" t="s"/>
       <x:c r="G631" s="0" t="s">
         <x:v>673</x:v>
@@ -37826,80 +37825,80 @@
       <x:c r="R631" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="S631" s="0" t="n">
         <x:v>592950</x:v>
       </x:c>
       <x:c r="T631" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U631" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:21">
       <x:c r="A632" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B632" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C632" s="15" t="s"/>
       <x:c r="D632" s="15" t="s"/>
       <x:c r="E632" s="14" t="s"/>
       <x:c r="F632" s="14" t="s"/>
       <x:c r="G632" s="14" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="H632" s="14" t="s"/>
       <x:c r="I632" s="16" t="s">
-        <x:v>679</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="J632" s="14" t="s"/>
       <x:c r="K632" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L632" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M632" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N632" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O632" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P632" s="14" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="Q632" s="16" t="s">
-        <x:v>679</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="R632" s="14" t="s">
-        <x:v>680</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="S632" s="14" t="n">
         <x:v>592953</x:v>
       </x:c>
       <x:c r="T632" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U632" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:21">
       <x:c r="A633" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="C633" s="3" t="s"/>
       <x:c r="D633" s="3" t="s"/>
       <x:c r="G633" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="I633" s="4" t="s">
         <x:v>690</x:v>
@@ -37928,132 +37927,132 @@
       <x:c r="R633" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S633" s="0" t="n">
         <x:v>594656</x:v>
       </x:c>
       <x:c r="T633" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U633" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:21">
       <x:c r="A634" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B634" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="C634" s="15" t="s"/>
       <x:c r="D634" s="15" t="s"/>
       <x:c r="E634" s="14" t="s"/>
       <x:c r="F634" s="14" t="s"/>
       <x:c r="G634" s="14" t="s">
-        <x:v>678</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="H634" s="14" t="s"/>
       <x:c r="I634" s="16" t="s">
-        <x:v>679</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="J634" s="14" t="s"/>
       <x:c r="K634" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L634" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M634" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N634" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O634" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="P634" s="14" t="s">
-        <x:v>678</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="Q634" s="16" t="s">
-        <x:v>679</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="R634" s="14" t="s">
-        <x:v>680</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="S634" s="14" t="n">
-        <x:v>594658</x:v>
+        <x:v>594657</x:v>
       </x:c>
       <x:c r="T634" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U634" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:21">
       <x:c r="A635" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="C635" s="3" t="s"/>
       <x:c r="D635" s="3" t="s"/>
       <x:c r="G635" s="0" t="s">
-        <x:v>692</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="I635" s="4" t="s">
-        <x:v>693</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="K635" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L635" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M635" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N635" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O635" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="P635" s="0" t="s">
-        <x:v>692</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="Q635" s="4" t="s">
-        <x:v>693</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="R635" s="0" t="s">
-        <x:v>676</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="S635" s="0" t="n">
-        <x:v>594657</x:v>
+        <x:v>594658</x:v>
       </x:c>
       <x:c r="T635" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U635" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:21">
       <x:c r="A636" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B636" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="C636" s="15" t="s"/>
       <x:c r="D636" s="15" t="s"/>
       <x:c r="E636" s="14" t="s"/>
       <x:c r="F636" s="14" t="s"/>
       <x:c r="G636" s="14" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="H636" s="14" t="s"/>
       <x:c r="I636" s="16" t="s">
         <x:v>695</x:v>
@@ -38194,447 +38193,447 @@
       <x:c r="U638" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:21">
       <x:c r="A639" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="C639" s="3" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D639" s="3" t="s"/>
       <x:c r="E639" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="H639" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="I639" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J639" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K639" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L639" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M639" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N639" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O639" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="P639" s="0" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="Q639" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R639" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S639" s="0" t="n">
         <x:v>600355</x:v>
       </x:c>
       <x:c r="T639" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U639" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:21">
       <x:c r="A640" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B640" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="C640" s="15" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D640" s="15" t="s"/>
       <x:c r="E640" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F640" s="14" t="s"/>
       <x:c r="G640" s="14" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="H640" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="I640" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J640" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K640" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L640" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M640" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N640" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O640" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="P640" s="14" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="Q640" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R640" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S640" s="14" t="n">
         <x:v>546303</x:v>
       </x:c>
       <x:c r="T640" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="U640" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:21">
       <x:c r="A641" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="C641" s="3" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D641" s="3" t="s"/>
       <x:c r="E641" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G641" s="0" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="H641" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="I641" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J641" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K641" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L641" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M641" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N641" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O641" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="P641" s="0" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="Q641" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R641" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S641" s="0" t="n">
         <x:v>546302</x:v>
       </x:c>
       <x:c r="T641" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="U641" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:21">
       <x:c r="A642" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B642" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="C642" s="15" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D642" s="15" t="s"/>
       <x:c r="E642" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F642" s="14" t="s"/>
       <x:c r="G642" s="14" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="H642" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="I642" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J642" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K642" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L642" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M642" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N642" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O642" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="P642" s="14" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="Q642" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R642" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S642" s="14" t="n">
         <x:v>546300</x:v>
       </x:c>
       <x:c r="T642" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U642" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:21">
       <x:c r="A643" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="C643" s="3" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D643" s="3" t="s"/>
       <x:c r="E643" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G643" s="0" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="H643" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="I643" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J643" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K643" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L643" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M643" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N643" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O643" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="P643" s="0" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="Q643" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R643" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S643" s="0" t="n">
         <x:v>600354</x:v>
       </x:c>
       <x:c r="T643" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U643" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:21">
       <x:c r="A644" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B644" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="C644" s="15" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D644" s="15" t="s"/>
       <x:c r="E644" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F644" s="14" t="s"/>
       <x:c r="G644" s="14" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="H644" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="I644" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J644" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K644" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L644" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M644" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N644" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O644" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="P644" s="14" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="Q644" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R644" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S644" s="14" t="n">
         <x:v>546298</x:v>
       </x:c>
       <x:c r="T644" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U644" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:21">
       <x:c r="A645" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="C645" s="3" t="n">
         <x:v>34568</x:v>
       </x:c>
       <x:c r="D645" s="3" t="s"/>
       <x:c r="E645" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G645" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I645" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J645" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K645" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L645" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M645" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N645" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O645" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P645" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q645" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R645" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S645" s="0" t="n">
         <x:v>534941</x:v>
       </x:c>
       <x:c r="T645" s="4" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="U645" s="4" t="s">
         <x:v>544</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:21">
       <x:c r="A646" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B646" s="14" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="C646" s="15" t="n">
         <x:v>34568</x:v>
       </x:c>
       <x:c r="D646" s="15" t="s"/>
       <x:c r="E646" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F646" s="14" t="s"/>
       <x:c r="G646" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H646" s="14" t="s"/>
       <x:c r="I646" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J646" s="14" t="s">
@@ -38646,93 +38645,93 @@
       <x:c r="L646" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M646" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N646" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O646" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P646" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q646" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R646" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S646" s="14" t="n">
         <x:v>534939</x:v>
       </x:c>
       <x:c r="T646" s="16" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="U646" s="16" t="s">
         <x:v>544</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:21">
       <x:c r="A647" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="C647" s="3" t="n">
         <x:v>34568</x:v>
       </x:c>
       <x:c r="D647" s="3" t="s"/>
       <x:c r="G647" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="I647" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J647" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K647" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="L647" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M647" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N647" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O647" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P647" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q647" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R647" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S647" s="0" t="n">
         <x:v>544832</x:v>
       </x:c>
       <x:c r="T647" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U647" s="4" t="s">
         <x:v>705</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:21">
       <x:c r="A648" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B648" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="C648" s="15" t="n">
@@ -38752,227 +38751,226 @@
       <x:c r="I648" s="16" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="J648" s="14" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="K648" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L648" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M648" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N648" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O648" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="P648" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="Q648" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R648" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S648" s="14" t="n">
-        <x:v>609471</x:v>
+        <x:v>571049</x:v>
       </x:c>
       <x:c r="T648" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U648" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:21">
       <x:c r="A649" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="C649" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D649" s="3" t="s"/>
       <x:c r="E649" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G649" s="0" t="s">
-        <x:v>707</x:v>
-[...2 lines deleted...]
-        <x:v>708</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I649" s="4" t="s">
-        <x:v>709</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J649" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L649" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M649" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N649" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O649" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="P649" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="Q649" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="R649" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="S649" s="0" t="n">
-        <x:v>571049</x:v>
+        <x:v>565695</x:v>
       </x:c>
       <x:c r="T649" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U649" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>648</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:21">
       <x:c r="A650" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B650" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="C650" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D650" s="15" t="s"/>
       <x:c r="E650" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F650" s="14" t="s"/>
       <x:c r="G650" s="14" t="s">
-        <x:v>185</x:v>
-[...1 lines deleted...]
-      <x:c r="H650" s="14" t="s"/>
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="H650" s="14" t="s">
+        <x:v>708</x:v>
+      </x:c>
       <x:c r="I650" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="J650" s="14" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="K650" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L650" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M650" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N650" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O650" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="P650" s="14" t="s">
-        <x:v>712</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="Q650" s="16" t="s">
-        <x:v>713</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R650" s="14" t="s">
-        <x:v>647</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S650" s="14" t="n">
-        <x:v>565695</x:v>
+        <x:v>609471</x:v>
       </x:c>
       <x:c r="T650" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U650" s="16" t="s">
-        <x:v>648</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:21">
       <x:c r="A651" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="C651" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D651" s="3" t="s"/>
       <x:c r="E651" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G651" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I651" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J651" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="K651" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L651" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M651" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N651" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O651" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="P651" s="0" t="s">
+        <x:v>711</x:v>
+      </x:c>
+      <x:c r="Q651" s="4" t="s">
         <x:v>712</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>713</x:v>
       </x:c>
       <x:c r="R651" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="S651" s="0" t="n">
         <x:v>604383</x:v>
       </x:c>
       <x:c r="T651" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U651" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:21">
       <x:c r="A652" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B652" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="C652" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D652" s="15" t="s"/>
@@ -38986,51 +38984,51 @@
       <x:c r="H652" s="14" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="I652" s="16" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="J652" s="14" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="K652" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L652" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M652" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N652" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O652" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="P652" s="14" t="s">
-        <x:v>710</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="Q652" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R652" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S652" s="14" t="n">
         <x:v>556789</x:v>
       </x:c>
       <x:c r="T652" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U652" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:21">
       <x:c r="A653" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="C653" s="3" t="n">
@@ -39052,51 +39050,51 @@
       <x:c r="J653" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="K653" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L653" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M653" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N653" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O653" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="P653" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q653" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="R653" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S653" s="0" t="n">
         <x:v>608109</x:v>
       </x:c>
       <x:c r="T653" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U653" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:21">
       <x:c r="A654" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B654" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="C654" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D654" s="15" t="s"/>
       <x:c r="E654" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -39107,54 +39105,54 @@
       <x:c r="H654" s="14" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="I654" s="16" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="J654" s="14" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="K654" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L654" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M654" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N654" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O654" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="P654" s="14" t="s">
-        <x:v>711</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="Q654" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R654" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S654" s="14" t="n">
         <x:v>609468</x:v>
       </x:c>
       <x:c r="T654" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U654" s="16" t="s">
         <x:v>714</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:21">
       <x:c r="A655" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="C655" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D655" s="3" t="s"/>
@@ -39173,51 +39171,51 @@
       <x:c r="J655" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="K655" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L655" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M655" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N655" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O655" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="P655" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q655" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="R655" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S655" s="0" t="n">
         <x:v>558640</x:v>
       </x:c>
       <x:c r="T655" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U655" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:21">
       <x:c r="A656" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B656" s="14" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="C656" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D656" s="15" t="s"/>
       <x:c r="E656" s="14" t="s"/>
       <x:c r="F656" s="14" t="s"/>
       <x:c r="G656" s="14" t="s">
@@ -39566,51 +39564,51 @@
       <x:c r="M662" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N662" s="15" t="n">
         <x:v>31028</x:v>
       </x:c>
       <x:c r="O662" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="P662" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q662" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R662" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S662" s="14" t="n">
         <x:v>569877</x:v>
       </x:c>
       <x:c r="T662" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U662" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:21">
       <x:c r="A663" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="C663" s="3" t="n">
         <x:v>35457</x:v>
       </x:c>
       <x:c r="D663" s="3" t="s"/>
       <x:c r="E663" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G663" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="H663" s="0" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="I663" s="4" t="s">
         <x:v>606</x:v>
       </x:c>
@@ -40102,51 +40100,51 @@
       <x:c r="M671" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N671" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O671" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="P671" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q671" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R671" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S671" s="0" t="n">
         <x:v>603429</x:v>
       </x:c>
       <x:c r="T671" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U671" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:21">
       <x:c r="A672" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B672" s="14" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="C672" s="15" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D672" s="15" t="s"/>
       <x:c r="E672" s="14" t="s"/>
       <x:c r="F672" s="14" t="s"/>
       <x:c r="G672" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H672" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I672" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J672" s="14" t="s">
@@ -40332,51 +40330,51 @@
       <x:c r="M675" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N675" s="3" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O675" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="P675" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q675" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R675" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S675" s="0" t="n">
         <x:v>554815</x:v>
       </x:c>
       <x:c r="T675" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U675" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:21">
       <x:c r="A676" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B676" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="C676" s="15" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D676" s="15" t="s"/>
       <x:c r="E676" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F676" s="14" t="s"/>
       <x:c r="G676" s="14" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="H676" s="14" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="I676" s="16" t="s">
         <x:v>606</x:v>
@@ -40447,57 +40445,57 @@
       <x:c r="K677" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L677" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M677" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N677" s="3" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O677" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="P677" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q677" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R677" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S677" s="0" t="n">
-        <x:v>603415</x:v>
+        <x:v>554881</x:v>
       </x:c>
       <x:c r="T677" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U677" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:21">
       <x:c r="A678" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B678" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="C678" s="15" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D678" s="15" t="s"/>
       <x:c r="E678" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F678" s="14" t="s"/>
       <x:c r="G678" s="14" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="H678" s="14" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="I678" s="16" t="s">
         <x:v>606</x:v>
@@ -40508,57 +40506,57 @@
       <x:c r="K678" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L678" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M678" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N678" s="15" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O678" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="P678" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q678" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R678" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S678" s="14" t="n">
-        <x:v>554881</x:v>
+        <x:v>603415</x:v>
       </x:c>
       <x:c r="T678" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U678" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:21">
       <x:c r="A679" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="C679" s="3" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D679" s="3" t="s"/>
       <x:c r="E679" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G679" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="H679" s="0" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="I679" s="4" t="s">
         <x:v>606</x:v>
       </x:c>
@@ -40798,51 +40796,51 @@
       <x:c r="I683" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J683" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K683" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L683" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M683" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N683" s="3" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O683" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="P683" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q683" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R683" s="0" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="S683" s="0" t="n">
         <x:v>596783</x:v>
       </x:c>
       <x:c r="T683" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U683" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:21">
       <x:c r="A684" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B684" s="14" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="C684" s="15" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D684" s="15" t="s"/>
@@ -41028,89 +41026,89 @@
       <x:c r="J687" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K687" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L687" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M687" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N687" s="3" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O687" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="P687" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q687" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R687" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S687" s="0" t="n">
         <x:v>575981</x:v>
       </x:c>
       <x:c r="T687" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U687" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:21">
       <x:c r="A688" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B688" s="14" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="C688" s="15" t="s"/>
       <x:c r="D688" s="15" t="s"/>
       <x:c r="E688" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="F688" s="14" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="G688" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="H688" s="14" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="I688" s="16" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="J688" s="14" t="s"/>
       <x:c r="K688" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="L688" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M688" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N688" s="15" t="n">
         <x:v>31004</x:v>
       </x:c>
       <x:c r="O688" s="14" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="P688" s="14" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="Q688" s="16" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="R688" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S688" s="14" t="n">
         <x:v>583890</x:v>
       </x:c>
@@ -41167,125 +41165,125 @@
         <x:v>523223</x:v>
       </x:c>
       <x:c r="T689" s="4" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="U689" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:21">
       <x:c r="A690" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B690" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="C690" s="15" t="s"/>
       <x:c r="D690" s="15" t="s"/>
       <x:c r="E690" s="14" t="s"/>
       <x:c r="F690" s="14" t="s"/>
       <x:c r="G690" s="14" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="H690" s="14" t="s"/>
       <x:c r="I690" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J690" s="14" t="s"/>
       <x:c r="K690" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="L690" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M690" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N690" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O690" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P690" s="14" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="Q690" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R690" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S690" s="14" t="n">
         <x:v>517112</x:v>
       </x:c>
       <x:c r="T690" s="16" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="U690" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:21">
       <x:c r="A691" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="C691" s="3" t="s"/>
       <x:c r="D691" s="3" t="s"/>
       <x:c r="G691" s="0" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="I691" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="K691" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="L691" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M691" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N691" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O691" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P691" s="0" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="Q691" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R691" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S691" s="0" t="n">
         <x:v>520242</x:v>
       </x:c>
       <x:c r="T691" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U691" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:21">
       <x:c r="A692" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B692" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="C692" s="15" t="n">
         <x:v>41238</x:v>
       </x:c>
       <x:c r="D692" s="15" t="s"/>
       <x:c r="E692" s="14" t="s"/>
       <x:c r="F692" s="14" t="s"/>
       <x:c r="G692" s="14" t="s">
@@ -41364,51 +41362,51 @@
       <x:c r="M693" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N693" s="3" t="n">
         <x:v>24293</x:v>
       </x:c>
       <x:c r="O693" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="P693" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q693" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="R693" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S693" s="0" t="n">
         <x:v>599305</x:v>
       </x:c>
       <x:c r="T693" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U693" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:21">
       <x:c r="A694" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B694" s="14" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="C694" s="15" t="s"/>
       <x:c r="D694" s="15" t="s"/>
       <x:c r="E694" s="14" t="s"/>
       <x:c r="F694" s="14" t="s"/>
       <x:c r="G694" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="H694" s="14" t="s"/>
       <x:c r="I694" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J694" s="14" t="s"/>
       <x:c r="K694" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L694" s="14" t="s">
@@ -42313,51 +42311,51 @@
       <x:c r="J711" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="K711" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L711" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M711" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N711" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O711" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="P711" s="0" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="Q711" s="4" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="R711" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S711" s="0" t="n">
         <x:v>594661</x:v>
       </x:c>
       <x:c r="T711" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U711" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:21">
       <x:c r="A712" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B712" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="C712" s="15" t="s"/>
       <x:c r="D712" s="15" t="s"/>
       <x:c r="E712" s="14" t="s"/>
       <x:c r="F712" s="14" t="s"/>
       <x:c r="G712" s="14" t="s">
         <x:v>802</x:v>
       </x:c>
@@ -42555,78 +42553,78 @@
         <x:v>594674</x:v>
       </x:c>
       <x:c r="T715" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U715" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:21">
       <x:c r="A716" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B716" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="C716" s="15" t="s"/>
       <x:c r="D716" s="15" t="s"/>
       <x:c r="E716" s="14" t="s"/>
       <x:c r="F716" s="14" t="s"/>
       <x:c r="G716" s="14" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="H716" s="14" t="s"/>
       <x:c r="I716" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J716" s="14" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="K716" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L716" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M716" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N716" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O716" s="14" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="P716" s="14" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="Q716" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R716" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S716" s="14" t="n">
         <x:v>594675</x:v>
       </x:c>
       <x:c r="T716" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U716" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:21">
       <x:c r="A717" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="C717" s="3" t="s"/>
       <x:c r="D717" s="3" t="s"/>
       <x:c r="G717" s="0" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="I717" s="4" t="s">
         <x:v>813</x:v>
@@ -42765,134 +42763,134 @@
       <x:c r="R719" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S719" s="0" t="n">
         <x:v>594686</x:v>
       </x:c>
       <x:c r="T719" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U719" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:21">
       <x:c r="A720" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B720" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="C720" s="15" t="s"/>
       <x:c r="D720" s="15" t="s"/>
       <x:c r="E720" s="14" t="s"/>
       <x:c r="F720" s="14" t="s"/>
       <x:c r="G720" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="H720" s="14" t="s"/>
       <x:c r="I720" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J720" s="14" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="K720" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L720" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M720" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N720" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O720" s="14" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="P720" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="Q720" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R720" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S720" s="14" t="n">
         <x:v>594687</x:v>
       </x:c>
       <x:c r="T720" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U720" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:21">
       <x:c r="A721" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="C721" s="3" t="s"/>
       <x:c r="D721" s="3" t="s"/>
       <x:c r="G721" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="I721" s="4" t="s">
-        <x:v>679</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="J721" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="K721" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L721" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M721" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N721" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O721" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="P721" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="Q721" s="4" t="s">
-        <x:v>679</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="R721" s="0" t="s">
-        <x:v>680</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="S721" s="0" t="n">
         <x:v>594694</x:v>
       </x:c>
       <x:c r="T721" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U721" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:21">
       <x:c r="A722" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B722" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="C722" s="15" t="s"/>
       <x:c r="D722" s="15" t="s"/>
       <x:c r="E722" s="14" t="s"/>
       <x:c r="F722" s="14" t="s"/>
       <x:c r="G722" s="14" t="s">
         <x:v>821</x:v>
       </x:c>
@@ -42928,78 +42926,78 @@
         <x:v>743</x:v>
       </x:c>
       <x:c r="S722" s="14" t="n">
         <x:v>594695</x:v>
       </x:c>
       <x:c r="T722" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U722" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:21">
       <x:c r="A723" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="C723" s="3" t="s"/>
       <x:c r="D723" s="3" t="s"/>
       <x:c r="G723" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="I723" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J723" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="K723" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L723" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M723" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N723" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O723" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="P723" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q723" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R723" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S723" s="0" t="n">
         <x:v>594682</x:v>
       </x:c>
       <x:c r="T723" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U723" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:21">
       <x:c r="A724" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B724" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="C724" s="15" t="s"/>
       <x:c r="D724" s="15" t="s"/>
       <x:c r="E724" s="14" t="s"/>
       <x:c r="F724" s="14" t="s"/>
       <x:c r="G724" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
@@ -43608,51 +43606,51 @@
       <x:c r="L735" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M735" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N735" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O735" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P735" s="0" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="Q735" s="4" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="R735" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S735" s="0" t="n">
         <x:v>580870</x:v>
       </x:c>
       <x:c r="T735" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="U735" s="4" t="s">
         <x:v>843</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:21">
       <x:c r="A736" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B736" s="14" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="C736" s="15" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D736" s="15" t="s"/>
       <x:c r="E736" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F736" s="14" t="s"/>
       <x:c r="G736" s="14" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="H736" s="14" t="s">
         <x:v>537</x:v>
@@ -43870,139 +43868,139 @@
       </x:c>
       <x:c r="S739" s="0" t="n">
         <x:v>568842</x:v>
       </x:c>
       <x:c r="T739" s="4" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="U739" s="4" t="s">
         <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:21">
       <x:c r="A740" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B740" s="14" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="C740" s="15" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D740" s="15" t="s"/>
       <x:c r="E740" s="14" t="s"/>
       <x:c r="F740" s="14" t="s"/>
       <x:c r="G740" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="H740" s="14" t="s"/>
       <x:c r="I740" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="J740" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K740" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L740" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M740" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N740" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O740" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P740" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Q740" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="R740" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S740" s="14" t="n">
-        <x:v>597191</x:v>
+        <x:v>597192</x:v>
       </x:c>
       <x:c r="T740" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U740" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:21">
       <x:c r="A741" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="C741" s="3" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D741" s="3" t="s"/>
       <x:c r="G741" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="I741" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="J741" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K741" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L741" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M741" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N741" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O741" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P741" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q741" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="R741" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S741" s="0" t="n">
-        <x:v>597192</x:v>
+        <x:v>597191</x:v>
       </x:c>
       <x:c r="T741" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U741" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:21">
       <x:c r="A742" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B742" s="14" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="C742" s="15" t="s"/>
       <x:c r="D742" s="15" t="s"/>
       <x:c r="E742" s="14" t="s"/>
       <x:c r="F742" s="14" t="s"/>
       <x:c r="G742" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H742" s="14" t="s"/>
       <x:c r="I742" s="16" t="s">
         <x:v>166</x:v>
@@ -44116,51 +44114,51 @@
       <x:c r="L744" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M744" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N744" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O744" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="P744" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q744" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R744" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S744" s="14" t="n">
         <x:v>599355</x:v>
       </x:c>
       <x:c r="T744" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U744" s="16" t="s">
         <x:v>852</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:21">
       <x:c r="A745" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="C745" s="3" t="s"/>
       <x:c r="D745" s="3" t="s"/>
       <x:c r="G745" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I745" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="K745" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L745" s="0" t="s">
         <x:v>104</x:v>
@@ -44168,51 +44166,51 @@
       <x:c r="M745" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N745" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O745" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="P745" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q745" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R745" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S745" s="0" t="n">
         <x:v>599358</x:v>
       </x:c>
       <x:c r="T745" s="4" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="U745" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:21">
       <x:c r="A746" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B746" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="C746" s="15" t="s"/>
       <x:c r="D746" s="15" t="s"/>
       <x:c r="E746" s="14" t="s"/>
       <x:c r="F746" s="14" t="s"/>
       <x:c r="G746" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H746" s="14" t="s"/>
       <x:c r="I746" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J746" s="14" t="s"/>
       <x:c r="K746" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L746" s="14" t="s">
@@ -44716,121 +44714,121 @@
       </x:c>
       <x:c r="U755" s="4" t="s">
         <x:v>868</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:21">
       <x:c r="A756" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B756" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="C756" s="15" t="s"/>
       <x:c r="D756" s="15" t="s"/>
       <x:c r="E756" s="14" t="s"/>
       <x:c r="F756" s="14" t="s"/>
       <x:c r="G756" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="H756" s="14" t="s"/>
       <x:c r="I756" s="16" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="J756" s="14" t="s"/>
       <x:c r="K756" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="L756" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M756" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N756" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O756" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P756" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q756" s="16" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="R756" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S756" s="14" t="n">
         <x:v>534509</x:v>
       </x:c>
       <x:c r="T756" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U756" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:21">
       <x:c r="A757" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="C757" s="3" t="s"/>
       <x:c r="D757" s="3" t="s"/>
       <x:c r="G757" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="I757" s="4" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="K757" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="L757" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M757" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N757" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O757" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P757" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q757" s="4" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="R757" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S757" s="0" t="n">
         <x:v>572255</x:v>
       </x:c>
       <x:c r="T757" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U757" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:21">
       <x:c r="A758" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B758" s="14" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="C758" s="15" t="s"/>
       <x:c r="D758" s="15" t="s"/>
       <x:c r="E758" s="14" t="s"/>
       <x:c r="F758" s="14" t="s"/>
       <x:c r="G758" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
@@ -44950,209 +44948,209 @@
       <x:c r="M760" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N760" s="15" t="n">
         <x:v>31021</x:v>
       </x:c>
       <x:c r="O760" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="P760" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q760" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R760" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S760" s="14" t="n">
         <x:v>606599</x:v>
       </x:c>
       <x:c r="T760" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U760" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:21">
       <x:c r="A761" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B761" s="0" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="C761" s="3" t="n">
         <x:v>36075</x:v>
       </x:c>
       <x:c r="D761" s="3" t="s"/>
       <x:c r="E761" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G761" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I761" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J761" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K761" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L761" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M761" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N761" s="3" t="n">
         <x:v>24210</x:v>
       </x:c>
       <x:c r="O761" s="0" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="P761" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="Q761" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R761" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S761" s="0" t="n">
         <x:v>549291</x:v>
       </x:c>
       <x:c r="T761" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U761" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:21">
       <x:c r="A762" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B762" s="14" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="C762" s="15" t="n">
         <x:v>36075</x:v>
       </x:c>
       <x:c r="D762" s="15" t="s"/>
       <x:c r="E762" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F762" s="14" t="s"/>
       <x:c r="G762" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H762" s="14" t="s"/>
       <x:c r="I762" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J762" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K762" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L762" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M762" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N762" s="15" t="n">
         <x:v>24210</x:v>
       </x:c>
       <x:c r="O762" s="14" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="P762" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q762" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R762" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S762" s="14" t="n">
         <x:v>549303</x:v>
       </x:c>
       <x:c r="T762" s="16" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="U762" s="16" t="s">
         <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:21">
       <x:c r="A763" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B763" s="0" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="C763" s="3" t="n">
         <x:v>36075</x:v>
       </x:c>
       <x:c r="D763" s="3" t="s"/>
       <x:c r="E763" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G763" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I763" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J763" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K763" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L763" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M763" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N763" s="3" t="n">
         <x:v>24210</x:v>
       </x:c>
       <x:c r="O763" s="0" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="P763" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="Q763" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R763" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S763" s="0" t="n">
         <x:v>601236</x:v>
       </x:c>
       <x:c r="T763" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="U763" s="4" t="s">
         <x:v>877</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:21">
       <x:c r="A764" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B764" s="14" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="C764" s="15" t="n">
@@ -45170,54 +45168,54 @@
       <x:c r="I764" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J764" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K764" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L764" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M764" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N764" s="15" t="n">
         <x:v>24210</x:v>
       </x:c>
       <x:c r="O764" s="14" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="P764" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q764" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R764" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S764" s="14" t="n">
         <x:v>600204</x:v>
       </x:c>
       <x:c r="T764" s="16" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U764" s="16" t="s">
         <x:v>879</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:21">
       <x:c r="A765" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B765" s="0" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="C765" s="3" t="n">
         <x:v>36075</x:v>
       </x:c>
       <x:c r="D765" s="3" t="s"/>
       <x:c r="E765" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -45227,63 +45225,63 @@
       <x:c r="I765" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J765" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K765" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L765" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M765" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N765" s="3" t="n">
         <x:v>24210</x:v>
       </x:c>
       <x:c r="O765" s="0" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="P765" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q765" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R765" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S765" s="0" t="n">
         <x:v>509550</x:v>
       </x:c>
       <x:c r="T765" s="4" t="s">
-        <x:v>661</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="U765" s="4" t="s">
-        <x:v>662</x:v>
+        <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:21">
       <x:c r="A766" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B766" s="14" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="C766" s="15" t="s"/>
       <x:c r="D766" s="15" t="s"/>
       <x:c r="E766" s="14" t="s"/>
       <x:c r="F766" s="14" t="s"/>
       <x:c r="G766" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H766" s="14" t="s"/>
       <x:c r="I766" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J766" s="14" t="s"/>
       <x:c r="K766" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L766" s="14" t="s">