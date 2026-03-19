--- v0 (2026-03-19)
+++ v1 (2026-03-19)
@@ -650,80 +650,80 @@
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien coaching</x:t>
   </x:si>
   <x:si>
     <x:t>E-Faculté de Psychologie et de Psychanalyse</x:t>
   </x:si>
   <x:si>
     <x:t>EFPP</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion carrière personnelle</x:t>
   </x:si>
   <x:si>
+    <x:t>03/31/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre de ressources et d'enseignement supérieur en psychologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRESP FORMATIONS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Demandeur d'emploi , Handicapé moteur , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/31/2025 00:00:00</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Optimiser son temps et ses priorités</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCIMP</x:t>
   </x:si>
   <x:si>
     <x:t>13221</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion temps</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>mastère spé. innovation, transformation, entrepreneuriat</x:t>
   </x:si>
   <x:si>
     <x:t>Innovation entreprise</x:t>
@@ -1307,173 +1307,173 @@
   <x:si>
     <x:t>Alternance Azur</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Azur - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Fdm Groupe</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MITRE-LES-REMPARTS</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Groupe Belmont</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTFAVET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>La Forbine - Lycée Technique Privé de Chimie et de Biologie - Ecole Hôtelière de Provence - Antenne Aubagne</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>La Forbine - Lycée Technique Privé de Chimie et de Biologie - Ecole Hôtelière de Provence - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform - Antenne La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Sud Azur - Groupe Alternance Nice</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Var</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Groupe Belmont</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Athélia Institut de Formation Conseils et Performance</x:t>
   </x:si>
   <x:si>
     <x:t>AIFCP</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>M2s Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A3fa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANDELIEU-LA-NAPOULE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Forma Var - Antenne Formaplus</x:t>
   </x:si>
   <x:si>
     <x:t>83480</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
-    <x:t>M2s Formation</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Conduite changement</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions - Antenne Bouc Bel Air</x:t>
   </x:si>
   <x:si>
     <x:t>13320</x:t>
   </x:si>
   <x:si>
     <x:t>BOUC-BEL-AIR</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Riera - Campus International Riera</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>A3fa</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Ecole des Sciences et Techniques Commerciales</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESTC </x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
@@ -1544,74 +1544,74 @@
   <x:si>
     <x:t>03/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>IFC Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en ressources humaines (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil|Institut Formation Conseil - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>ÉRUDIS Formation</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/30/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Droit travail</x:t>
+  </x:si>
+  <x:si>
     <x:t>FORMAPLUS</x:t>
   </x:si>
   <x:si>
     <x:t>83520</x:t>
   </x:si>
   <x:si>
     <x:t>ROQUEBRUNE-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
-    <x:t>09/30/2024 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Manager du développement durable (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Paris - Institut Européen de la Communication et des Médias</x:t>
   </x:si>
   <x:si>
     <x:t>IECM</x:t>
   </x:si>
   <x:si>
     <x:t>75016</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Paris - Institut Européen de la Communication et des Médias - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager du développement de projets transversaux et innovants (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>B2h83 Fréjus - My Business School - Antenne Fréjus</x:t>
   </x:si>
   <x:si>
     <x:t>GROUPE MY BS</x:t>
@@ -1658,56 +1658,56 @@
   <x:si>
     <x:t>13453</x:t>
   </x:si>
   <x:si>
     <x:t>B2h13 Marseille - My Business School</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/03/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/25/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>manager du développement de projets transversaux et innovants</x:t>
   </x:si>
   <x:si>
     <x:t>B2h13 Aix - My Business School</x:t>
   </x:si>
   <x:si>
     <x:t>My BS - My Business School Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>My BS - My Business School La Valette</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des systèmes intégrés QSE (MS) (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2026 00:00:00</x:t>
@@ -1904,68 +1904,68 @@
   <x:si>
     <x:t>10/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de portefeuille de projets (MS) (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite projet</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de la stratégie QSE/RSE (MS)</x:t>
   </x:si>
   <x:si>
     <x:t>CESI école d'ingénieurs - campus de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>CESI Ecole d'ingénieurs - campus de Nice Sophia Antipolis</x:t>
   </x:si>
   <x:si>
     <x:t>CESI école d'ingénieurs - campus d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CESI Ecole d'ingénieurs - campus d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
+    <x:t>Manager de la stratégie marketing omnicanale spécialisation MBA marketing du luxe et innovation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idrac business School - Compétences Commerce et International - Antenne Grasse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marketing industriel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Manager de la stratégie marketing omnicanale spécialisation MBA marketing du luxe et innovation (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>Idrac business School - Compétences Commerce et International - Antenne Grasse</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Manager de la stratégie marketing omnicanale</x:t>
   </x:si>
   <x:si>
     <x:t>Idrac business School - Compétences Commerce et International - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>Idrac business School - Compétences Commerce et International - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de la stratégie marketing omnicanale (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de la chaîne logistique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Logistique</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de commerce et de centre de profit (Apprentissage)</x:t>
@@ -2219,68 +2219,68 @@
   <x:si>
     <x:t>Diplôme d'études spécialisées en management international</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'Etat d'ingénierie sociale (cursus partiel)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Méditerranéen de Formation, Recherche et Intervention Sociale</x:t>
   </x:si>
   <x:si>
     <x:t>IMF RIS</x:t>
   </x:si>
   <x:si>
     <x:t>Travail social en réseau</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'Etat d'ingénierie sociale (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diplôme d'Etat d'ingénierie sociale</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut Méditerranéen de Formation, Recherche et Intervention Sociale - Antenne Montfavet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>IMFRIS</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
-    <x:t>09/03/2025 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Collège Coopératif Provence Alpes Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CCPAM</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme de gestion et commerce international</x:t>
   </x:si>
   <x:si>
     <x:t>Management interculturel</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Devenez auditeur interne</x:t>
@@ -2546,120 +2546,120 @@
   <x:si>
     <x:t>BUT spécialité qualité, logistique industrielle et organisation parcours management de la production de biens et de services (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>Génie industriel</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité qualité, logistique industrielle et organisation parcours management de la production (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité qualité, logistique industrielle et organisation parcours management de la production</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité gestion des entreprises et des administrations parcours gestion et pilotage des ressources humaines (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Aix en Provence)</x:t>
   </x:si>
   <x:si>
+    <x:t>08/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Université de Toulon - IUT La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/30/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité gestion des entreprises et des administrations parcours gestion et pilotage des ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité gestion des entreprises et des administrations parcours contrôle de gestion et pilotage de la performance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité gestion des entreprises et des administrations parcours contrôle de gestion et pilotage de la performance</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité gestion administrative et commerciale des organisations parcours management responsable de projet et entrepreneuriat</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor en sciences du management - diplôme de gestion et commerce international (IBBA)</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2030 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Accessibilité : bien accueillir les personnes en situation de handicap</x:t>
   </x:si>
   <x:si>
+    <x:t>Cibler La Bonne Boîte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coordination travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LES ADRETS-DE-L'ESTEREL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Crc</x:t>
   </x:si>
   <x:si>
-    <x:t>Coordination travail</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>08/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/23/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>07/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Convergence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
@@ -6225,216 +6225,216 @@
       <x:c r="K54" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>15091</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>602573</x:v>
+        <x:v>563336</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>15091</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>563336</x:v>
+        <x:v>579037</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>15091</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>579037</x:v>
+        <x:v>621523</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>15091</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>621523</x:v>
+        <x:v>602573</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>80</x:v>
@@ -6445,51 +6445,51 @@
       <x:c r="M58" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>15091</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>570547</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
@@ -6709,51 +6709,51 @@
       <x:c r="J63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>574998</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
@@ -6823,51 +6823,51 @@
       <x:c r="J65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>574997</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>39195</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
@@ -7391,51 +7391,51 @@
       <x:c r="J75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>574993</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38181</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
@@ -7450,51 +7450,51 @@
       <x:c r="J76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>574992</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38181</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
@@ -8700,51 +8700,51 @@
       <x:c r="I98" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>591996</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>39040</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
@@ -11054,51 +11054,51 @@
       <x:c r="M139" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>571231</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
@@ -13409,527 +13409,527 @@
         <x:v>412</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="Q180" s="16" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="R180" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
-      <x:c r="Q180" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>603543</x:v>
+        <x:v>549493</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>552235</x:v>
+        <x:v>546150</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>600584</x:v>
+        <x:v>603543</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>552234</x:v>
+        <x:v>552235</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>601586</x:v>
+        <x:v>600584</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>545492</x:v>
+        <x:v>552234</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>548738</x:v>
+        <x:v>601586</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>549493</x:v>
+        <x:v>545492</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>546150</x:v>
+        <x:v>548738</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
@@ -13948,690 +13948,690 @@
       <x:c r="M189" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>601363</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>601587</x:v>
+        <x:v>552599</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="Q191" s="4" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="R191" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
-      <x:c r="Q191" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>552599</x:v>
+        <x:v>509972</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>412</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>554316</x:v>
+        <x:v>607490</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
-        <x:v>38824</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
-        <x:v>32015</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>609149</x:v>
+        <x:v>601587</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
-        <x:v>38824</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
-        <x:v>32015</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>609152</x:v>
+        <x:v>554316</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>543560</x:v>
+        <x:v>609149</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>543561</x:v>
+        <x:v>609152</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>446</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>509972</x:v>
+        <x:v>543560</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>607490</x:v>
+        <x:v>543561</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>600433</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>603646</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -14723,256 +14723,256 @@
       <x:c r="S202" s="14" t="n">
         <x:v>623613</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>601819</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>548737</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>548740</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>601820</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -15016,311 +15016,311 @@
         <x:v>609845</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>543431</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>543562</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>545493</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>548739</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>554314</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
@@ -15330,51 +15330,51 @@
       <x:c r="G213" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>549285</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
@@ -15512,51 +15512,51 @@
       <x:c r="G216" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>602496</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
@@ -15575,170 +15575,170 @@
       <x:c r="I217" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>600599</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>603542</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>552598</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -15764,51 +15764,51 @@
       <x:c r="M220" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>601362</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -15925,229 +15925,229 @@
       <x:c r="I223" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>543479</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>543532</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>552644</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>547007</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -16191,76 +16191,76 @@
         <x:v>541163</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>554842</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
@@ -16334,51 +16334,51 @@
       <x:c r="G230" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>543949</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
@@ -16397,54 +16397,54 @@
       <x:c r="I231" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>601472</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -16548,185 +16548,185 @@
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>552645</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="E235" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>599237</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>608105</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
@@ -16736,51 +16736,51 @@
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>569114</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
@@ -16793,51 +16793,51 @@
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>591926</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
@@ -16847,51 +16847,51 @@
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>581262</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
@@ -16906,164 +16906,164 @@
       <x:c r="G240" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>608103</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>597474</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>556976</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
@@ -17076,446 +17076,445 @@
       <x:c r="G243" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>556977</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
-        <x:v>345</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
-        <x:v>28776</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>427</x:v>
-[...1 lines deleted...]
-      <x:c r="H244" s="14" t="s"/>
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="H244" s="14" t="s">
+        <x:v>471</x:v>
+      </x:c>
       <x:c r="I244" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>510478</x:v>
+        <x:v>531508</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>446</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>28776</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>620514</x:v>
+        <x:v>510478</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>470</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>531508</x:v>
+        <x:v>574461</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>494</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>495</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
-        <x:v>38824</x:v>
+        <x:v>39595</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
-        <x:v>32015</x:v>
+        <x:v>13222</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>574461</x:v>
+        <x:v>592300</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
-        <x:v>39595</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>497</x:v>
-[...1 lines deleted...]
-      <x:c r="H248" s="14" t="s"/>
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="H248" s="14" t="s">
+        <x:v>471</x:v>
+      </x:c>
       <x:c r="I248" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
-        <x:v>13222</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>592300</x:v>
+        <x:v>531507</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
-        <x:v>38824</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
-        <x:v>470</x:v>
-[...2 lines deleted...]
-        <x:v>471</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
-        <x:v>32015</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>531507</x:v>
+        <x:v>620514</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>495</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>590770</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
@@ -18112,269 +18111,269 @@
       <x:c r="S260" s="14" t="n">
         <x:v>556637</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>556519</x:v>
+        <x:v>504152</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
-        <x:v>41354</x:v>
+        <x:v>36914</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I262" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
-        <x:v>32025</x:v>
+        <x:v>32016</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>607703</x:v>
+        <x:v>556519</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>526</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>527</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
-        <x:v>36914</x:v>
+        <x:v>41354</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
-        <x:v>32016</x:v>
+        <x:v>32025</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>504116</x:v>
+        <x:v>607703</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I264" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>504152</x:v>
+        <x:v>504116</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>41354</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
@@ -18407,282 +18406,282 @@
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>608924</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
-        <x:v>41354</x:v>
+        <x:v>36914</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
-        <x:v>32025</x:v>
+        <x:v>32016</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>607705</x:v>
+        <x:v>556524</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>526</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>529</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>556524</x:v>
+        <x:v>556551</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>506</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I268" s="16" t="s">
-        <x:v>508</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>506</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>508</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>510</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>556551</x:v>
+        <x:v>556600</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>530</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
-        <x:v>36914</x:v>
+        <x:v>41354</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
-        <x:v>32016</x:v>
+        <x:v>32025</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>556600</x:v>
+        <x:v>607705</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="U269" s="4" t="s">
         <x:v>530</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>41354</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -19036,51 +19035,51 @@
       <x:c r="L276" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>589867</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>530</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
@@ -19281,51 +19280,51 @@
       <x:c r="M280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>607726</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>529</x:v>
+        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -19338,51 +19337,51 @@
       <x:c r="L281" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>589855</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s">
         <x:v>520</x:v>
@@ -19946,51 +19945,51 @@
       <x:c r="M291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>607698</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I292" s="16" t="s">
         <x:v>55</x:v>
@@ -20123,51 +20122,51 @@
       <x:c r="L294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>588376</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>530</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -20348,51 +20347,51 @@
       <x:c r="M298" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>13263</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>613750</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>38825</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -20562,57 +20561,57 @@
         <x:v>125</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>608960</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>38825</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="E303" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -20657,78 +20656,78 @@
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>602650</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="E305" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -20797,57 +20796,57 @@
         <x:v>125</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>553373</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="E307" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -21123,139 +21122,139 @@
         <x:v>546067</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>548735</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="E313" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>553371</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -21279,51 +21278,51 @@
       <x:c r="M314" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>566599</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="E315" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -21413,75 +21412,75 @@
       <x:c r="S316" s="14" t="n">
         <x:v>547152</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="E317" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>548733</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
@@ -21511,283 +21510,283 @@
       <x:c r="M318" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>547477</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="E319" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>548734</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>548736</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="E321" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>546791</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>552219</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="E323" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -21879,322 +21878,322 @@
       <x:c r="S324" s="14" t="n">
         <x:v>499786</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="E325" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>518423</x:v>
+        <x:v>608956</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>552224</x:v>
+        <x:v>602649</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="E327" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>553372</x:v>
+        <x:v>518424</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
-        <x:v>38825</x:v>
+        <x:v>35280</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
-        <x:v>13263</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
-        <x:v>557</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>601486</x:v>
+        <x:v>518423</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="E329" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>495334</x:v>
+        <x:v>552224</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
@@ -22203,173 +22202,173 @@
       <x:c r="K330" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>608956</x:v>
+        <x:v>553372</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
-        <x:v>35280</x:v>
+        <x:v>38825</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="E331" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>13263</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>602649</x:v>
+        <x:v>601486</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
-        <x:v>580</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>580</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>581</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>518424</x:v>
+        <x:v>495334</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
-        <x:v>582</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="E333" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -22441,51 +22440,51 @@
       <x:c r="M334" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>547476</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="E335" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
@@ -22661,57 +22660,57 @@
         <x:v>125</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>608959</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>38825</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
@@ -22730,51 +22729,51 @@
       <x:c r="M339" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>13263</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>613749</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>38825</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -22975,78 +22974,78 @@
       <x:c r="T343" s="4" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>590178</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>36493</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="E345" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -23065,51 +23064,51 @@
       <x:c r="L345" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>506880</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>40353</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s">
         <x:v>592</x:v>
@@ -23832,151 +23831,151 @@
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>615945</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>36519</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>34091</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>537651</x:v>
+        <x:v>537652</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
         <x:v>36519</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K360" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>34091</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>537652</x:v>
+        <x:v>537651</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>36519</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -24856,51 +24855,51 @@
       <x:c r="L376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>600231</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="E377" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -25645,51 +25644,51 @@
       <x:c r="M390" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>547216</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -26355,149 +26354,149 @@
       <x:c r="S402" s="14" t="n">
         <x:v>616165</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>673</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>36905</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="E403" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>549523</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>36905</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>550545</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>36905</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="E405" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -26697,81 +26696,81 @@
       <x:c r="R408" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>584314</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>36905</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>540784</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>41053</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -27158,613 +27157,612 @@
       <x:c r="T416" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>567161</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>713</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="I418" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>567005</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="H419" s="0" t="s">
+        <x:v>711</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>592294</x:v>
+        <x:v>580212</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
-        <x:v>345</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
-        <x:v>714</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="I420" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
-        <x:v>710</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>580212</x:v>
+        <x:v>616994</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="U420" s="16" t="s">
         <x:v>719</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
-        <x:v>710</x:v>
-[...2 lines deleted...]
-        <x:v>711</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>616994</x:v>
+        <x:v>592294</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
-        <x:v>721</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="I422" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
-        <x:v>720</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>616995</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>721</x:v>
+        <x:v>719</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
-        <x:v>710</x:v>
-[...2 lines deleted...]
-        <x:v>711</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>710</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>567002</x:v>
+        <x:v>592293</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>715</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>716</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
-        <x:v>717</x:v>
-[...1 lines deleted...]
-      <x:c r="H424" s="14" t="s"/>
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="H424" s="14" t="s">
+        <x:v>711</x:v>
+      </x:c>
       <x:c r="I424" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
-        <x:v>717</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>592293</x:v>
+        <x:v>567002</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>720</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
         <x:v>567008</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>713</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
-        <x:v>716</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="I426" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>580210</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>719</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>36</x:v>
@@ -27777,93 +27775,93 @@
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
         <x:v>571063</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
-        <x:v>716</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="I428" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
-        <x:v>720</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>567007</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>713</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>36324</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
@@ -28063,75 +28061,75 @@
       <x:c r="R432" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>574869</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>39577</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>592413</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
@@ -28596,51 +28594,51 @@
       <x:c r="C442" s="15" t="s"/>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s"/>
       <x:c r="K442" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>572795</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
@@ -29752,208 +29750,208 @@
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
         <x:v>540646</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
-        <x:v>38005</x:v>
+        <x:v>41347</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
-        <x:v>777</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
-        <x:v>777</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>536368</x:v>
+        <x:v>611862</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>611862</x:v>
+        <x:v>611842</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
-        <x:v>41347</x:v>
+        <x:v>38005</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
-        <x:v>757</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
-        <x:v>737</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
-        <x:v>757</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
-        <x:v>737</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>611842</x:v>
+        <x:v>536368</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>767</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
         <x:v>38005</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -30252,149 +30250,149 @@
       <x:c r="S472" s="14" t="n">
         <x:v>618370</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>654</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="E473" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
         <x:v>589784</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K474" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
         <x:v>603645</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="E475" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="H475" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
@@ -30407,113 +30405,113 @@
       <x:c r="L475" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
         <x:v>615051</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
-        <x:v>495</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
         <x:v>601802</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="E477" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="H477" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
@@ -30548,198 +30546,198 @@
         <x:v>586664</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>589781</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="E479" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>589786</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>589790</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="E481" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -30817,51 +30815,51 @@
       <x:c r="L482" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>601348</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="E483" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="H483" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
@@ -30899,91 +30897,91 @@
         <x:v>601361</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>600430</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="E485" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="H485" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
@@ -31057,51 +31055,51 @@
       <x:c r="L486" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
         <x:v>615054</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
-        <x:v>495</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="E487" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="H487" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
@@ -31143,132 +31141,132 @@
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
         <x:v>600400</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="E489" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
         <x:v>589791</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
@@ -31369,82 +31367,82 @@
       </x:c>
       <x:c r="S491" s="0" t="n">
         <x:v>586445</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s"/>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>592814</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>34464</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="E493" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -31548,140 +31546,140 @@
       <x:c r="S494" s="14" t="n">
         <x:v>499783</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>814</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
         <x:v>39601</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="E495" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>32688</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>599250</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
         <x:v>39601</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>32688</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>599249</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>35350</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="E497" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -31767,51 +31765,51 @@
       <x:c r="M498" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>603417</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>35350</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="E499" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
@@ -31827,51 +31825,51 @@
       <x:c r="M499" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
         <x:v>554900</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
         <x:v>35350</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I500" s="16" t="s">
         <x:v>455</x:v>
@@ -31948,51 +31946,51 @@
       <x:c r="M501" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
         <x:v>554899</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>35350</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -32065,51 +32063,51 @@
       <x:c r="M503" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
         <x:v>554872</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I504" s="16" t="s">
         <x:v>455</x:v>
@@ -32120,169 +32118,169 @@
       <x:c r="K504" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
-        <x:v>554917</x:v>
+        <x:v>509941</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
-        <x:v>457</x:v>
+        <x:v>825</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="E505" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
-        <x:v>825</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
-        <x:v>826</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
-        <x:v>556170</x:v>
+        <x:v>554917</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I506" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
-        <x:v>825</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
-        <x:v>826</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
         <x:v>602551</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="E507" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -32292,66 +32290,66 @@
       <x:c r="H507" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
-        <x:v>603406</x:v>
+        <x:v>556170</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I508" s="16" t="s">
         <x:v>455</x:v>
@@ -32362,114 +32360,114 @@
       <x:c r="K508" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
-        <x:v>603408</x:v>
+        <x:v>603406</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
-        <x:v>827</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="E509" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
-        <x:v>824</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
-        <x:v>706</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
-        <x:v>509941</x:v>
+        <x:v>603408</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
         <x:v>828</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s">
         <x:v>520</x:v>
@@ -32549,51 +32547,51 @@
       <x:c r="M511" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
         <x:v>603822</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
-        <x:v>827</x:v>
+        <x:v>828</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I512" s="16" t="s">
         <x:v>455</x:v>
@@ -32658,63 +32656,63 @@
       <x:c r="I513" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
         <x:v>603820</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
-        <x:v>827</x:v>
+        <x:v>828</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="C514" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I514" s="16" t="s">
         <x:v>455</x:v>
@@ -32731,51 +32729,51 @@
       <x:c r="M514" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
         <x:v>554871</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="E515" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="H515" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
@@ -32791,51 +32789,51 @@
       <x:c r="M515" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
         <x:v>510681</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
-        <x:v>828</x:v>
+        <x:v>825</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I516" s="16" t="s">
         <x:v>455</x:v>
@@ -32897,118 +32895,118 @@
       <x:c r="H517" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
-        <x:v>825</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
         <x:v>556147</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I518" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K518" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
-        <x:v>825</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
         <x:v>602549</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="E519" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -33021,54 +33019,54 @@
       <x:c r="I519" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
         <x:v>554916</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s"/>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
@@ -33078,51 +33076,51 @@
       <x:c r="I520" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K520" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
-        <x:v>718</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
         <x:v>596732</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
@@ -33249,54 +33247,54 @@
       <x:c r="I523" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
         <x:v>575550</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s"/>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
@@ -33363,51 +33361,51 @@
       <x:c r="J525" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
-        <x:v>826</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
         <x:v>596729</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s"/>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
@@ -33417,54 +33415,54 @@
       <x:c r="I526" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K526" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L526" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M526" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
         <x:v>596730</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="C527" s="3" t="n">
         <x:v>35378</x:v>
       </x:c>
       <x:c r="D527" s="3" t="s"/>
       <x:c r="E527" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -33489,51 +33487,51 @@
       <x:c r="M527" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
         <x:v>509942</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
-        <x:v>828</x:v>
+        <x:v>825</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>35378</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I528" s="16" t="s">
         <x:v>455</x:v>
@@ -33671,51 +33669,51 @@
       <x:c r="M530" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O530" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P530" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
         <x:v>603842</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
-        <x:v>827</x:v>
+        <x:v>828</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C531" s="3" t="n">
         <x:v>35378</x:v>
       </x:c>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="G531" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H531" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="J531" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -33827,54 +33825,54 @@
       <x:c r="I533" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J533" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L533" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M533" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N533" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O533" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P533" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q533" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R533" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S533" s="0" t="n">
         <x:v>596715</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="C534" s="15" t="n">
         <x:v>35386</x:v>
       </x:c>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s"/>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
@@ -34136,186 +34134,186 @@
         <x:v>158</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
         <x:v>598325</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
         <x:v>840</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="C539" s="3" t="s"/>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="G539" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L539" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
-        <x:v>615319</x:v>
+        <x:v>537364</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>654</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="C540" s="15" t="s"/>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s"/>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
-        <x:v>844</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
-        <x:v>508</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s"/>
       <x:c r="K540" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
-        <x:v>844</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
-        <x:v>508</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
-        <x:v>845</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
-        <x:v>537363</x:v>
+        <x:v>615319</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
-        <x:v>846</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
-        <x:v>847</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="C541" s="3" t="s"/>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="G541" s="0" t="s">
-        <x:v>844</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
-        <x:v>844</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
-        <x:v>537364</x:v>
+        <x:v>537363</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="U541" s="4" t="s">
         <x:v>848</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>654</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="C542" s="15" t="s"/>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s"/>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
         <x:v>849</x:v>
       </x:c>
       <x:c r="H542" s="14" t="s"/>
       <x:c r="I542" s="16" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="J542" s="14" t="s"/>
       <x:c r="K542" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">