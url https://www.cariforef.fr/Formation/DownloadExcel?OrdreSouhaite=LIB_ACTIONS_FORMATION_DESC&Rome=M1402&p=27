--- v1 (2026-03-18)
+++ v2 (2026-03-18)
@@ -356,68 +356,68 @@
   <x:si>
     <x:t>Cfa Perspective - Isim</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Management</x:t>
   </x:si>
   <x:si>
     <x:t>EMD</x:t>
   </x:si>
   <x:si>
     <x:t>13331</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/12/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Isim 83</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/12/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/12/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Miramas Formation - Cfa Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
@@ -758,71 +758,71 @@
   <x:si>
     <x:t>Environnement agriculture</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences et technologie de l'agriculture, de l'alimentation et de l'environnement parcours  qualité et sécurité en agroalimentaires</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences et technologie de l'agriculture, de l'alimentation et de l'environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
+    <x:t>Avignon Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON UNIVERSITE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84916</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 09</x:t>
+  </x:si>
+  <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
-    <x:t>Avignon Université</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique parcours ingénierie et ergonomie du mouvement humain</x:t>
   </x:si>
   <x:si>
     <x:t>Activité physique et sportive</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté des Sciences du Sport</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique parcours facteurs humains des interactions avec l'environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique parcours bio-ingénierie des tissus et des implants</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique</x:t>
   </x:si>
   <x:si>
     <x:t>Centrale Méditerranée - campus de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13451</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
@@ -1226,368 +1226,368 @@
   <x:si>
     <x:t>PARIS</x:t>
   </x:si>
   <x:si>
     <x:t>Manager qualité sécurité environnement et performance durable de l'entreprise (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Pertuis</x:t>
   </x:si>
   <x:si>
     <x:t>84120</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
     <x:t>CFA Régional CFAI Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CFAI PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
-    <x:t>AVIGNON</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en stratégie d'entreprise (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions - Académie du Tourisme Neo Sphere</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en stratégie d'entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Ufip - Ufitech - Les Anglades</x:t>
   </x:si>
   <x:si>
+    <x:t>09/23/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/23/2024 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>07/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en ressources humaines (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Var</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Azur</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Azur - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Sud Azur - Groupe Alternance Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut Formation Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conduite changement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Formation Conseil - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut de Formation Perrimond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 7e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Someform</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M2s Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A3fa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANDELIEU-LA-NAPOULE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>La Forbine - Lycée Technique Privé de Chimie et de Biologie - Ecole Hôtelière de Provence - Antenne Aubagne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>La Forbine - Lycée Technique Privé de Chimie et de Biologie - Ecole Hôtelière de Provence - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Athélia Institut de Formation Conseils et Performance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIFCP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA CIOTAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
-    <x:t>07/31/2028 00:00:00</x:t>
-[...83 lines deleted...]
-    <x:t>M2s Formation</x:t>
+    <x:t>Alternance Azur - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M2S Formation Aubagne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEMENOS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alternance Var Vaucluse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/21/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
-    <x:t>Alternance Azur - Antenne Marseille</x:t>
+    <x:t>Groupe Someform - Antenne La Garde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icademie Editions - Antenne Bouc Bel Air</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOUC-BEL-AIR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Forma Var - Antenne Formaplus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Alternance Var Vaucluse</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Fdm Groupe</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MITRE-LES-REMPARTS</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Campus Riera - Campus International Riera</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Campus Riera - Campus International Riera - Antenne Cannes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alternance Var Vaucluse - Antenne La Garde</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
-    <x:t>Campus Riera - Campus International Riera</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>07/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Manager en ressources humaines (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Manager en ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>FORMAPLUS</x:t>
   </x:si>
   <x:si>
     <x:t>83520</x:t>
   </x:si>
   <x:si>
     <x:t>ROQUEBRUNE-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
-    <x:t>Manager en ressources humaines (Contrat de Professionnalisation)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil|Institut Formation Conseil - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>IFC Méditerranée</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>IFC Méditerranée</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ÉRUDIS Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ESG</x:t>
   </x:si>
   <x:si>
     <x:t>Droit travail</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager du développement durable (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Paris - Institut Européen de la Communication et des Médias</x:t>
   </x:si>
   <x:si>
     <x:t>IECM</x:t>
   </x:si>
   <x:si>
     <x:t>75016</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Paris - Institut Européen de la Communication et des Médias - Antenne Nice</x:t>
@@ -1742,125 +1742,125 @@
   <x:si>
     <x:t>07/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des organisations spécificité manager administratif et financier des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Visiplus</x:t>
   </x:si>
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>Responsabilité dirigeant</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des organisations (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Exxea</x:t>
+  </x:si>
+  <x:si>
     <x:t>Iscod</x:t>
   </x:si>
   <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Exxecc</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Exxea</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/05/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ogec Sainte Marie - Institut Supérieur du Tourisme de Cannes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coaching Paca - Ecole Supérieure de Commerce et de Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-14e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
+    <x:t>Ecole des Sciences et Techniques Commerciales</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ESTC </x:t>
+  </x:si>
+  <x:si>
+    <x:t>13001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/17/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/15/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Ecole des Sciences et Techniques Commerciales</x:t>
-[...32 lines deleted...]
-    <x:t>10/03/2024 00:00:00</x:t>
+    <x:t>Liberté Formation - Iscae</x:t>
   </x:si>
   <x:si>
     <x:t>Stéphane Auger Com - Fabrik Tête d'Affiche</x:t>
   </x:si>
   <x:si>
-    <x:t>Liberté Formation - Iscae</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Manager des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>03/29/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des entreprises et des organisations spécialisation entrepreneuriat, start-up et innovation (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des entreprises et des organisations (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Centre d'Etudes Européen Méditérranée</x:t>
@@ -1871,59 +1871,59 @@
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>manager des entreprises et des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>INSEEC</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de système qualité sécurité environnement en partenariat avec Groupe Kedge Business School (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion qualité</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/27/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/27/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Manager de portefeuille de projets (MS) (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite projet</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de la stratégie QSE/RSE (MS)</x:t>
   </x:si>
   <x:si>
     <x:t>CESI école d'ingénieurs - campus d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CESI Ecole d'ingénieurs - campus d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CESI école d'ingénieurs - campus de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>CESI Ecole d'ingénieurs - campus de Nice Sophia Antipolis</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de la stratégie marketing omnicanale spécialisation MBA marketing du luxe et innovation</x:t>
   </x:si>
   <x:si>
     <x:t>Idrac business School - Compétences Commerce et International - Antenne Grasse</x:t>
@@ -2021,59 +2021,59 @@
   <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kedge programme grande école spécialisation audit expert (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Kedge programme grande école (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>KEDGE programme grande école</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/03/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/03/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kedge Business School programme grande école (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kedge Business School programme grande école</x:t>
   </x:si>
   <x:si>
     <x:t>IPAG Programme grande école (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Préparation à l'Administration et à la Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>IPAG BUSINESS SCHOOL</x:t>
   </x:si>
   <x:si>
     <x:t>75006</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Préparation à l'Administration et à la Gestion - Antenne Nice</x:t>
@@ -2540,120 +2540,120 @@
   <x:si>
     <x:t>Traitement paie</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité qualité, logistique industrielle et organisation parcours management de la production de biens et de services (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>Génie industriel</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité qualité, logistique industrielle et organisation parcours management de la production (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité qualité, logistique industrielle et organisation parcours management de la production</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité gestion des entreprises et des administrations parcours gestion et pilotage des ressources humaines (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Aix en Provence)</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon - IUT La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BUT spécialité gestion des entreprises et des administrations parcours gestion et pilotage des ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité gestion des entreprises et des administrations parcours contrôle de gestion et pilotage de la performance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité gestion des entreprises et des administrations parcours contrôle de gestion et pilotage de la performance</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité gestion administrative et commerciale des organisations parcours management responsable de projet et entrepreneuriat</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor en sciences du management - diplôme de gestion et commerce international (IBBA)</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2030 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Accessibilité : bien accueillir les personnes en situation de handicap</x:t>
   </x:si>
   <x:si>
     <x:t>Cibler La Bonne Boîte</x:t>
   </x:si>
   <x:si>
     <x:t>Coordination travail</x:t>
   </x:si>
   <x:si>
     <x:t>LES ADRETS-DE-L'ESTEREL</x:t>
   </x:si>
   <x:si>
+    <x:t>07/30/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/23/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>07/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Convergence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Crc</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
@@ -4130,323 +4130,323 @@
         <x:v>600463</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="Q18" s="16" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="R18" s="14" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="S18" s="14" t="n">
+        <x:v>607491</x:v>
+      </x:c>
+      <x:c r="T18" s="16" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="U18" s="16" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>600464</x:v>
+        <x:v>607477</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>607491</x:v>
+        <x:v>600464</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>607476</x:v>
+        <x:v>600465</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>600465</x:v>
+        <x:v>607476</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -4515,51 +4515,51 @@
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>607494</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -4696,51 +4696,51 @@
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>601161</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>92</x:v>
@@ -4870,51 +4870,51 @@
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>607492</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -6845,139 +6845,139 @@
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>592071</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>39195</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>592072</x:v>
+        <x:v>592073</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39195</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>592073</x:v>
+        <x:v>592072</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38699</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
@@ -9783,54 +9783,54 @@
       <x:c r="J117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>11045</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>597469</x:v>
+        <x:v>597468</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>38182</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
@@ -9840,54 +9840,54 @@
       <x:c r="J118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>11045</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>597468</x:v>
+        <x:v>597469</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>38182</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
@@ -11705,252 +11705,252 @@
       <x:c r="R150" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>597434</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>597435</x:v>
+        <x:v>597437</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>597436</x:v>
+        <x:v>597438</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>597437</x:v>
+        <x:v>597435</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>597438</x:v>
+        <x:v>597436</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>36761</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
@@ -12504,205 +12504,205 @@
       <x:c r="S164" s="14" t="n">
         <x:v>602787</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38914</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="Q165" s="4" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="R165" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="Q165" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>605727</x:v>
+        <x:v>510524</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="U165" s="4" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>38914</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
-        <x:v>380</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>510524</x:v>
+        <x:v>605727</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>38914</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>550295</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>38914</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -12719,51 +12719,51 @@
       <x:c r="J168" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>602788</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38914</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -12779,112 +12779,112 @@
       <x:c r="J169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>547224</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38914</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>550296</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>37069</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -13013,111 +13013,111 @@
       <x:c r="K173" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>544701</x:v>
+        <x:v>498277</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>37069</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>498277</x:v>
+        <x:v>544701</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>37069</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -13153,78 +13153,78 @@
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>548737</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -13373,1321 +13373,1315 @@
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>607490</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>404</x:v>
-[...1 lines deleted...]
-      <x:c r="H180" s="14" t="s"/>
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="H180" s="14" t="s">
+        <x:v>414</x:v>
+      </x:c>
       <x:c r="I180" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>601586</x:v>
+        <x:v>549285</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>603646</x:v>
+        <x:v>609155</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="H182" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
-      <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>601819</x:v>
+        <x:v>609845</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
-        <x:v>38824</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
-      <x:c r="H183" s="0" t="s">
+      <x:c r="I183" s="4" t="s">
         <x:v>423</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
-        <x:v>32015</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="P183" s="0" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="Q183" s="4" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="R183" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
-      <x:c r="P183" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>602496</x:v>
+        <x:v>601819</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>418</x:v>
-[...1 lines deleted...]
-      <x:c r="H184" s="14" t="s"/>
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="H184" s="14" t="s">
+        <x:v>414</x:v>
+      </x:c>
       <x:c r="I184" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>552234</x:v>
+        <x:v>602496</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
-        <x:v>427</x:v>
-[...2 lines deleted...]
-        <x:v>428</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>609845</x:v>
+        <x:v>552234</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>609155</x:v>
+        <x:v>552598</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>509972</x:v>
+        <x:v>599237</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
-        <x:v>38824</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>422</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
-        <x:v>32015</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>549285</x:v>
+        <x:v>509972</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
-        <x:v>436</x:v>
-[...2 lines deleted...]
-        <x:v>437</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>601362</x:v>
+        <x:v>554316</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>441</x:v>
-[...1 lines deleted...]
-      <x:c r="H190" s="14" t="s"/>
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="H190" s="14" t="s">
+        <x:v>437</x:v>
+      </x:c>
       <x:c r="I190" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>554316</x:v>
+        <x:v>601362</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>552598</x:v>
+        <x:v>601586</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>599237</x:v>
+        <x:v>603646</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>545492</x:v>
+        <x:v>601472</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>407</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
-        <x:v>408</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>545493</x:v>
+        <x:v>552645</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>436</x:v>
-[...2 lines deleted...]
-        <x:v>437</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>541163</x:v>
+        <x:v>600598</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>601472</x:v>
+        <x:v>545492</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>600598</x:v>
+        <x:v>545493</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>552645</x:v>
+        <x:v>552235</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>609149</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>552599</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>548739</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -14702,102 +14696,102 @@
       <x:c r="J202" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>543478</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>543479</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
@@ -14829,108 +14823,108 @@
       <x:c r="M204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>541165</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>552235</x:v>
+        <x:v>546150</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
@@ -14939,792 +14933,795 @@
       <x:c r="K206" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>546150</x:v>
+        <x:v>546151</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="H207" s="0" t="s">
+        <x:v>437</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>546151</x:v>
+        <x:v>541163</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>548740</x:v>
+        <x:v>554842</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>543431</x:v>
+        <x:v>549493</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>601587</x:v>
+        <x:v>543560</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="S211" s="0" t="n">
+        <x:v>543562</x:v>
+      </x:c>
+      <x:c r="T211" s="4" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="U211" s="4" t="s">
         <x:v>469</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>549493</x:v>
+        <x:v>553426</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="E213" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>543560</x:v>
+        <x:v>600433</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>474</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>543562</x:v>
+        <x:v>600599</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>553426</x:v>
+        <x:v>548740</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>554842</x:v>
+        <x:v>543431</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>600433</x:v>
+        <x:v>601587</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="Q218" s="16" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="R218" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
-      <x:c r="Q218" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>600599</x:v>
+        <x:v>603542</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>450</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>609152</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
@@ -15775,791 +15772,791 @@
       <x:c r="S220" s="14" t="n">
         <x:v>599175</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>552644</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>543561</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>436</x:v>
-[...2 lines deleted...]
-        <x:v>437</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>601363</x:v>
+        <x:v>603543</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>603543</x:v>
+        <x:v>554314</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="H225" s="0" t="s">
+        <x:v>437</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="Q225" s="4" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="R225" s="0" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="S225" s="0" t="n">
+        <x:v>601363</x:v>
+      </x:c>
+      <x:c r="T225" s="4" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="U225" s="4" t="s">
         <x:v>441</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>547007</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
-        <x:v>436</x:v>
-[...2 lines deleted...]
-        <x:v>437</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>545003</x:v>
+        <x:v>548738</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>407</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>408</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>601473</x:v>
+        <x:v>543532</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="H229" s="0" t="s">
+        <x:v>437</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>601820</x:v>
+        <x:v>545003</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
-        <x:v>38824</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>422</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
-        <x:v>32015</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>543949</x:v>
+        <x:v>601473</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>341</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
-        <x:v>436</x:v>
-[...2 lines deleted...]
-        <x:v>437</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>545001</x:v>
+        <x:v>601820</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>404</x:v>
-[...1 lines deleted...]
-      <x:c r="H232" s="14" t="s"/>
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="H232" s="14" t="s">
+        <x:v>437</x:v>
+      </x:c>
       <x:c r="I232" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>548738</x:v>
+        <x:v>545001</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="H233" s="0" t="s">
+        <x:v>414</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>543532</x:v>
+        <x:v>543949</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>407</x:v>
@@ -16585,876 +16582,876 @@
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>545494</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>28776</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>620514</x:v>
+        <x:v>510478</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
-        <x:v>344</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
-        <x:v>28776</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>510478</x:v>
+        <x:v>620514</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>341</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>556977</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>569114</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>531507</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>574461</x:v>
+        <x:v>591926</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="Q241" s="4" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="R241" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="S241" s="0" t="n">
+        <x:v>574461</x:v>
+      </x:c>
+      <x:c r="T241" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="Q241" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>597474</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>608105</x:v>
+        <x:v>531508</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>531508</x:v>
+        <x:v>608105</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>487</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
-        <x:v>38824</x:v>
+        <x:v>39595</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
-        <x:v>32015</x:v>
+        <x:v>13222</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>590770</x:v>
+        <x:v>592300</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
-        <x:v>39595</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>492</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
-        <x:v>13222</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>492</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>592300</x:v>
+        <x:v>590770</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>608103</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>581262</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>556976</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
@@ -17634,450 +17631,450 @@
       <x:c r="U252" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>41354</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>607703</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
-        <x:v>36914</x:v>
+        <x:v>41354</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="I254" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
-        <x:v>32016</x:v>
+        <x:v>32025</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>504116</x:v>
+        <x:v>609174</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>505</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
-        <x:v>41354</x:v>
+        <x:v>36914</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
-        <x:v>32025</x:v>
+        <x:v>32016</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>609174</x:v>
+        <x:v>556551</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
-        <x:v>515</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>515</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>556551</x:v>
+        <x:v>556601</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>518</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>556601</x:v>
+        <x:v>556638</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
-        <x:v>36914</x:v>
+        <x:v>41354</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
-        <x:v>32016</x:v>
+        <x:v>32025</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>556638</x:v>
+        <x:v>608924</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>520</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
-        <x:v>41354</x:v>
+        <x:v>36914</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
-        <x:v>32025</x:v>
+        <x:v>32016</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>608924</x:v>
+        <x:v>504447</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>522</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
         <x:v>110</x:v>
@@ -18118,208 +18115,208 @@
       <x:c r="U260" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>41354</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>607705</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="I262" s="16" t="s">
-        <x:v>515</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>504447</x:v>
+        <x:v>498939</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>505</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>498939</x:v>
+        <x:v>556519</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>41354</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I264" s="16" t="s">
         <x:v>57</x:v>
@@ -18354,320 +18351,320 @@
       <x:c r="S264" s="14" t="n">
         <x:v>608922</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>556524</x:v>
+        <x:v>556600</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
-        <x:v>515</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>515</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>556550</x:v>
+        <x:v>556524</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>526</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>556600</x:v>
+        <x:v>556550</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I268" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>556519</x:v>
+        <x:v>504116</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>41354</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>606193</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>41354</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
@@ -18937,84 +18934,84 @@
       <x:c r="S274" s="14" t="n">
         <x:v>615937</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>589852</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -19094,239 +19091,239 @@
       <x:c r="K277" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>607673</x:v>
+        <x:v>589864</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>546</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I278" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>607699</x:v>
+        <x:v>607672</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>510</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>589864</x:v>
+        <x:v>614697</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="I280" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>614697</x:v>
+        <x:v>607724</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>517</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
@@ -19336,541 +19333,541 @@
       <x:c r="K281" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>607724</x:v>
+        <x:v>607726</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I282" s="16" t="s">
-        <x:v>515</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>515</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>607726</x:v>
+        <x:v>589855</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>525</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>589855</x:v>
+        <x:v>589870</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I284" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>589870</x:v>
+        <x:v>589867</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="E285" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>607672</x:v>
+        <x:v>609186</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
-        <x:v>513</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>609186</x:v>
+        <x:v>589858</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>517</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="E287" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>589867</x:v>
+        <x:v>608917</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="I288" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>589858</x:v>
+        <x:v>609188</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>608917</x:v>
+        <x:v>607698</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>522</x:v>
+        <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I290" s="16" t="s">
         <x:v>57</x:v>
@@ -19905,258 +19902,258 @@
       <x:c r="S290" s="14" t="n">
         <x:v>608918</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="E291" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>609188</x:v>
+        <x:v>607673</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I292" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>607698</x:v>
+        <x:v>607699</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>525</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>592419</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="I294" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>588376</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
@@ -20232,51 +20229,51 @@
       <x:c r="M296" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>13263</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>613750</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>38825</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -20354,445 +20351,445 @@
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>578841</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
-        <x:v>38825</x:v>
+        <x:v>35280</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="E299" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
-        <x:v>13263</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>608649</x:v>
+        <x:v>546791</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
-        <x:v>35280</x:v>
+        <x:v>38825</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>13263</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>553371</x:v>
+        <x:v>608649</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>553372</x:v>
+        <x:v>553371</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>558</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>559</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>558</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>559</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>560</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>513670</x:v>
+        <x:v>553372</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>341</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="E303" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="Q303" s="4" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="R303" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
-      <x:c r="Q303" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>546844</x:v>
+        <x:v>513670</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>562</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>563</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="Q304" s="16" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="R304" s="14" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="S304" s="14" t="n">
+        <x:v>546844</x:v>
+      </x:c>
+      <x:c r="T304" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
-      <x:c r="Q304" s="16" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="E305" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>548735</x:v>
+        <x:v>552219</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
@@ -20886,91 +20883,91 @@
         <x:v>497637</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>552219</x:v>
+        <x:v>548735</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="E309" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
@@ -21005,1530 +21002,1530 @@
         <x:v>546969</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
-        <x:v>563</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>563</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>602649</x:v>
+        <x:v>547477</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="E311" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>602650</x:v>
+        <x:v>602649</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>553373</x:v>
+        <x:v>602650</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="E313" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
-        <x:v>566</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>566</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>566599</x:v>
+        <x:v>553373</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
-        <x:v>464</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>464</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>546067</x:v>
+        <x:v>518424</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="E315" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="Q315" s="4" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="R315" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
-      <x:c r="Q315" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>602093</x:v>
+        <x:v>566599</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>562</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>608960</x:v>
+        <x:v>546067</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="E317" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>548733</x:v>
+        <x:v>602093</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="Q318" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
-      <x:c r="Q318" s="16" t="s">
+      <x:c r="R318" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
-      <x:c r="R318" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>548736</x:v>
+        <x:v>608960</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="E319" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="H319" s="0" t="s">
+        <x:v>575</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>495334</x:v>
+        <x:v>546236</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>499451</x:v>
+        <x:v>608959</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>567</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="E321" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>497626</x:v>
+        <x:v>608956</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>568</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s">
-        <x:v>569</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="I322" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>568</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>546236</x:v>
+        <x:v>499786</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>526</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="E323" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
-        <x:v>568</x:v>
-[...2 lines deleted...]
-        <x:v>569</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>499786</x:v>
+        <x:v>548733</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>571</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>572</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>608959</x:v>
+        <x:v>548736</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>485</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="E325" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>608956</x:v>
+        <x:v>495334</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>573</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
-        <x:v>574</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>474</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>547477</x:v>
+        <x:v>499451</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="E327" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>518424</x:v>
+        <x:v>497626</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
-        <x:v>515</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>515</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>547152</x:v>
+        <x:v>518423</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
-        <x:v>38825</x:v>
+        <x:v>35280</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="E329" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
-        <x:v>13263</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>608648</x:v>
+        <x:v>548734</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>553374</x:v>
+        <x:v>547476</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
-        <x:v>35280</x:v>
+        <x:v>38825</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="E331" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>13263</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>552224</x:v>
+        <x:v>598958</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>548734</x:v>
+        <x:v>547152</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
-        <x:v>35280</x:v>
+        <x:v>38825</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="E333" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>13263</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>518423</x:v>
+        <x:v>608648</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>573</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
-        <x:v>574</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>474</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>547476</x:v>
+        <x:v>553374</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="E335" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>498181</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
@@ -22549,117 +22546,117 @@
       <x:c r="J336" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>13263</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>601486</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
-        <x:v>38825</x:v>
+        <x:v>35280</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="E337" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
-        <x:v>13263</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>598958</x:v>
+        <x:v>552224</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>38825</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -22801,75 +22798,75 @@
       <x:c r="R340" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>611285</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>590178</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
@@ -22897,51 +22894,51 @@
       <x:c r="M342" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>13263</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>613749</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>38825</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -23064,57 +23061,57 @@
       <x:c r="K345" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>590107</x:v>
+        <x:v>590105</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>40353</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="I346" s="16" t="s">
         <x:v>592</x:v>
@@ -23125,57 +23122,57 @@
       <x:c r="K346" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>590105</x:v>
+        <x:v>590107</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>36493</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="E347" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
@@ -23246,57 +23243,57 @@
       <x:c r="K348" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>608401</x:v>
+        <x:v>608402</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>40353</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="E349" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
@@ -23306,57 +23303,57 @@
       <x:c r="K349" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>608402</x:v>
+        <x:v>608401</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
         <x:v>40353</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -23470,182 +23467,182 @@
         <x:v>43</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>31454</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>600228</x:v>
+        <x:v>549325</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
-        <x:v>532</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>600</x:v>
+        <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>35430</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="E353" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>31454</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>510419</x:v>
+        <x:v>600228</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="U353" s="4" t="s">
         <x:v>601</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>35430</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>31454</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>549325</x:v>
+        <x:v>510419</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
-        <x:v>600</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>37629</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="E355" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -24066,84 +24063,84 @@
       <x:c r="S362" s="14" t="n">
         <x:v>498275</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>39255</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="E363" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>31845</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>605726</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
         <x:v>39255</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -24187,214 +24184,211 @@
       <x:c r="S364" s="14" t="n">
         <x:v>544251</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>39255</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="E365" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>31845</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>550298</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
         <x:v>37635</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="I366" s="16" t="s">
-        <x:v>429</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>557249</x:v>
+        <x:v>506456</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
         <x:v>37635</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="E367" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
-        <x:v>625</x:v>
-[...2 lines deleted...]
-        <x:v>626</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
-        <x:v>627</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>625</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
-        <x:v>627</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>506456</x:v>
+        <x:v>542211</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>37635</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
@@ -24403,114 +24397,117 @@
       <x:c r="K368" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>542211</x:v>
+        <x:v>544974</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>631</x:v>
+        <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>37635</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="E369" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="H369" s="0" t="s">
+        <x:v>418</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
-        <x:v>629</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
-        <x:v>629</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>630</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>544974</x:v>
+        <x:v>557249</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>632</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="C370" s="15" t="s"/>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s"/>
       <x:c r="K370" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
@@ -25081,441 +25078,441 @@
       <x:c r="K380" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>477933</x:v>
+        <x:v>525430</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
-        <x:v>651</x:v>
+        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>525430</x:v>
+        <x:v>477933</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
+        <x:v>651</x:v>
+      </x:c>
+      <x:c r="U381" s="4" t="s">
         <x:v>652</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>589588</x:v>
+        <x:v>525429</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>649</x:v>
+        <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>525429</x:v>
+        <x:v>525431</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="U383" s="4" t="s">
         <x:v>652</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>525431</x:v>
+        <x:v>477935</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>651</x:v>
+        <x:v>652</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>477935</x:v>
+        <x:v>589588</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>650</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>651</x:v>
+        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>589591</x:v>
+        <x:v>525432</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
-        <x:v>648</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>525432</x:v>
+        <x:v>477934</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
@@ -25525,54 +25522,54 @@
       <x:c r="K388" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>477934</x:v>
+        <x:v>589591</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>650</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="E389" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
@@ -25582,51 +25579,51 @@
       <x:c r="J389" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>547216</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
@@ -26305,148 +26302,148 @@
         <x:v>616177</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>36905</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>549523</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>36905</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="E403" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>550545</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>36905</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
@@ -26479,81 +26476,81 @@
       <x:c r="S404" s="14" t="n">
         <x:v>553367</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>36905</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="E405" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>546241</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>36905</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
@@ -26593,90 +26590,90 @@
       <x:c r="R406" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>584314</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>36905</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>540784</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>36905</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -27135,51 +27132,51 @@
       <x:c r="J416" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>567161</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>712</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
@@ -27248,54 +27245,54 @@
       <x:c r="I418" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>616994</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>717</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
@@ -27305,54 +27302,54 @@
       <x:c r="I419" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>567008</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>712</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
@@ -27421,111 +27418,111 @@
       <x:c r="I421" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
         <x:v>567007</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>712</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>592293</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
@@ -27710,54 +27707,54 @@
       <x:c r="I426" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>616995</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>717</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
@@ -28401,51 +28398,51 @@
       <x:c r="M438" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
         <x:v>502748</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
-        <x:v>400</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
         <x:v>40362</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -28543,60 +28540,60 @@
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="C441" s="3" t="s"/>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
         <x:v>572795</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="C442" s="15" t="s"/>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
@@ -28605,51 +28602,51 @@
         <x:v>752</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s"/>
       <x:c r="K442" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>568189</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="C443" s="3" t="s"/>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>752</x:v>
@@ -28858,51 +28855,51 @@
       <x:c r="I447" s="4" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
         <x:v>568192</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>38005</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
@@ -29308,51 +29305,51 @@
       <x:c r="L455" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>611844</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
         <x:v>736</x:v>
       </x:c>
@@ -29365,51 +29362,51 @@
       <x:c r="L456" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>611860</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
-        <x:v>400</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -29419,51 +29416,51 @@
       <x:c r="L457" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>597996</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
-        <x:v>651</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
@@ -29533,51 +29530,51 @@
       <x:c r="M459" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>597994</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="C460" s="15" t="s"/>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s"/>
       <x:c r="K460" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
@@ -29637,51 +29634,51 @@
       <x:c r="L461" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>611842</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>766</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>38005</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
         <x:v>736</x:v>
       </x:c>
@@ -29751,51 +29748,51 @@
       <x:c r="M463" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
         <x:v>536368</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -29805,51 +29802,51 @@
       <x:c r="L464" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
         <x:v>611862</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
-        <x:v>400</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>766</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
         <x:v>41713</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -30075,51 +30072,51 @@
       <x:c r="M469" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
         <x:v>618370</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>651</x:v>
+        <x:v>652</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="C470" s="15" t="s"/>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="I470" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s"/>
       <x:c r="K470" s="14" t="s">
         <x:v>80</x:v>
@@ -30259,556 +30256,554 @@
       <x:c r="S472" s="14" t="n">
         <x:v>601348</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="E473" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
-        <x:v>589784</x:v>
+        <x:v>601802</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K474" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
-        <x:v>589791</x:v>
+        <x:v>589784</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="E475" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
-        <x:v>436</x:v>
-[...2 lines deleted...]
-        <x:v>437</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
-        <x:v>601361</x:v>
+        <x:v>589791</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
-        <x:v>418</x:v>
-[...1 lines deleted...]
-      <x:c r="H476" s="14" t="s"/>
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="H476" s="14" t="s">
+        <x:v>437</x:v>
+      </x:c>
       <x:c r="I476" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
-        <x:v>461</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
-        <x:v>601802</x:v>
+        <x:v>601361</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="E477" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H477" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>615051</x:v>
+        <x:v>586664</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I478" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>586664</x:v>
+        <x:v>615051</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="E479" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
-        <x:v>436</x:v>
-[...2 lines deleted...]
-        <x:v>437</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>615054</x:v>
+        <x:v>600400</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
-        <x:v>452</x:v>
-[...1 lines deleted...]
-      <x:c r="H480" s="14" t="s"/>
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="H480" s="14" t="s">
+        <x:v>437</x:v>
+      </x:c>
       <x:c r="I480" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
-        <x:v>600400</x:v>
+        <x:v>615054</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="E481" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>589786</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -30911,139 +30906,139 @@
         <x:v>586662</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>589781</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="E485" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>589790</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -31087,140 +31082,140 @@
       <x:c r="S486" s="14" t="n">
         <x:v>601360</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="E487" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
         <x:v>600430</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
         <x:v>603645</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="G489" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
@@ -31259,82 +31254,82 @@
       </x:c>
       <x:c r="S489" s="0" t="n">
         <x:v>586489</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s"/>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
         <x:v>592814</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="G491" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
@@ -31375,294 +31370,294 @@
         <x:v>586445</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>34464</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
-        <x:v>568</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s">
-        <x:v>569</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="I492" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
-        <x:v>568</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>463901</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
-        <x:v>572</x:v>
+        <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>34464</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="E493" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="H493" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
         <x:v>499783</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
-        <x:v>571</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
         <x:v>813</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
         <x:v>39601</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>32688</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>599249</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
         <x:v>39601</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="E495" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>32688</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>599250</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
         <x:v>35350</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I496" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
@@ -31678,112 +31673,112 @@
       <x:c r="U496" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>35350</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="E497" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H497" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
         <x:v>603418</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>35350</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I498" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
@@ -31799,51 +31794,51 @@
       <x:c r="U498" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>35350</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="E499" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
@@ -31860,51 +31855,51 @@
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
         <x:v>35350</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I500" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
@@ -31975,1100 +31970,1100 @@
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I502" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
-        <x:v>705</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
-        <x:v>554917</x:v>
+        <x:v>554916</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="E503" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H503" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
-        <x:v>823</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
-        <x:v>705</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
-        <x:v>453852</x:v>
+        <x:v>554871</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
-        <x:v>728</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I504" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K504" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
-        <x:v>510681</x:v>
+        <x:v>453852</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
-        <x:v>341</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
-        <x:v>824</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="E505" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
-        <x:v>825</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
-        <x:v>556147</x:v>
+        <x:v>554917</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I506" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
-        <x:v>823</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
-        <x:v>705</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
-        <x:v>603822</x:v>
+        <x:v>510681</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
-        <x:v>826</x:v>
+        <x:v>825</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="E507" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H507" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
-        <x:v>554872</x:v>
+        <x:v>556147</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I508" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K508" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
-        <x:v>603408</x:v>
+        <x:v>603822</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
-        <x:v>826</x:v>
+        <x:v>827</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="E509" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
-        <x:v>603406</x:v>
+        <x:v>554872</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I510" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K510" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
-        <x:v>825</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
-        <x:v>461</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
-        <x:v>602549</x:v>
+        <x:v>603408</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>827</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="E511" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H511" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
-        <x:v>825</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="S511" s="0" t="n">
+        <x:v>603820</x:v>
+      </x:c>
+      <x:c r="T511" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="U511" s="4" t="s">
         <x:v>827</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I512" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K512" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
+        <x:v>826</x:v>
+      </x:c>
+      <x:c r="Q512" s="16" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="R512" s="14" t="s">
         <x:v>828</x:v>
       </x:c>
-      <x:c r="Q512" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S512" s="14" t="n">
-        <x:v>603820</x:v>
+        <x:v>556170</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
-        <x:v>826</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="E513" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H513" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
-        <x:v>828</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
-        <x:v>554916</x:v>
+        <x:v>603406</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="C514" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I514" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K514" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
-        <x:v>554871</x:v>
+        <x:v>602549</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="E515" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H515" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
-        <x:v>825</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
-        <x:v>827</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
         <x:v>602551</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I516" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K516" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
-        <x:v>603407</x:v>
+        <x:v>509941</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>825</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="E517" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H517" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
-        <x:v>554813</x:v>
+        <x:v>603407</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I518" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K518" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
-        <x:v>823</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
-        <x:v>705</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
-        <x:v>509941</x:v>
+        <x:v>554813</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
-        <x:v>341</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
-        <x:v>824</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="G519" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
         <x:v>596730</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s"/>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
@@ -33191,51 +33186,51 @@
       <x:c r="H522" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I522" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K522" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
-        <x:v>828</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
         <x:v>575550</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
@@ -33308,51 +33303,51 @@
       <x:c r="J524" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K524" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
-        <x:v>827</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
         <x:v>596729</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="G525" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
@@ -33396,268 +33391,268 @@
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
         <x:v>35378</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I526" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K526" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L526" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M526" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
-        <x:v>823</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
-        <x:v>509942</x:v>
+        <x:v>554938</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
-        <x:v>341</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
-        <x:v>824</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="C527" s="3" t="n">
         <x:v>35378</x:v>
       </x:c>
       <x:c r="D527" s="3" t="s"/>
       <x:c r="E527" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H527" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I527" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J527" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
-        <x:v>823</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
-        <x:v>453851</x:v>
+        <x:v>509942</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
-        <x:v>728</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>825</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>35378</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I528" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K528" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L528" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M528" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O528" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P528" s="14" t="s">
-        <x:v>823</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
-        <x:v>603842</x:v>
+        <x:v>453851</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
-        <x:v>826</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="C529" s="3" t="n">
         <x:v>35378</x:v>
       </x:c>
       <x:c r="D529" s="3" t="s"/>
       <x:c r="E529" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H529" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I529" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
-        <x:v>823</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="Q529" s="4" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
-        <x:v>554938</x:v>
+        <x:v>603842</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>827</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="C530" s="15" t="n">
         <x:v>35378</x:v>
       </x:c>
       <x:c r="D530" s="15" t="s"/>
       <x:c r="E530" s="14" t="s"/>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="H530" s="14" t="s"/>
       <x:c r="I530" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J530" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -33712,54 +33707,54 @@
       <x:c r="I531" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J531" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L531" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M531" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N531" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O531" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P531" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q531" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="R531" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="S531" s="0" t="n">
         <x:v>596715</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="C532" s="15" t="n">
         <x:v>35378</x:v>
       </x:c>
       <x:c r="D532" s="15" t="s"/>
       <x:c r="E532" s="14" t="s"/>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
@@ -34109,106 +34104,106 @@
       <x:c r="K538" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L538" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M538" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N538" s="15" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O538" s="14" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
-        <x:v>537363</x:v>
+        <x:v>537364</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
-        <x:v>845</x:v>
+        <x:v>652</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="C539" s="3" t="s"/>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="G539" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L539" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
-        <x:v>537364</x:v>
+        <x:v>537363</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
+        <x:v>845</x:v>
+      </x:c>
+      <x:c r="U539" s="4" t="s">
         <x:v>846</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>651</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="C540" s="15" t="s"/>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s"/>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s"/>
       <x:c r="K540" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
@@ -34233,75 +34228,75 @@
         <x:v>849</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
         <x:v>600796</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
         <x:v>850</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="C541" s="3" t="s"/>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="G541" s="0" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
         <x:v>615319</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>