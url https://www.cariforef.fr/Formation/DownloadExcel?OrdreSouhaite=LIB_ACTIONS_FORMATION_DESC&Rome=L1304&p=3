--- v0 (2026-03-19)
+++ v1 (2026-03-19)
@@ -191,77 +191,77 @@
   <x:si>
     <x:t>Stabilisateurs Ronin 2 et Ronin RS</x:t>
   </x:si>
   <x:si>
     <x:t>La Prod du Sud - Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Profession libérale , Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Scripte pour le cinéma</x:t>
   </x:si>
   <x:si>
+    <x:t>Cifap</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE- 6e</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Cifap</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Scénaristes et réalisateurs : stratégies pour convaincre un producteur ou autoproduire ses films</x:t>
   </x:si>
   <x:si>
     <x:t>Adastra Films</x:t>
   </x:si>
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Particulier, individuel , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Production spectacle</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
@@ -467,56 +467,56 @@
   <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours écritures critiques, recherche et didactique de l'image</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>master mention cinéma et audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 1</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
-    <x:t>AIX EN PROVENCE CEDEX 1</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lumière et cadrage dans l'interview documentaire</x:t>
   </x:si>
   <x:si>
     <x:t>Vigie Academy</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Jeune 16-25 ans , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>Film documentaire</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention techniques du son et de l'image parcours production musicale et médias interactifs numériques</x:t>
@@ -524,177 +524,177 @@
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention techniques du son et de l'image parcours Communication et valorisation de la création artistique</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention techniques du son et de l'image</x:t>
   </x:si>
   <x:si>
+    <x:t>Avignon Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École des nouvelles images</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Avignon Université</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Initiation mise en scène intimité</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en conception, réalisation et animation 3D blocs de compétences BC05 - BC06 - BC07</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Brassart - Antenne Arles</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>expert en conception, réalisation et animation 3D</x:t>
   </x:si>
   <x:si>
+    <x:t>École MoPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Brassart - MOPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2031 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Brassart Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Brassart Aix-en-Provence</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2031 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Ecrire et monter une séquence magazine TV</x:t>
   </x:si>
   <x:si>
     <x:t>Jeune 16-25 ans , Public de la formation initiale , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>DN MADE mention animation</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Curie</x:t>
   </x:si>
   <x:si>
     <x:t>13392</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 05</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'études supérieures en film d'animation</x:t>
   </x:si>
   <x:si>
     <x:t>ESRA Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>ISTS</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'études supérieures des techniques du son</x:t>
   </x:si>
   <x:si>
     <x:t>Régie son</x:t>
   </x:si>
   <x:si>
     <x:t>Classe Tremplin, métiers de l'audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres et sciences humaines (2e année ENS Lyon) spécialité cinéma et audiovisuel</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Général Carnot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Littérature</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée F Mistral</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>CANNES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres (1re année) avec préparation à l'option cinéma et audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire aux études supérieures  - cinéma audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Marseilleveyre</x:t>
   </x:si>
   <x:si>
     <x:t>13285</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 08</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projets audiovisuels (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
@@ -1644,100 +1644,100 @@
       <x:c r="K4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>583199</x:v>
+        <x:v>608286</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>608286</x:v>
+        <x:v>583199</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>51</x:v>
@@ -1854,51 +1854,51 @@
       <x:c r="M8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>567700</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>36901</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -2846,108 +2846,108 @@
       <x:c r="J26" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>592096</x:v>
+        <x:v>592098</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>592097</x:v>
+        <x:v>592096</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
@@ -2960,51 +2960,51 @@
       <x:c r="K28" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>592098</x:v>
+        <x:v>592097</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>137</x:v>
@@ -3015,51 +3015,51 @@
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>46275</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>616344</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>40183</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
@@ -3068,51 +3068,51 @@
       <x:c r="K30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>586830</x:v>
+        <x:v>571064</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>40183</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
@@ -3125,51 +3125,51 @@
       <x:c r="K31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>571064</x:v>
+        <x:v>586830</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>40183</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
@@ -3229,230 +3229,230 @@
       <x:c r="G33" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>592363</x:v>
+        <x:v>606165</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>40183</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>606165</x:v>
+        <x:v>592363</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>40183</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>606166</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>577110</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>39557</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -3483,141 +3483,141 @@
       <x:c r="T37" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>39557</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>46276</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="Q38" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="Q38" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>592182</x:v>
+        <x:v>592183</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>39557</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>46276</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>592183</x:v>
+        <x:v>592182</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
@@ -3626,51 +3626,51 @@
       <x:c r="M40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>615360</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>36940</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -4027,236 +4027,236 @@
         <x:v>549606</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>595750</x:v>
+        <x:v>595751</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>595751</x:v>
+        <x:v>595750</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>593237</x:v>
+        <x:v>593238</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>593238</x:v>
+        <x:v>593237</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
@@ -4634,143 +4634,143 @@
       <x:c r="S58" s="14" t="n">
         <x:v>549704</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>40666</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>549743</x:v>
+        <x:v>549703</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>40666</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>549703</x:v>
+        <x:v>549743</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>40666</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
@@ -4786,51 +4786,51 @@
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>592819</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>40666</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -4843,51 +4843,51 @@
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>592820</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38803</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
@@ -5132,51 +5132,51 @@
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>612447</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>41667</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
@@ -5191,51 +5191,51 @@
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>610950</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>41667</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
@@ -5248,51 +5248,51 @@
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>616988</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
@@ -5301,51 +5301,51 @@
       <x:c r="M70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>610260</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
@@ -5403,51 +5403,51 @@
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>46306</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>615946</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>53</x:v>
@@ -5580,89 +5580,89 @@
       <x:c r="R75" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>583969</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>608285</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>270</x:v>
@@ -5799,89 +5799,89 @@
       <x:c r="R79" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>606158</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>576382</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>