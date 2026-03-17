--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -248,105 +248,105 @@
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences de la terre</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA gestion et maîtrise de l'eau (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCI 04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Traitement eau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Eco-Campus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINTE-TULLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA Régional Agricole Public PACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Miramas Formation - Cfa Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
-    <x:t>Bac + 2</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>MIRAMAS</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
-  </x:si>
-[...37 lines deleted...]
-    <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA gestion et maîtrise de l'eau</x:t>
   </x:si>
   <x:si>
     <x:t>LA Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13148</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro procédés de la chimie, de l'eau et des papiers-cartons (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
@@ -1249,447 +1249,447 @@
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>41382</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="E7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
+      <x:c r="H7" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
       <x:c r="I7" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>605500</x:v>
+        <x:v>601005</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>41382</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>601005</x:v>
+        <x:v>605837</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>41382</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
-        <x:v>73</x:v>
-[...1 lines deleted...]
-      <x:c r="H9" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>605837</x:v>
+        <x:v>605500</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>41382</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>615903</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>38499</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>551817</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>38499</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>497950</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>38499</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>600998</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>38499</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -1702,51 +1702,51 @@
       <x:c r="M14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>595215</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>38499</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -1756,51 +1756,51 @@
       <x:c r="M15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>595216</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>