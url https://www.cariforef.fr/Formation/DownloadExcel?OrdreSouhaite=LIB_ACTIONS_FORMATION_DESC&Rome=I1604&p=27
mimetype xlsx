--- v0 (2026-03-18)
+++ v1 (2026-03-18)
@@ -782,95 +782,95 @@
   <x:si>
     <x:t>Contrôleur technique VL</x:t>
   </x:si>
   <x:si>
     <x:t>Société Européenne de Contrôle Technique Automobile</x:t>
   </x:si>
   <x:si>
     <x:t>AUTOSUR</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Demandeur d'emploi , Particulier, individuel , Public en emploi , Public sans emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Contrôle technique automobile</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/22/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Contrôleur technique de véhicules légers - version courte</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/04/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/29/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>01/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Contrôleur technique de véhicules légers</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P Cézanne</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Les Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>06206</x:t>
@@ -932,119 +932,119 @@
   <x:si>
     <x:t>LP la Coudoulière</x:t>
   </x:si>
   <x:si>
     <x:t>83181</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP J Dolle</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>LPTR de L'Estaque</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
+    <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée , Jeune 16-25 ans , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP G Poinso-Chapuis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13272</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP J Moulin</x:t>
   </x:si>
   <x:si>
     <x:t>13110</x:t>
   </x:si>
   <x:si>
     <x:t>PORT-DE-BOUC</x:t>
   </x:si>
   <x:si>
-    <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée , Jeune 16-25 ans , Tout public</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP maintenance des véhicules option voitures particulières (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
+    <x:t>Greta-Cfa Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Professionnel Charles Privat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Pofessionnel Jean Moulin (site Rol Tanguy)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Greta-Cfa Provence</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Métropôle Aix Marseille Provence - CFA Métropolitain - Campus des Métiers</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Robert Schuman</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Digne les Bains</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
@@ -1100,95 +1100,95 @@
   <x:si>
     <x:t>CAP maintenance des véhicules option véhicules légers (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Gap</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Salon de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP maintenance des véhicules option véhicules légers</x:t>
   </x:si>
   <x:si>
+    <x:t>LP Argensol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORANGE Cedex</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cma Formation Saint Maximin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/23/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP les Alpilles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIRAMAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP A Dumas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP St-André (les Routiers)</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP la Floride</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
-    <x:t>Cma Formation Saint Maximin</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>LP J Raynaud</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>LP le Chatelier</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P de Girard</x:t>
   </x:si>
   <x:si>
     <x:t>84082</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 2</x:t>
@@ -1358,165 +1358,165 @@
   <x:si>
     <x:t>BTS Maintenance des véhicules - Option A Voitures particulières</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bornes de charge pour véhicules électriques - IRVE P1/P2</x:t>
   </x:si>
   <x:si>
     <x:t>Volt Work</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro maintenance des véhicules option véhicules légers (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>AURIOL</x:t>
   </x:si>
   <x:si>
+    <x:t>06/29/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée des Métiers Louis Martin Bret</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/22/2029 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée des Métiers Louis Martin Bret</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>bac pro maintenance des véhicules option véhicules légers</x:t>
   </x:si>
   <x:si>
+    <x:t>LP Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP les Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>LP L Blum</x:t>
   </x:si>
   <x:si>
     <x:t>83011</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>LP L Martin Bret</x:t>
   </x:si>
   <x:si>
     <x:t>04101</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP St-Joseph</x:t>
   </x:si>
   <x:si>
-    <x:t>LP Don Bosco</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Bac pro maintenance des véhicules option véhicules de transport routier (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral</x:t>
   </x:si>
   <x:si>
     <x:t>75017</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Aubagne - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro maintenance des véhicules option véhicules de transport routier</x:t>
   </x:si>
   <x:si>
     <x:t>LP Galliéni Fréjus</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro maintenance des véhicules option motocycles (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro maintenance des véhicules option motocycles</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro maintenance des véhicules option C motocycles (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Cma Formation Avignon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84009</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Cma Formation Avignon</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Bac pro maintenance des véhicules option B véhicules de transport routier (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro maintenance des véhicules option A voitures particulières (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée professionnel Paul Héraud</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Lycée professionnel Paul Héraud</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Maintenance des véhicules - Option Véhicules légers</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Maintenance des véhicules - Option Véhicules de transport routier</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Maintenance des véhicules - Option Motocycles</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Maintenance des véhicules - Option C - Motocycles</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Maintenance des véhicules - Option B Véhicules de transport routier</x:t>
   </x:si>
@@ -2479,126 +2479,126 @@
       <x:c r="H8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>610271</x:v>
+        <x:v>620158</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38101</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>620158</x:v>
+        <x:v>610271</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>38101</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>26</x:v>
@@ -5583,156 +5583,156 @@
       <x:c r="I63" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>561407</x:v>
+        <x:v>619459</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>619459</x:v>
+        <x:v>561405</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>561405</x:v>
+        <x:v>561407</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>175</x:v>
@@ -6195,264 +6195,264 @@
       <x:c r="I75" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>561402</x:v>
+        <x:v>561403</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>561403</x:v>
+        <x:v>619455</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>619456</x:v>
+        <x:v>561404</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>619458</x:v>
+        <x:v>619456</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>561404</x:v>
+        <x:v>619458</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
@@ -6501,156 +6501,156 @@
       <x:c r="I81" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>619455</x:v>
+        <x:v>561402</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>619468</x:v>
+        <x:v>561415</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>561415</x:v>
+        <x:v>561417</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>175</x:v>
@@ -6659,255 +6659,255 @@
       <x:c r="K84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>561417</x:v>
+        <x:v>619471</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>619471</x:v>
+        <x:v>561414</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>561414</x:v>
+        <x:v>561416</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>561416</x:v>
+        <x:v>619470</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>619470</x:v>
+        <x:v>619468</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>28</x:v>
@@ -7166,511 +7166,511 @@
         <x:v>175</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>561420</x:v>
+        <x:v>561419</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>561419</x:v>
+        <x:v>561422</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>561422</x:v>
+        <x:v>619473</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>619473</x:v>
+        <x:v>619474</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>619474</x:v>
+        <x:v>619475</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>619475</x:v>
+        <x:v>561420</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>23651</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>619478</x:v>
+        <x:v>561424</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>23651</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>619480</x:v>
+        <x:v>619478</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>23651</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>619481</x:v>
+        <x:v>561423</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>23651</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>561423</x:v>
+        <x:v>561427</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>175</x:v>
@@ -7679,57 +7679,57 @@
       <x:c r="K104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>23651</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>561427</x:v>
+        <x:v>619481</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>30</x:v>
@@ -7929,60 +7929,60 @@
       <x:c r="I109" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>23651</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>561424</x:v>
+        <x:v>619480</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
@@ -9175,106 +9175,106 @@
       <x:c r="K132" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>23649</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>615415</x:v>
+        <x:v>615412</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="U132" s="16" t="s">
         <x:v>237</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>23649</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>615412</x:v>
+        <x:v>615414</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
@@ -9282,51 +9282,51 @@
       <x:c r="K134" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>23649</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>615414</x:v>
+        <x:v>615415</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>37320</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
@@ -9478,150 +9478,150 @@
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>568562</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>37320</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>23649</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>570923</x:v>
+        <x:v>571638</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>37320</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>23649</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>571639</x:v>
+        <x:v>570923</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>37320</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
@@ -9630,114 +9630,114 @@
       <x:c r="K140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>23649</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>532297</x:v>
+        <x:v>571639</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>37320</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>23649</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>532226</x:v>
+        <x:v>532297</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>37320</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
@@ -9749,54 +9749,54 @@
       <x:c r="L142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>23649</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>570922</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>37320</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -9826,87 +9826,87 @@
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>568530</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>37320</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>23649</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>571638</x:v>
+        <x:v>532226</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>37320</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
@@ -10491,317 +10491,318 @@
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>587261</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>53</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>587262</x:v>
+        <x:v>587975</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H157" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>587975</x:v>
+        <x:v>587262</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>53</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>570871</x:v>
+        <x:v>494195</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>494195</x:v>
+        <x:v>542492</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>41</x:v>
-[...1 lines deleted...]
-      <x:c r="H160" s="14" t="s"/>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H160" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
       <x:c r="I160" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>542492</x:v>
+        <x:v>570871</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -11339,205 +11340,205 @@
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>597098</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="R171" s="0" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="S171" s="0" t="n">
+        <x:v>571471</x:v>
+      </x:c>
+      <x:c r="T171" s="4" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="U171" s="4" t="s">
         <x:v>288</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>571471</x:v>
+        <x:v>597100</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="I173" s="4" t="s">
         <x:v>292</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>293</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="Q173" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="Q173" s="4" t="s">
+      <x:c r="R173" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="R173" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>597100</x:v>
+        <x:v>597097</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
@@ -11808,382 +11809,383 @@
       <x:c r="S178" s="14" t="n">
         <x:v>578679</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>517857</x:v>
+        <x:v>493137</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>300</x:v>
-[...1 lines deleted...]
-      <x:c r="H180" s="14" t="s"/>
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="H180" s="14" t="s">
+        <x:v>121</x:v>
+      </x:c>
       <x:c r="I180" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>493137</x:v>
+        <x:v>549450</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="I181" s="4" t="s">
         <x:v>300</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>301</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>494873</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="U181" s="4" t="s">
         <x:v>308</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>310</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>547392</x:v>
+        <x:v>517857</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="H183" s="0" t="s">
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>517856</x:v>
+        <x:v>547392</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>120</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>549450</x:v>
+        <x:v>517856</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
@@ -12505,51 +12507,51 @@
       <x:c r="M190" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>547391</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
@@ -12826,139 +12828,139 @@
         <x:v>552812</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>565911</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="I197" s="4" t="s">
         <x:v>300</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>301</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="Q197" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="Q197" s="4" t="s">
+      <x:c r="R197" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>547789</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
@@ -13055,87 +13057,87 @@
         <x:v>587818</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>600337</x:v>
+        <x:v>608777</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
@@ -13236,87 +13238,87 @@
       <x:c r="S202" s="14" t="n">
         <x:v>604236</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>608777</x:v>
+        <x:v>600337</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>109</x:v>
@@ -13500,54 +13502,54 @@
       <x:c r="J207" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>620390</x:v>
+        <x:v>592445</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>109</x:v>
@@ -13676,51 +13678,51 @@
       <x:c r="H210" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>604875</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
@@ -13993,51 +13995,51 @@
       <x:c r="M215" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>608778</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>111</x:v>
@@ -14133,136 +14135,136 @@
         <x:v>609705</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="Q218" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="Q218" s="16" t="s">
+      <x:c r="R218" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>604382</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>604876</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
@@ -14371,580 +14373,580 @@
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>604818</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>592443</x:v>
+        <x:v>592452</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="Q223" s="4" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="R223" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="Q223" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>592447</x:v>
+        <x:v>592443</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="Q224" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="Q224" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>592450</x:v>
+        <x:v>592447</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>592445</x:v>
+        <x:v>592450</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>359</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>359</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>592444</x:v>
+        <x:v>620390</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>592448</x:v>
+        <x:v>592444</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>592451</x:v>
+        <x:v>592448</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>592454</x:v>
+        <x:v>592451</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>592452</x:v>
+        <x:v>592454</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>592453</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
@@ -15122,244 +15124,243 @@
       <x:c r="H235" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>604873</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>41</x:v>
-[...1 lines deleted...]
-      <x:c r="H236" s="14" t="s"/>
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="H236" s="14" t="s">
+        <x:v>297</x:v>
+      </x:c>
       <x:c r="I236" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>616827</x:v>
+        <x:v>609706</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
-        <x:v>40997</x:v>
+        <x:v>39809</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
-        <x:v>296</x:v>
-[...2 lines deleted...]
-        <x:v>297</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>609706</x:v>
+        <x:v>494820</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
-        <x:v>39809</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>494820</x:v>
+        <x:v>616827</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
@@ -15421,51 +15422,51 @@
       <x:c r="H240" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>604874</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
@@ -15554,51 +15555,51 @@
       <x:c r="M242" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>608781</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
@@ -15680,132 +15681,132 @@
       <x:c r="R244" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>592459</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>592457</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>592456</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
@@ -17112,161 +17113,161 @@
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>604816</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
-        <x:v>40997</x:v>
+        <x:v>39809</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>608786</x:v>
+        <x:v>549590</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
-        <x:v>39809</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I270" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>549590</x:v>
+        <x:v>608786</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -17482,93 +17483,93 @@
       <x:c r="S274" s="14" t="n">
         <x:v>604815</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>547390</x:v>
+        <x:v>552765</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
         <x:v>312</x:v>
@@ -17579,162 +17580,162 @@
       <x:c r="K276" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>496945</x:v>
+        <x:v>547390</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>552765</x:v>
+        <x:v>496945</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>592470</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
@@ -18005,147 +18006,148 @@
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>574311</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
-        <x:v>53</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>587257</x:v>
+        <x:v>623582</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H285" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>623582</x:v>
+        <x:v>587257</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -18173,81 +18175,81 @@
       <x:c r="R286" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>621855</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="I287" s="4" t="s">
         <x:v>300</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>301</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="Q287" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="Q287" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>587258</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
@@ -18395,81 +18397,81 @@
       <x:c r="R290" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>621856</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="I291" s="4" t="s">
         <x:v>300</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>301</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="Q291" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="Q291" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>543653</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
@@ -18488,51 +18490,51 @@
       <x:c r="L292" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>515271</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -18562,315 +18564,316 @@
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>544797</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="Q294" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="Q294" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>491854</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>544796</x:v>
+        <x:v>515272</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>493030</x:v>
+        <x:v>544796</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H297" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>515272</x:v>
+        <x:v>557451</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>53</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>557451</x:v>
+        <x:v>493030</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="E299" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
@@ -18905,268 +18908,268 @@
         <x:v>556922</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I300" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>501148</x:v>
+        <x:v>553697</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>508754</x:v>
+        <x:v>501577</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I302" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>553697</x:v>
+        <x:v>501148</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="E303" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>501577</x:v>
+        <x:v>508754</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>104</x:v>
@@ -19364,723 +19367,723 @@
       <x:c r="K307" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>549623</x:v>
+        <x:v>549588</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I308" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>549588</x:v>
+        <x:v>548598</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="E309" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>548598</x:v>
+        <x:v>501144</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I310" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>498207</x:v>
+        <x:v>552875</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="E311" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>552875</x:v>
+        <x:v>549623</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I312" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>501144</x:v>
+        <x:v>498207</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="E313" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>501572</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I314" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>552874</x:v>
+        <x:v>549625</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="E315" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>549625</x:v>
+        <x:v>553696</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I316" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>553696</x:v>
+        <x:v>552874</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="E317" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>502052</x:v>
+        <x:v>553214</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I318" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>553214</x:v>
+        <x:v>502052</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>41864</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="E319" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
@@ -20115,147 +20118,148 @@
         <x:v>614550</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>41864</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>104</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>614541</x:v>
+        <x:v>614566</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>41864</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="E321" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H321" s="0" t="s">
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>614566</x:v>
+        <x:v>614541</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>41864</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s">
         <x:v>311</x:v>
@@ -20411,81 +20415,81 @@
       <x:c r="S324" s="14" t="n">
         <x:v>614544</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>41864</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="E325" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="I325" s="4" t="s">
         <x:v>300</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>301</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>614559</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>41864</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -20902,51 +20906,51 @@
       <x:c r="I333" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>616863</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>41864</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
@@ -21136,51 +21140,51 @@
       <x:c r="I337" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>602229</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>41864</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
@@ -21439,60 +21443,60 @@
       <x:c r="I342" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>515641</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="E343" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -21502,172 +21506,173 @@
       <x:c r="K343" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>494815</x:v>
+        <x:v>547821</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
-        <x:v>53</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>547709</x:v>
+        <x:v>494815</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="E345" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H345" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>547821</x:v>
+        <x:v>547709</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s">
         <x:v>110</x:v>
@@ -21705,202 +21710,203 @@
       <x:c r="S346" s="14" t="n">
         <x:v>502019</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="E347" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>547820</x:v>
+        <x:v>558734</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
-        <x:v>53</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K348" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>556730</x:v>
+        <x:v>547820</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="E349" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H349" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>558734</x:v>
+        <x:v>556730</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>81</x:v>
@@ -22159,51 +22165,51 @@
       <x:c r="L354" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>511031</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="E355" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -22219,231 +22225,232 @@
       <x:c r="L355" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
         <x:v>511032</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
-        <x:v>104</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K356" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>549582</x:v>
+        <x:v>494823</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="E357" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H357" s="0" t="s">
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>494823</x:v>
+        <x:v>549582</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>494878</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="E359" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -22653,81 +22660,81 @@
       <x:c r="R362" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>556435</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>41864</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="I363" s="4" t="s">
         <x:v>300</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>301</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="Q363" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="Q363" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>618426</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
         <x:v>41864</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
@@ -22823,207 +22830,207 @@
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>618428</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
         <x:v>41864</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>53</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>618440</x:v>
+        <x:v>618441</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
         <x:v>41864</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>618442</x:v>
+        <x:v>618440</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>41864</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
-        <x:v>41</x:v>
-[...1 lines deleted...]
-      <x:c r="H368" s="14" t="s"/>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="H368" s="14" t="s">
+        <x:v>82</x:v>
+      </x:c>
       <x:c r="I368" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>618441</x:v>
+        <x:v>618442</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>41864</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
@@ -23169,543 +23176,547 @@
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>606240</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I372" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>564554</x:v>
+        <x:v>554022</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>564555</x:v>
+        <x:v>564554</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I374" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>554022</x:v>
+        <x:v>564555</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>572457</x:v>
+        <x:v>572456</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
-        <x:v>53</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>509246</x:v>
+        <x:v>587907</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H377" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>542488</x:v>
+        <x:v>572453</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
-        <x:v>41</x:v>
-[...1 lines deleted...]
-      <x:c r="H378" s="14" t="s"/>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H378" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
       <x:c r="I378" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
-        <x:v>572456</x:v>
+        <x:v>572455</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H379" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
-        <x:v>587907</x:v>
+        <x:v>541907</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
-        <x:v>53</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>572455</x:v>
+        <x:v>572457</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -23715,226 +23726,225 @@
       <x:c r="K381" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>541907</x:v>
+        <x:v>509246</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
-        <x:v>53</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>585550</x:v>
+        <x:v>542488</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H383" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>494208</x:v>
+        <x:v>585550</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>53</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>572453</x:v>
+        <x:v>494208</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
@@ -23944,620 +23954,619 @@
       <x:c r="K385" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>553985</x:v>
+        <x:v>606287</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
-        <x:v>300</x:v>
-[...1 lines deleted...]
-      <x:c r="H386" s="14" t="s"/>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="H386" s="14" t="s">
+        <x:v>82</x:v>
+      </x:c>
       <x:c r="I386" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>588540</x:v>
+        <x:v>553985</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
-        <x:v>53</x:v>
-[...2 lines deleted...]
-        <x:v>54</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>550642</x:v>
+        <x:v>588540</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
-        <x:v>300</x:v>
-[...1 lines deleted...]
-      <x:c r="H388" s="14" t="s"/>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H388" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
       <x:c r="I388" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>588541</x:v>
+        <x:v>550642</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
-        <x:v>81</x:v>
-[...2 lines deleted...]
-        <x:v>82</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>606287</x:v>
+        <x:v>588541</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>81</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>523504</x:v>
+        <x:v>523514</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>523511</x:v>
+        <x:v>551754</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>587955</x:v>
+        <x:v>542491</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="H393" s="0" t="s">
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>523514</x:v>
+        <x:v>523504</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>551754</x:v>
+        <x:v>523511</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>542491</x:v>
+        <x:v>587955</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C396" s="15" t="s"/>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s"/>
       <x:c r="K396" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
@@ -24634,2173 +24643,2171 @@
         <x:v>614755</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="I398" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>604701</x:v>
+        <x:v>609551</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="E399" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>609551</x:v>
+        <x:v>600293</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I400" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>600293</x:v>
+        <x:v>604701</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="E401" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>604784</x:v>
+        <x:v>604838</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I402" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>601697</x:v>
+        <x:v>604784</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="E403" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>604838</x:v>
+        <x:v>601697</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
-        <x:v>300</x:v>
-[...1 lines deleted...]
-      <x:c r="H404" s="14" t="s"/>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="H404" s="14" t="s">
+        <x:v>110</x:v>
+      </x:c>
       <x:c r="I404" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>604361</x:v>
+        <x:v>604208</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>429</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="E405" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
-        <x:v>104</x:v>
-[...2 lines deleted...]
-        <x:v>105</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>608737</x:v>
+        <x:v>604356</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
-        <x:v>391</x:v>
-[...1 lines deleted...]
-      <x:c r="H406" s="14" t="s"/>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="H406" s="14" t="s">
+        <x:v>110</x:v>
+      </x:c>
       <x:c r="I406" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
-        <x:v>431</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>605963</x:v>
+        <x:v>604782</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="E407" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
-        <x:v>109</x:v>
-[...2 lines deleted...]
-        <x:v>110</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>604782</x:v>
+        <x:v>605963</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I408" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>556911</x:v>
+        <x:v>608737</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="E409" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>604207</x:v>
+        <x:v>556911</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
-        <x:v>109</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>604700</x:v>
+        <x:v>604361</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="E411" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>600295</x:v>
+        <x:v>604207</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I412" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>604783</x:v>
+        <x:v>604700</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="E413" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>601720</x:v>
+        <x:v>600295</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I414" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>604150</x:v>
+        <x:v>604783</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="E415" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>608736</x:v>
+        <x:v>601720</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I416" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>604206</x:v>
+        <x:v>604150</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="E417" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>604208</x:v>
+        <x:v>608736</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
-        <x:v>300</x:v>
-[...1 lines deleted...]
-      <x:c r="H418" s="14" t="s"/>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="H418" s="14" t="s">
+        <x:v>110</x:v>
+      </x:c>
       <x:c r="I418" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>604356</x:v>
+        <x:v>604206</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>592429</x:v>
+        <x:v>592431</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>592432</x:v>
+        <x:v>592429</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>592434</x:v>
+        <x:v>592432</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>592440</x:v>
+        <x:v>592434</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>592430</x:v>
+        <x:v>592440</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>592428</x:v>
+        <x:v>592430</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>592435</x:v>
+        <x:v>592428</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>592437</x:v>
+        <x:v>592435</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>592441</x:v>
+        <x:v>592437</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>592438</x:v>
+        <x:v>592441</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>592439</x:v>
+        <x:v>592438</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>592426</x:v>
+        <x:v>592439</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
-        <x:v>592433</x:v>
+        <x:v>592426</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
-        <x:v>592436</x:v>
+        <x:v>592433</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
-        <x:v>592431</x:v>
+        <x:v>592436</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>592427</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
@@ -26828,167 +26835,167 @@
       <x:c r="M435" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>609545</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s"/>
       <x:c r="I436" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K436" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
-        <x:v>450</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
-        <x:v>602892</x:v>
+        <x:v>604626</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="E437" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
-        <x:v>604626</x:v>
+        <x:v>602892</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I438" s="16" t="s">
         <x:v>286</x:v>
@@ -27314,193 +27321,193 @@
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>592422</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>592423</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>592425</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>592421</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
@@ -27538,153 +27545,153 @@
         <x:v>592424</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I448" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
-        <x:v>604152</x:v>
+        <x:v>608747</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="E449" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>608747</x:v>
+        <x:v>604152</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I450" s="16" t="s">
         <x:v>111</x:v>
@@ -27834,138 +27841,138 @@
       <x:c r="R452" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>601701</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>592463</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>592466</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
@@ -28001,247 +28008,247 @@
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>592464</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
-        <x:v>356</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
-        <x:v>356</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>592462</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>592467</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>592460</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>592461</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
@@ -28314,172 +28321,172 @@
       <x:c r="K461" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
-        <x:v>478660</x:v>
+        <x:v>494782</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I462" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>501113</x:v>
+        <x:v>501880</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="E463" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>501880</x:v>
+        <x:v>501113</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>391</x:v>
@@ -28494,114 +28501,114 @@
       <x:c r="K464" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>494782</x:v>
+        <x:v>547543</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="E465" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>547543</x:v>
+        <x:v>478660</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I466" s="16" t="s">
         <x:v>111</x:v>
@@ -28796,51 +28803,51 @@
       <x:c r="L469" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
         <x:v>448677</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s">
         <x:v>105</x:v>
@@ -28857,54 +28864,54 @@
       <x:c r="L470" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>451677</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="E471" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H471" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -29215,51 +29222,51 @@
       <x:c r="L476" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
         <x:v>455439</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="E477" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H477" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
@@ -29297,88 +29304,90 @@
         <x:v>508752</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
-        <x:v>41</x:v>
-[...1 lines deleted...]
-      <x:c r="H478" s="14" t="s"/>
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="H478" s="14" t="s">
+        <x:v>297</x:v>
+      </x:c>
       <x:c r="I478" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>494816</x:v>
+        <x:v>508751</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>463</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="E479" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
@@ -29449,114 +29458,111 @@
       <x:c r="K480" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
-        <x:v>501108</x:v>
+        <x:v>549577</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="E481" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
-        <x:v>296</x:v>
-[...2 lines deleted...]
-        <x:v>297</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
-        <x:v>508751</x:v>
+        <x:v>494816</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s">
         <x:v>105</x:v>
@@ -29570,57 +29576,57 @@
       <x:c r="K482" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
-        <x:v>549577</x:v>
+        <x:v>501108</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="E483" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H483" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
@@ -29633,710 +29639,714 @@
       <x:c r="L483" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>451676</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="I484" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
-        <x:v>451675</x:v>
+        <x:v>508750</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
-        <x:v>459</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="E485" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H485" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>552839</x:v>
+        <x:v>547312</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
-        <x:v>300</x:v>
-[...1 lines deleted...]
-      <x:c r="H486" s="14" t="s"/>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="H486" s="14" t="s">
+        <x:v>110</x:v>
+      </x:c>
       <x:c r="I486" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
-        <x:v>494879</x:v>
+        <x:v>552782</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="E487" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="H487" s="0" t="s">
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
-        <x:v>494773</x:v>
+        <x:v>459443</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
-        <x:v>300</x:v>
-[...1 lines deleted...]
-      <x:c r="H488" s="14" t="s"/>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H488" s="14" t="s">
+        <x:v>105</x:v>
+      </x:c>
       <x:c r="I488" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
-        <x:v>479452</x:v>
+        <x:v>549576</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="E489" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
-        <x:v>547834</x:v>
+        <x:v>494773</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I490" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
-        <x:v>508750</x:v>
+        <x:v>451675</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="E491" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
-        <x:v>109</x:v>
-[...2 lines deleted...]
-        <x:v>110</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
-        <x:v>552782</x:v>
+        <x:v>494879</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I492" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
-        <x:v>459443</x:v>
+        <x:v>552839</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
-        <x:v>459</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="E493" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H493" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
-        <x:v>549576</x:v>
+        <x:v>496892</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I494" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
-        <x:v>547312</x:v>
+        <x:v>549441</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="E495" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H495" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -30349,51 +30359,51 @@
       <x:c r="L495" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>448521</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s">
         <x:v>110</x:v>
@@ -30410,111 +30420,111 @@
       <x:c r="L496" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>448625</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="E497" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="I497" s="4" t="s">
         <x:v>300</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>301</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
         <x:v>564814</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I498" s="16" t="s">
         <x:v>111</x:v>
@@ -30637,350 +30647,351 @@
       <x:c r="H500" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I500" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
-        <x:v>553189</x:v>
+        <x:v>553236</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="E501" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="H501" s="0" t="s">
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
-        <x:v>547542</x:v>
+        <x:v>495835</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
-        <x:v>109</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
-        <x:v>501652</x:v>
+        <x:v>547542</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="E503" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H503" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
-        <x:v>495835</x:v>
+        <x:v>553189</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I504" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K504" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
-        <x:v>553236</x:v>
+        <x:v>552837</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="E505" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
         <x:v>553671</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
@@ -30997,63 +31008,63 @@
       <x:c r="H506" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I506" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
-        <x:v>552837</x:v>
+        <x:v>501652</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="E507" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H507" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
@@ -31116,244 +31127,239 @@
         <x:v>391</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s"/>
       <x:c r="I508" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K508" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
         <x:v>494772</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="E509" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="I509" s="4" t="s">
         <x:v>300</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>301</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="Q509" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="Q509" s="4" t="s">
+      <x:c r="R509" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
         <x:v>456587</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
-        <x:v>310</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K510" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
-        <x:v>496892</x:v>
+        <x:v>479452</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="E511" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
-        <x:v>120</x:v>
-[...2 lines deleted...]
-        <x:v>121</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
-        <x:v>549441</x:v>
+        <x:v>547834</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I512" s="16" t="s">
         <x:v>312</x:v>
@@ -31476,123 +31482,123 @@
       <x:c r="H514" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I514" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K514" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
         <x:v>501512</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="E515" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="I515" s="4" t="s">
         <x:v>300</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>301</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="Q515" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="Q515" s="4" t="s">
+      <x:c r="R515" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
         <x:v>547756</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I516" s="16" t="s">
         <x:v>111</x:v>
@@ -31606,51 +31612,51 @@
       <x:c r="L516" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
         <x:v>448720</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="E517" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H517" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
@@ -31727,51 +31733,51 @@
       <x:c r="L518" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
         <x:v>455437</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="E519" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H519" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
@@ -31846,51 +31852,51 @@
       <x:c r="L520" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
         <x:v>517858</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="E521" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H521" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
@@ -31967,170 +31973,170 @@
       <x:c r="L522" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
         <x:v>448676</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="E523" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H523" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
         <x:v>448699</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s"/>
       <x:c r="I524" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K524" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="Q524" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="Q524" s="16" t="s">
+      <x:c r="R524" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
         <x:v>493112</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="E525" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H525" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
@@ -32328,165 +32334,165 @@
       <x:c r="L528" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M528" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O528" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P528" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
         <x:v>459534</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="C529" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D529" s="3" t="s"/>
       <x:c r="G529" s="0" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="I529" s="4" t="s">
         <x:v>300</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>301</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="Q529" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="Q529" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R529" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
         <x:v>618416</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="C530" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D530" s="15" t="s"/>
       <x:c r="E530" s="14" t="s"/>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H530" s="14" t="s"/>
       <x:c r="I530" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J530" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K530" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L530" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M530" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O530" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P530" s="14" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="Q530" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="Q530" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R530" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
         <x:v>618417</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
-        <x:v>429</x:v>
+        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="C531" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="G531" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J531" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -32550,330 +32556,330 @@
       <x:c r="L532" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M532" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N532" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O532" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P532" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q532" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
         <x:v>618424</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="C533" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D533" s="3" t="s"/>
       <x:c r="G533" s="0" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="I533" s="4" t="s">
         <x:v>300</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>301</x:v>
       </x:c>
       <x:c r="J533" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L533" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M533" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N533" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O533" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P533" s="0" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="Q533" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="Q533" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R533" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S533" s="0" t="n">
         <x:v>618419</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="C534" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s"/>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H534" s="14" t="s"/>
       <x:c r="I534" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J534" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K534" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L534" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="Q534" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="Q534" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R534" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
-        <x:v>618418</x:v>
+        <x:v>618415</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="G535" s="0" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="I535" s="4" t="s">
         <x:v>300</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>301</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="Q535" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="Q535" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R535" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
-        <x:v>618415</x:v>
+        <x:v>618420</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="C536" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s"/>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="H536" s="14" t="s"/>
       <x:c r="I536" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="J536" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K536" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
-        <x:v>618420</x:v>
+        <x:v>618422</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="C537" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D537" s="3" t="s"/>
       <x:c r="G537" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I537" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J537" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L537" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M537" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
-        <x:v>618422</x:v>
+        <x:v>618418</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="C538" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s"/>
       <x:c r="F538" s="14" t="s"/>
       <x:c r="G538" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H538" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I538" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J538" s="14" t="s">
@@ -32942,51 +32948,51 @@
       <x:c r="M539" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>618425</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s"/>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -33109,51 +33115,51 @@
       <x:c r="L542" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M542" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
         <x:v>618437</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="C543" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="G543" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H543" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -33388,51 +33394,51 @@
       <x:c r="L547" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
         <x:v>460644</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C548" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D548" s="15" t="s"/>
       <x:c r="E548" s="14" t="s"/>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H548" s="14" t="s"/>
       <x:c r="I548" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
@@ -33445,51 +33451,51 @@
       <x:c r="L548" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M548" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
         <x:v>493610</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C549" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="G549" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J549" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -33630,367 +33636,367 @@
       </x:c>
       <x:c r="S551" s="0" t="n">
         <x:v>542489</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C552" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D552" s="15" t="s"/>
       <x:c r="E552" s="14" t="s"/>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H552" s="14" t="s"/>
       <x:c r="I552" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K552" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="Q552" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="Q552" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R552" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
         <x:v>543677</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C553" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="G553" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J553" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L553" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="S553" s="0" t="n">
+        <x:v>515273</x:v>
+      </x:c>
+      <x:c r="T553" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="S553" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U553" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C554" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D554" s="15" t="s"/>
       <x:c r="E554" s="14" t="s"/>
       <x:c r="F554" s="14" t="s"/>
       <x:c r="G554" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H554" s="14" t="s"/>
       <x:c r="I554" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J554" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K554" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L554" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M554" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N554" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O554" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P554" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="Q554" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R554" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S554" s="14" t="n">
-        <x:v>493632</x:v>
+        <x:v>551761</x:v>
       </x:c>
       <x:c r="T554" s="16" t="s">
-        <x:v>463</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C555" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D555" s="3" t="s"/>
       <x:c r="G555" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I555" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J555" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
-        <x:v>493633</x:v>
+        <x:v>491865</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C556" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s"/>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s"/>
       <x:c r="I556" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="J556" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K556" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
-        <x:v>515273</x:v>
+        <x:v>493632</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="G557" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
-        <x:v>551761</x:v>
+        <x:v>493633</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s"/>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H558" s="14" t="s"/>
       <x:c r="I558" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -34003,273 +34009,273 @@
       <x:c r="M558" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
         <x:v>544799</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="G559" s="0" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="I559" s="4" t="s">
         <x:v>300</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>301</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="Q559" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="Q559" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R559" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
-        <x:v>455387</x:v>
+        <x:v>460678</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s"/>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s"/>
       <x:c r="I560" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K560" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="Q560" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="Q560" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R560" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
-        <x:v>460678</x:v>
+        <x:v>493049</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C561" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D561" s="3" t="s"/>
       <x:c r="G561" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="J561" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
-        <x:v>493049</x:v>
+        <x:v>543687</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C562" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D562" s="15" t="s"/>
       <x:c r="E562" s="14" t="s"/>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H562" s="14" t="s"/>
       <x:c r="I562" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J562" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K562" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
-        <x:v>543687</x:v>
+        <x:v>455387</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="C563" s="3" t="s"/>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="G563" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>30</x:v>