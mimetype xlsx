--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -635,177 +635,177 @@
   <x:si>
     <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>LPO modèle électronique</x:t>
   </x:si>
   <x:si>
     <x:t>13396</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 11</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Vauvenargues</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée régional César Baldaccini (anciennement lycée du Rempart)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Rempart-Vinci</x:t>
   </x:si>
   <x:si>
+    <x:t>LPO Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent de la Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA CIOTAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Jean Lurçat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée J Perrin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Costebelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Léonard de Vinci</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent d'altitude - Suzanne Joulié Roos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent d'altitude</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRIANCON CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée du Val d'Argens</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE MUY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée M Janetti</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Pierre Mendès-France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>LPO La Salle</x:t>
   </x:si>
   <x:si>
     <x:t>84008</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Louis - Ste-Marie</x:t>
   </x:si>
   <x:si>
     <x:t>13180</x:t>
   </x:si>
   <x:si>
     <x:t>GIGNAC-LA-NERTHE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Marie-Madeleine Fourcade</x:t>
   </x:si>
   <x:si>
     <x:t>13120</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Adam de Craponne</x:t>
   </x:si>
   <x:si>
     <x:t>13651</x:t>
   </x:si>
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée G Apollinaire</x:t>
-  </x:si>
-[...88 lines deleted...]
-    <x:t>MARSEILLE CEDEX 10</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro production en industries pharmaceutiques, alimentaires et cosmétiques</x:t>
   </x:si>
   <x:si>
     <x:t>LP le Chatelier</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>Biotechnologie</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -3846,51 +3846,51 @@
       <x:c r="K48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>594392</x:v>
+        <x:v>594393</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>84</x:v>
@@ -3898,51 +3898,51 @@
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>594402</x:v>
+        <x:v>594405</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>195</x:v>
@@ -3950,696 +3950,696 @@
       <x:c r="J50" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>594404</x:v>
+        <x:v>594412</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="I51" s="4" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="Q51" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="Q51" s="4" t="s">
+      <x:c r="R51" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="R51" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>594408</x:v>
+        <x:v>594418</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="Q52" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="Q52" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>594417</x:v>
+        <x:v>594397</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>594397</x:v>
+        <x:v>594410</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>594410</x:v>
+        <x:v>594411</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>594411</x:v>
+        <x:v>594421</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>594421</x:v>
+        <x:v>594424</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>594424</x:v>
+        <x:v>594426</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>594426</x:v>
+        <x:v>594392</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>594393</x:v>
+        <x:v>594402</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>594405</x:v>
+        <x:v>594404</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>594412</x:v>
+        <x:v>594408</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>594418</x:v>
+        <x:v>594417</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>37699</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>233</x:v>
       </x:c>