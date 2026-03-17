--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -554,68 +554,68 @@
   <x:si>
     <x:t>HACCP - Restauration</x:t>
   </x:si>
   <x:si>
     <x:t>Educ'Altitudes</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>DESU Qualiticien en Biologie Médicale</x:t>
   </x:si>
   <x:si>
     <x:t>Qualité laboratoire</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire aux études supérieures  - scientifique</x:t>
   </x:si>
   <x:si>
+    <x:t>LPO Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biologie mise à niveau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A Artaud</x:t>
+  </x:si>
+  <x:si>
     <x:t>LPO La Cadenelle</x:t>
   </x:si>
   <x:si>
     <x:t>13012</x:t>
   </x:si>
   <x:si>
-    <x:t>Biologie mise à niveau</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
-    <x:t>LPO Don Bosco</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>EMP</x:t>
   </x:si>
   <x:si>
     <x:t>13617</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Thiers</x:t>
   </x:si>
   <x:si>
     <x:t>13232</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>classe de 1re STL sciences et technologies de laboratoire</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A de Tocqueville</x:t>
   </x:si>
   <x:si>
     <x:t>06131</x:t>
@@ -644,116 +644,116 @@
   <x:si>
     <x:t>DIGNE LES BAINS CEDEX 9</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Costebelle</x:t>
   </x:si>
   <x:si>
     <x:t>83408</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>13691</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LPO St-Vincent de Paul</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée A Briand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée V Hugo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Mélinée et Missak Manouchian</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Thierry Maulnier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Rouvière Suzanne Lefort-Rouquette</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Rouvière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée M Janetti</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Simone Veil</x:t>
+  </x:si>
+  <x:si>
     <x:t>LPO M Gasquet</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Montmajour</x:t>
   </x:si>
   <x:si>
     <x:t>13637</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LT de chimie biologie</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée polyvalent Simone Veil</x:t>
-[...43 lines deleted...]
-  <x:si>
     <x:t>Lycée Notre-Dame</x:t>
   </x:si>
   <x:si>
     <x:t>83055</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Calmette</x:t>
   </x:si>
   <x:si>
     <x:t>06050</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée de Vaison-la-Romaine</x:t>
   </x:si>
   <x:si>
     <x:t>84110</x:t>
   </x:si>
   <x:si>
     <x:t>VAISON LA ROMAINE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Ferry</x:t>
@@ -1001,77 +1001,77 @@
   <x:si>
     <x:t>Lycée Polyvalent Jean Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de la chimie</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Métiers de la chimie</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS biotechnologie en recherche et en production</x:t>
   </x:si>
   <x:si>
     <x:t>BTS bioqualité (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCI 04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Eco-Campus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINTE-TULLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
-    <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>BTS bioqualité</x:t>
   </x:si>
   <x:si>
     <x:t>LP le Chatelier</x:t>
   </x:si>
   <x:si>
     <x:t>BTS bioanalyses et contrôles (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Biochimie</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro laboratoire contrôle qualité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale La Denoves</x:t>
   </x:si>
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
     <x:t>84170</x:t>
   </x:si>
   <x:si>
     <x:t>MONTEUX</x:t>
@@ -1091,63 +1091,63 @@
   <x:si>
     <x:t>Nexavim Academie</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Jeune 16-25 ans , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac techno sciences et technologies de laboratoire biochimie-biologie-biotechnologie</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2027 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>07/03/2026 00:00:00</x:t>
+    <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2029 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro laboratoire contrôle qualité</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Agricampus Hautes-Alpes </x:t>
   </x:si>
   <x:si>
     <x:t>LPA les Magnanarelles</x:t>
   </x:si>
   <x:si>
     <x:t>83460</x:t>
   </x:si>
   <x:si>
     <x:t>LES ARCS</x:t>
   </x:si>
   <x:si>
     <x:t>MFREO</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -4839,180 +4839,180 @@
         <x:v>59</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>591909</x:v>
+        <x:v>591905</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>591905</x:v>
+        <x:v>591904</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>591904</x:v>
+        <x:v>591909</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
@@ -5315,218 +5315,218 @@
         <x:v>589599</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>12067</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>591915</x:v>
+        <x:v>591913</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>12067</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="P67" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="P67" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>591913</x:v>
+        <x:v>591916</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>12067</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="Q68" s="16" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="R68" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="Q68" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>591916</x:v>
+        <x:v>591915</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>12067</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>591914</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
@@ -5535,51 +5535,51 @@
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>12067</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>591917</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
@@ -5875,536 +5875,536 @@
         <x:v>150</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>591949</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>591939</x:v>
+        <x:v>591936</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>591943</x:v>
+        <x:v>591950</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>591956</x:v>
+        <x:v>591953</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>591940</x:v>
+        <x:v>591955</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>591936</x:v>
+        <x:v>591959</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>591950</x:v>
+        <x:v>591940</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>591953</x:v>
+        <x:v>591939</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="Q84" s="16" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>207</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>591955</x:v>
+        <x:v>591943</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>591959</x:v>
+        <x:v>591956</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>591948</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>216</x:v>
@@ -7235,159 +7235,160 @@
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>556142</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H103" s="0" t="s">
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>596698</x:v>
+        <x:v>575964</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>47</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>575964</x:v>
+        <x:v>596698</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -7563,57 +7564,57 @@
       <x:c r="K108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>12010</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>602523</x:v>
+        <x:v>556141</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>35367</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
@@ -7623,57 +7624,57 @@
       <x:c r="K109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>12010</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>556141</x:v>
+        <x:v>602523</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>35367</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -7861,57 +7862,57 @@
       <x:c r="K113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>509933</x:v>
+        <x:v>454262</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>35494</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>249</x:v>
@@ -7922,57 +7923,57 @@
       <x:c r="K114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>454262</x:v>
+        <x:v>554925</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>35494</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
@@ -7982,57 +7983,57 @@
       <x:c r="K115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>554925</x:v>
+        <x:v>509933</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>35494</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -8265,54 +8266,54 @@
       <x:c r="I120" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>611635</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -8997,81 +8998,81 @@
       <x:c r="R132" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>508946</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>41832</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>11421</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>596032</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>41832</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
@@ -9114,78 +9115,78 @@
       <x:c r="T134" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>495201</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -9232,78 +9233,78 @@
       <x:c r="T136" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>600772</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -9412,78 +9413,78 @@
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>553743</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
@@ -9639,129 +9640,129 @@
       <x:c r="T143" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>554186</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>595685</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
@@ -9803,81 +9804,81 @@
       <x:c r="R146" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>541908</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>595684</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
@@ -10032,141 +10033,141 @@
       <x:c r="R150" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>623289</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38883</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>597560</x:v>
+        <x:v>597559</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>38883</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>597559</x:v>
+        <x:v>597560</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>38883</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
@@ -10193,268 +10194,268 @@
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>597561</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
-        <x:v>35335</x:v>
+        <x:v>41043</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="H154" s="14" t="s"/>
+      <x:c r="H154" s="14" t="s">
+        <x:v>311</x:v>
+      </x:c>
       <x:c r="I154" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>12065</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>499275</x:v>
+        <x:v>551825</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>35335</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>12065</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>497951</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
-        <x:v>41043</x:v>
+        <x:v>35335</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>313</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>12065</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>551825</x:v>
+        <x:v>499275</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>35335</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>12065</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>549462</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>41043</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
@@ -10497,78 +10498,78 @@
       <x:c r="T158" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>2705</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>12058</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>495196</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>38318</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -10615,137 +10616,137 @@
       <x:c r="T160" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>38884</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>12058</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>553742</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>38884</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>12058</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>600769</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38884</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
@@ -10866,51 +10867,51 @@
       <x:c r="J165" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>12058</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>597562</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
@@ -10941,298 +10942,298 @@
         <x:v>333</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>622627</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>594703</x:v>
+        <x:v>594701</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>594705</x:v>
+        <x:v>594703</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>594706</x:v>
+        <x:v>594705</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>594711</x:v>
+        <x:v>594706</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>594701</x:v>
+        <x:v>594711</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>230</x:v>
@@ -11423,134 +11424,134 @@
       <x:c r="R175" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>594707</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>594709</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>594710</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
@@ -11754,158 +11755,158 @@
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>445697</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
-        <x:v>38318</x:v>
+        <x:v>13874</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>12065</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>599712</x:v>
+        <x:v>497197</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
-        <x:v>13874</x:v>
+        <x:v>38318</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>12065</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>497197</x:v>
+        <x:v>551909</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>38318</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
         <x:v>325</x:v>
@@ -11919,54 +11920,54 @@
       <x:c r="K184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>12065</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>551909</x:v>
+        <x:v>599712</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38318</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
@@ -11979,178 +11980,178 @@
       <x:c r="K185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>12065</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>599711</x:v>
+        <x:v>551905</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
-        <x:v>38318</x:v>
+        <x:v>13874</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>12065</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>551905</x:v>
+        <x:v>497198</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
-        <x:v>13874</x:v>
+        <x:v>38318</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>12065</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>497198</x:v>
+        <x:v>599711</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>38318</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>