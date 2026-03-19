--- v0 (2026-01-30)
+++ v1 (2026-03-19)
@@ -266,71 +266,71 @@
   <x:si>
     <x:t>Master mention ingénierie de la santé parcours médicaments et produits de santé</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention ingénierie de la santé</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention ingénierie de la santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06103</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2025 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Master mention humanités médicales parcours Homme et vieillissement</x:t>
   </x:si>
   <x:si>
     <x:t>Biologie</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté de Médecine - Unité de Formation Continue en Santé</x:t>
   </x:si>
   <x:si>
     <x:t>13005</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention humanités médicales parcours approches éthiques, déontologiques et déontologiques en santé</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention humanités médicales parcours addictologie de la cellule au comportement humain</x:t>
   </x:si>
   <x:si>
     <x:t>master mention humanités médicales</x:t>
   </x:si>
   <x:si>
     <x:t>master mention chimie physique et analytique</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
@@ -353,65 +353,74 @@
   <x:si>
     <x:t>créateur - manager en parfumerie et cosmétique</x:t>
   </x:si>
   <x:si>
     <x:t>École supérieure du parfum et de la cosmétique</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>Cosmétique</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure du parfum et de la cosmétique</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2031 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>classe de 1re STL sciences et technologies de laboratoire</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Jean Moulin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biotechnologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRAGUIGNAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée A Briand</x:t>
   </x:si>
   <x:si>
     <x:t>05007</x:t>
   </x:si>
   <x:si>
-    <x:t>Biotechnologie</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée A Calmette</x:t>
   </x:si>
   <x:si>
     <x:t>06050</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée de Vaison-la-Romaine</x:t>
   </x:si>
   <x:si>
     <x:t>84110</x:t>
   </x:si>
   <x:si>
     <x:t>VAISON LA ROMAINE</x:t>
   </x:si>
   <x:si>
     <x:t>LPO M Gasquet</x:t>
   </x:si>
   <x:si>
     <x:t>13012</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
@@ -441,59 +450,50 @@
     <x:t>Lycée Polyvalent Montmajour</x:t>
   </x:si>
   <x:si>
     <x:t>13637</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A de Tocqueville</x:t>
   </x:si>
   <x:si>
     <x:t>06131</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>13691</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES CEDEX</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Pierre Mendès-France</x:t>
   </x:si>
   <x:si>
     <x:t>13741</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Notre-Dame</x:t>
   </x:si>
   <x:si>
     <x:t>83055</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LPO St-Vincent de Paul</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
@@ -1766,225 +1766,225 @@
       <x:c r="K12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>540578</x:v>
+        <x:v>591171</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>39433</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-        <x:v>60</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>591171</x:v>
+        <x:v>592093</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>39433</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>592093</x:v>
+        <x:v>592094</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>39433</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
+      <x:c r="H15" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>592094</x:v>
+        <x:v>540578</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -2149,54 +2149,54 @@
       <x:c r="I19" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>595452</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38709</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
@@ -2319,100 +2319,100 @@
       <x:c r="K22" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>591936</x:v>
+        <x:v>591946</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>591937</x:v>
+        <x:v>591936</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>103</x:v>
@@ -2421,304 +2421,304 @@
       <x:c r="K24" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>591938</x:v>
+        <x:v>591937</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>591939</x:v>
+        <x:v>591938</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>591940</x:v>
+        <x:v>591939</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>591941</x:v>
+        <x:v>591940</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>591942</x:v>
+        <x:v>591941</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>591943</x:v>
+        <x:v>591942</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>119</x:v>
@@ -2727,100 +2727,100 @@
       <x:c r="K30" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>591944</x:v>
+        <x:v>591943</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>591945</x:v>
+        <x:v>591944</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>125</x:v>
@@ -2829,51 +2829,51 @@
       <x:c r="K32" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>591946</x:v>
+        <x:v>591945</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>45</x:v>