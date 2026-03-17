--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -581,54 +581,54 @@
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité qualité, logistique industrielle et organisation parcours qualité et management intégré parcours qualité et pilotage des systèmes de management intégrés (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Génie industriel</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité qualité, logistique industrielle et organisation parcours qualité et management intégré (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité qualité, logistique industrielle et organisation parcours qualité et management intégré</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité qualité, logistique industrielle et organisation parcours management de la production de biens et de services (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité qualité, logistique industrielle et organisation parcours management de la production (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité qualité, logistique industrielle et organisation parcours management de la production</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité management de la logistique et des transports parcours mobilité et supply chain durables</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité management de la logistique et des transports parcours mobilité et supply chain connectées</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
@@ -3175,51 +3175,51 @@
       <x:c r="K36" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>603419</x:v>
+        <x:v>603421</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>35352</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
@@ -3235,51 +3235,51 @@
       <x:c r="K37" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>603421</x:v>
+        <x:v>603419</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>35352</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>164</x:v>
@@ -3302,51 +3302,51 @@
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>554901</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>35352</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -3596,51 +3596,51 @@
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>603417</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>35350</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>165</x:v>
@@ -3717,51 +3717,51 @@
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>603418</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>35350</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>165</x:v>
@@ -3778,51 +3778,51 @@
       <x:c r="M46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>554899</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>35350</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>69</x:v>
       </x:c>