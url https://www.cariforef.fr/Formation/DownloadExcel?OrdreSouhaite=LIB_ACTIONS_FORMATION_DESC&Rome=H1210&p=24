--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -437,62 +437,62 @@
   <x:si>
     <x:t>10/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention industries pharmaceutiques, cosmétologiques et de santé : gestion, production et valorisation parcours produits de santé et cosmétiques</x:t>
   </x:si>
   <x:si>
     <x:t>Formulation mélange</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention industries pharmaceutiques, cosmétologiques et de santé : gestion, production et valorisation parcours management des industries de la cosmétique et de la chimie fine</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention industries pharmaceutiques, cosmétologiques et de santé : gestion, production et valorisation</x:t>
   </x:si>
   <x:si>
+    <x:t>13385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 05</x:t>
+  </x:si>
+  <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
-    <x:t>13385</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Licence pro mention bio-industries et biotechnologies parcours sécurité, qualité et microbiologie en industries agroalimentaires</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention bio-industries et biotechnologies parcours biotechnologie, immunologie</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention bio-industries et biotechnologies</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences pour l'ingénieur parcours signaux Images télécommunications et réseaux</x:t>
   </x:si>
   <x:si>
     <x:t>Génie industriel</x:t>
@@ -776,98 +776,98 @@
   <x:si>
     <x:t>créateur - manager en parfumerie et cosmétique</x:t>
   </x:si>
   <x:si>
     <x:t>École supérieure du parfum et de la cosmétique</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>Cosmétique</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure du parfum et de la cosmétique</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2031 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>classe de 1re STL sciences et technologies de laboratoire</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée polyvalent Simone Veil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biotechnologie</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée A Briand</x:t>
   </x:si>
   <x:si>
     <x:t>05007</x:t>
   </x:si>
   <x:si>
-    <x:t>Biotechnologie</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée V Hugo</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Mélinée et Missak Manouchian</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Thierry Maulnier</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière Suzanne Lefort-Rouquette</x:t>
   </x:si>
   <x:si>
     <x:t>83070</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Janetti</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée polyvalent Simone Veil</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée A Calmette</x:t>
   </x:si>
   <x:si>
     <x:t>06050</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée de Vaison-la-Romaine</x:t>
   </x:si>
   <x:si>
     <x:t>84110</x:t>
   </x:si>
   <x:si>
     <x:t>VAISON LA ROMAINE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Ferry</x:t>
   </x:si>
   <x:si>
     <x:t>06414</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES CEDEX</x:t>
@@ -1058,57 +1058,57 @@
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie électrique et informatique industrielle parcours électricité et maîtrise de l'énergie</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
+    <x:t>NICE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UCA</x:t>
+  </x:si>
+  <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie chimique-génie des procédés parcours conception des procédés et innovation technologique</x:t>
   </x:si>
   <x:si>
     <x:t>Génie chimique</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie chimique - génie des procédés parcours conception des procédés et innovation technologique</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie biologique parcours sciences de l'environnement et écotechnologies (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie biologique parcours sciences de l'environnement et écotechnologies</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie biologique parcours diététique et nutrition</x:t>
   </x:si>
@@ -3085,51 +3085,51 @@
       <x:c r="K21" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>11511</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>592535</x:v>
+        <x:v>592536</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>40500</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
@@ -3142,51 +3142,51 @@
       <x:c r="K22" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>11511</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>592536</x:v>
+        <x:v>592535</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>40411</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -3649,54 +3649,54 @@
       <x:c r="I31" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>592030</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
@@ -3928,54 +3928,54 @@
       <x:c r="I36" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>606181</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>39690</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -4096,54 +4096,54 @@
       <x:c r="I39" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>592213</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>39690</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
@@ -5365,168 +5365,168 @@
       <x:c r="I61" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>592347</x:v>
+        <x:v>592346</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>592346</x:v>
+        <x:v>592349</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>592349</x:v>
+        <x:v>592347</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
@@ -5755,54 +5755,54 @@
       <x:c r="I68" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>592167</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
@@ -6207,54 +6207,54 @@
       <x:c r="I76" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>592022</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38979</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -6548,54 +6548,54 @@
       <x:c r="I82" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>592017</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -7397,54 +7397,54 @@
       <x:c r="I97" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>592043</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
@@ -7454,54 +7454,54 @@
       <x:c r="I98" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>592382</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -8017,54 +8017,54 @@
       <x:c r="I108" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>591909</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -8604,372 +8604,372 @@
         <x:v>232</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>597188</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>591936</x:v>
+        <x:v>591940</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="P120" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="P120" s="14" t="s">
+      <x:c r="Q120" s="16" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="R120" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="Q120" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>591950</x:v>
+        <x:v>591936</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>591953</x:v>
+        <x:v>591950</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>591955</x:v>
+        <x:v>591953</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="Q123" s="4" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="R123" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="Q123" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>591959</x:v>
+        <x:v>591955</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="Q124" s="16" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="R124" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="Q124" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>591940</x:v>
+        <x:v>591959</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>591937</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
@@ -8978,100 +8978,100 @@
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>591938</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>591941</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
@@ -9080,100 +9080,100 @@
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>591942</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>591954</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
@@ -9182,100 +9182,100 @@
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>591957</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>591958</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
@@ -9284,100 +9284,100 @@
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>591939</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>591943</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
@@ -9386,202 +9386,202 @@
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>591956</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>591948</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>591947</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>591952</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
@@ -9590,100 +9590,100 @@
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>591944</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>591946</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
@@ -9692,100 +9692,100 @@
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>591951</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>591960</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
@@ -9794,100 +9794,100 @@
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>591945</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>591949</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
@@ -10938,85 +10938,85 @@
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>587823</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>596769</x:v>
+        <x:v>596771</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
@@ -11052,85 +11052,85 @@
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>581539</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>596771</x:v>
+        <x:v>596769</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>35373</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -12366,114 +12366,114 @@
       <x:c r="K186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>550310</x:v>
+        <x:v>501478</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>604287</x:v>
+        <x:v>550310</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
@@ -12482,105 +12482,105 @@
       <x:c r="K188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>501478</x:v>
+        <x:v>604287</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>611635</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
@@ -13266,82 +13266,82 @@
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>508946</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>41832</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>11421</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>596032</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>41832</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
@@ -13413,114 +13413,114 @@
       <x:c r="K204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>495201</x:v>
+        <x:v>553743</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>553743</x:v>
+        <x:v>495201</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>39</x:v>
@@ -13732,79 +13732,79 @@
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>600772</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="Q210" s="16" t="s">
         <x:v>242</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>241</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>595685</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
@@ -13834,446 +13834,446 @@
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>541908</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>276</x:v>
-[...1 lines deleted...]
-      <x:c r="H212" s="14" t="s"/>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H212" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="I212" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>595684</x:v>
+        <x:v>509247</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>623288</x:v>
+        <x:v>585552</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>379</x:v>
-[...1 lines deleted...]
-      <x:c r="H214" s="14" t="s"/>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H214" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="I214" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>554186</x:v>
+        <x:v>623288</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>509247</x:v>
+        <x:v>554186</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>37</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>585552</x:v>
+        <x:v>595684</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H217" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>595686</x:v>
+        <x:v>623290</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>37</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>623290</x:v>
+        <x:v>595686</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
@@ -14460,178 +14460,178 @@
       <x:c r="K222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>602807</x:v>
+        <x:v>558858</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>558858</x:v>
+        <x:v>500987</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>500987</x:v>
+        <x:v>602807</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
@@ -14723,152 +14723,151 @@
       <x:c r="S226" s="14" t="n">
         <x:v>605688</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
-        <x:v>94</x:v>
-[...2 lines deleted...]
-        <x:v>95</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>550241</x:v>
+        <x:v>514128</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>392</x:v>
-[...1 lines deleted...]
-      <x:c r="H228" s="14" t="s"/>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H228" s="14" t="s">
+        <x:v>95</x:v>
+      </x:c>
       <x:c r="I228" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>514128</x:v>
+        <x:v>550241</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
@@ -15475,51 +15474,51 @@
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>597560</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
@@ -15529,108 +15528,108 @@
         <x:v>38883</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>597559</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>38883</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>597561</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">