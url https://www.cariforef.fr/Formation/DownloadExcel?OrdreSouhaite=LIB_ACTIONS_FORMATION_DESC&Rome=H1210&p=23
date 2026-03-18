--- v0 (2026-03-18)
+++ v1 (2026-03-18)
@@ -860,146 +860,146 @@
   <x:si>
     <x:t>84110</x:t>
   </x:si>
   <x:si>
     <x:t>VAISON LA ROMAINE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Ferry</x:t>
   </x:si>
   <x:si>
     <x:t>06414</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>13395</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 10</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Jean Moulin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRAGUIGNAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A de Tocqueville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Paul Langevin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13691</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARTIGUES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée P G de Gennes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE LES BAINS CEDEX 9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LT de chimie biologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-11e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Simone Veil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Polyvalent Montmajour</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A Briand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO M Gasquet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13012</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée M Curie</x:t>
   </x:si>
   <x:si>
     <x:t>13392</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Mélinée et Missak Manouchian</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Thierry Maulnier</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent René Char</x:t>
   </x:si>
   <x:si>
     <x:t>84033</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 03</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Jean Moulin</x:t>
-[...70 lines deleted...]
-  <x:si>
     <x:t>Lycée A Calmette</x:t>
   </x:si>
   <x:si>
     <x:t>06050</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>LPO St-Vincent de Paul</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée V Hugo</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Janetti</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
@@ -1325,72 +1325,72 @@
   <x:si>
     <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Conception et réalisation de systèmes automatiques</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Les Iscles</x:t>
   </x:si>
   <x:si>
     <x:t>BTS biotechnologie en recherche et en production</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant technique des industries aromatiques et cosmétiques (Appentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Association pour la Formation Continue des Entreprises Grassoises</x:t>
   </x:si>
   <x:si>
     <x:t>ASFO GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>Ingrédient arôme alimentaire</x:t>
   </x:si>
   <x:si>
+    <x:t>03/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2027 00:00:00</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>10/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
@@ -9089,613 +9089,613 @@
         <x:v>264</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>591942</x:v>
+        <x:v>591946</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="Q129" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="Q129" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>591953</x:v>
+        <x:v>591944</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>591954</x:v>
+        <x:v>591945</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>591946</x:v>
+        <x:v>591951</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>591944</x:v>
+        <x:v>591956</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>591945</x:v>
+        <x:v>591940</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="Q134" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="Q134" s="16" t="s">
+      <x:c r="R134" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="R134" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>591951</x:v>
+        <x:v>591943</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="I135" s="4" t="s">
         <x:v>283</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>284</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="Q135" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="Q135" s="4" t="s">
+      <x:c r="R135" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="R135" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>591956</x:v>
+        <x:v>591936</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="Q136" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="Q136" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>591940</x:v>
+        <x:v>591939</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>591943</x:v>
+        <x:v>591942</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="Q138" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="Q138" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>591936</x:v>
+        <x:v>591953</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="I139" s="4" t="s">
         <x:v>293</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>294</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="Q139" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="Q139" s="4" t="s">
+      <x:c r="R139" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="R139" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>591939</x:v>
+        <x:v>591954</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>296</x:v>
@@ -13379,78 +13379,78 @@
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>600772</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -13498,78 +13498,78 @@
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>553743</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -13617,78 +13617,78 @@
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>495201</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -13846,82 +13846,82 @@
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>509247</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>595684</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -14080,129 +14080,129 @@
       <x:c r="T215" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>554186</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>595685</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
@@ -14950,81 +14950,81 @@
       <x:c r="R230" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>594583</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>594582</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
@@ -15450,133 +15450,133 @@
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>591160</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>38883</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>597560</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>38883</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>597559</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>38883</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
@@ -15625,378 +15625,378 @@
       <x:c r="U242" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>544837</x:v>
+        <x:v>544836</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>544836</x:v>
+        <x:v>495252</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>495252</x:v>
+        <x:v>599068</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>599068</x:v>
+        <x:v>544837</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>495253</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>599067</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>