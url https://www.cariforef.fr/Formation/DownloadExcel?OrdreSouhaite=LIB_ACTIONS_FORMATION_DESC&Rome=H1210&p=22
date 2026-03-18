--- v0 (2026-03-18)
+++ v1 (2026-03-18)
@@ -362,65 +362,65 @@
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de l'industrie : conception et amélioration de processus et procédés industriels (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional CFAI Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CFAI PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Polyvalent Les Iscles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Polyvalent Les Iscles</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>licence pro mention métiers de l'industrie : conception et amélioration de processus et procédés industriels</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de la santé : nutrition, alimentation parcours coordination de projet nutrition (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Produit diététique</x:t>
   </x:si>
   <x:si>
     <x:t>Institut La Cadenelle</x:t>
@@ -437,60 +437,60 @@
   <x:si>
     <x:t>10/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention industries pharmaceutiques, cosmétologiques et de santé : gestion, production et valorisation parcours produits de santé et cosmétiques</x:t>
   </x:si>
   <x:si>
     <x:t>Formulation mélange</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention industries pharmaceutiques, cosmétologiques et de santé : gestion, production et valorisation parcours management des industries de la cosmétique et de la chimie fine</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention industries pharmaceutiques, cosmétologiques et de santé : gestion, production et valorisation</x:t>
   </x:si>
   <x:si>
+    <x:t>13385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 05</x:t>
+  </x:si>
+  <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>MARSEILLE CEDEX 05</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention bio-industries et biotechnologies parcours sécurité, qualité et microbiologie en industries agroalimentaires</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention bio-industries et biotechnologies parcours biotechnologie, immunologie</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention bio-industries et biotechnologies</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences pour l'ingénieur parcours signaux Images télécommunications et réseaux</x:t>
   </x:si>
@@ -2668,126 +2668,126 @@
       <x:c r="H14" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>31380</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>605780</x:v>
+        <x:v>605778</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>40815</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>31380</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>605778</x:v>
+        <x:v>605780</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>40815</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -3085,51 +3085,51 @@
       <x:c r="K21" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>11511</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>592535</x:v>
+        <x:v>592536</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>40500</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
@@ -3142,51 +3142,51 @@
       <x:c r="K22" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>11511</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>592536</x:v>
+        <x:v>592535</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>40411</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -3649,54 +3649,54 @@
       <x:c r="I31" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>592030</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
@@ -3928,54 +3928,54 @@
       <x:c r="I36" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>606181</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>39690</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -4096,54 +4096,54 @@
       <x:c r="I39" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>592213</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>39690</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
@@ -5476,54 +5476,54 @@
       <x:c r="I63" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>592349</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
@@ -5755,54 +5755,54 @@
       <x:c r="I68" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>592167</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
@@ -6207,54 +6207,54 @@
       <x:c r="I76" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>592022</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38979</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -6548,54 +6548,54 @@
       <x:c r="I82" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>592017</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -6631,196 +6631,196 @@
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>592020</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>592015</x:v>
+        <x:v>592019</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>592018</x:v>
+        <x:v>592015</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>592019</x:v>
+        <x:v>592018</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38977</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -7397,54 +7397,54 @@
       <x:c r="I97" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>592043</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
@@ -7454,54 +7454,54 @@
       <x:c r="I98" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>592382</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -8017,54 +8017,54 @@
       <x:c r="I108" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>591909</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -9089,51 +9089,51 @@
         <x:v>261</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>591942</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>263</x:v>
@@ -12366,114 +12366,114 @@
       <x:c r="K186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>550310</x:v>
+        <x:v>501478</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>604287</x:v>
+        <x:v>550310</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
@@ -12482,57 +12482,57 @@
       <x:c r="K188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>501478</x:v>
+        <x:v>604287</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
@@ -12857,152 +12857,151 @@
       <x:c r="S194" s="14" t="n">
         <x:v>549869</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>36772</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>361</x:v>
-[...2 lines deleted...]
-        <x:v>315</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>12003</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>605835</x:v>
+        <x:v>501477</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>36772</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>351</x:v>
-[...1 lines deleted...]
-      <x:c r="H196" s="14" t="s"/>
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="H196" s="14" t="s">
+        <x:v>315</x:v>
+      </x:c>
       <x:c r="I196" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>12003</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>501477</x:v>
+        <x:v>605835</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>36772</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -13414,176 +13413,175 @@
       <x:c r="K204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>495201</x:v>
+        <x:v>553743</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>604334</x:v>
+        <x:v>495201</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>379</x:v>
-[...1 lines deleted...]
-      <x:c r="H206" s="14" t="s"/>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H206" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="I206" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>553743</x:v>
+        <x:v>604334</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -13618,151 +13616,150 @@
         <x:v>515643</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>379</x:v>
-[...1 lines deleted...]
-      <x:c r="H208" s="14" t="s"/>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H208" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="I208" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>600772</x:v>
+        <x:v>547716</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>547716</x:v>
+        <x:v>600772</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
@@ -14333,57 +14330,57 @@
         <x:v>385</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="Q220" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="Q220" s="16" t="s">
+      <x:c r="R220" s="14" t="s">
         <x:v>99</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>547557</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -14514,57 +14511,57 @@
       <x:c r="H223" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="Q223" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="Q223" s="4" t="s">
+      <x:c r="R223" s="0" t="s">
         <x:v>99</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>500987</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -14608,146 +14605,145 @@
       <x:c r="S224" s="14" t="n">
         <x:v>602807</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
-        <x:v>94</x:v>
-[...2 lines deleted...]
-        <x:v>95</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="Q225" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="Q225" s="4" t="s">
+      <x:c r="R225" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="R225" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>605688</x:v>
+        <x:v>605939</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>385</x:v>
-[...1 lines deleted...]
-      <x:c r="H226" s="14" t="s"/>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H226" s="14" t="s">
+        <x:v>95</x:v>
+      </x:c>
       <x:c r="I226" s="16" t="s">
-        <x:v>386</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="Q226" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="Q226" s="16" t="s">
+      <x:c r="R226" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="R226" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>605939</x:v>
+        <x:v>605688</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
@@ -14812,114 +14808,114 @@
       <x:c r="H228" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="Q228" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="Q228" s="16" t="s">
+      <x:c r="R228" s="14" t="s">
         <x:v>99</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>550241</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="Q229" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="Q229" s="4" t="s">
+      <x:c r="R229" s="0" t="s">
         <x:v>99</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>494784</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
@@ -15097,51 +15093,51 @@
       <x:c r="J233" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>591160</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
@@ -15238,78 +15234,78 @@
       <x:c r="T235" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="R236" s="14" t="s">
         <x:v>99</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>594584</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
@@ -15376,51 +15372,51 @@
       <x:c r="J238" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>543666</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
@@ -15430,51 +15426,51 @@
       <x:c r="J239" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>493638</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>38883</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
@@ -15541,51 +15537,51 @@
       <x:c r="J241" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>597559</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>38883</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">