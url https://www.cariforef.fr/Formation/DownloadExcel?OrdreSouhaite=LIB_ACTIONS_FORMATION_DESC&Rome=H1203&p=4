--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -206,74 +206,74 @@
   <x:si>
     <x:t>44200</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>Dessin construction mécanique</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
+    <x:t>01/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dawan - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/19/2026 00:00:00</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SolidWorks - assemblages mécaniques</x:t>
   </x:si>
   <x:si>
     <x:t>Vivaneo</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Solidworks</x:t>
   </x:si>
   <x:si>
     <x:t>VALBONNE</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE</x:t>
@@ -557,68 +557,68 @@
   <x:si>
     <x:t>DAO</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Marseille|Dawan - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation en contrat de pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CQP dessinateur d'études industrielles (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dessin construction</x:t>
+  </x:si>
+  <x:si>
     <x:t>CQP dessinateur d'études industrielles</x:t>
   </x:si>
   <x:si>
-    <x:t>Bac</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>CQP concepteur modélisateur numérique de produits ou de systèmes mécaniques (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Modèle simulation</x:t>
   </x:si>
   <x:si>
     <x:t>CQP concepteur modélisateur numérique de produits ou de systèmes mécaniques</x:t>
   </x:si>
   <x:si>
     <x:t>Cotation niveau 2</x:t>
   </x:si>
   <x:si>
     <x:t>Dessin industriel</x:t>
   </x:si>
   <x:si>
     <x:t>Cotation niveau 1</x:t>
   </x:si>
   <x:si>
     <x:t>Concevoir des projets techniques avec des outils et logiciels de CAO 3D REVIT pour l'architecture</x:t>
   </x:si>
   <x:si>
     <x:t>Femme , Profession libérale , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Revit</x:t>
@@ -821,80 +821,80 @@
   <x:si>
     <x:t>Lycée polyvalent Denis Diderot</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>BTS CRCI - Conception et réalisation en chaudronnerie industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>Chaudronnerie</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>BTS CPRP - Conception des Processus de Réalisation de Produits - Option B Production sérielle</x:t>
   </x:si>
   <x:si>
+    <x:t>Greta-Cfa Provence</x:t>
+  </x:si>
+  <x:si>
     <x:t>Gestion production</x:t>
   </x:si>
   <x:si>
-    <x:t>Greta-Cfa Provence</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>BTS CPI - Conception des Produits Industriels</x:t>
   </x:si>
   <x:si>
     <x:t>BTS conception et réalisation en chaudronnerie industrielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Argensol</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Régional Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>BTS conception et réalisation en chaudronnerie industrielle</x:t>
@@ -980,102 +980,102 @@
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière Suzanne Lefort-Rouquette</x:t>
   </x:si>
   <x:si>
     <x:t>83070</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>BTS conception des processus de réalisation de produits option B : production sérielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
+    <x:t>BTS architectures en métal : conception et réalisation (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Construction métallique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Porfessionnel Jean Lurçat</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS conception des processus de réalisation de produits option B : production sérielle</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Jean-Henri Fabre</x:t>
   </x:si>
   <x:si>
     <x:t>84208</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>13691</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>BTS conception des processus de réalisation de produits option A : production unitaire (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Rouvière</x:t>
   </x:si>
   <x:si>
     <x:t>83100</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS conception des processus de réalisation de produits option A : production unitaire</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Architectures en métal: conception et réalisation</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Lycée Porfessionnel Jean Lurçat</x:t>
   </x:si>
   <x:si>
     <x:t>BTS architectures en métal : conception et réalisation</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Jean Lurçat</x:t>
   </x:si>
   <x:si>
     <x:t>13693</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro modélisation et prototypage 3D</x:t>
   </x:si>
   <x:si>
     <x:t>LP les Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>FAO</x:t>
   </x:si>
   <x:si>
     <x:t>LP le Rocher</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
@@ -1780,121 +1780,121 @@
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C4" s="15" t="s"/>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I4" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s"/>
       <x:c r="K4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>70402</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>533755</x:v>
+        <x:v>533759</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>70402</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>533759</x:v>
+        <x:v>533755</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>37317</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
@@ -1907,51 +1907,51 @@
       <x:c r="K6" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>23692</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>577540</x:v>
+        <x:v>582142</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>37317</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -1961,168 +1961,168 @@
       <x:c r="K7" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>23692</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>582142</x:v>
+        <x:v>538048</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>37317</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>23692</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>538048</x:v>
+        <x:v>577541</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>37317</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>23692</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="Q9" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="Q9" s="4" t="s">
+      <x:c r="R9" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="R9" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>577541</x:v>
+        <x:v>538049</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>37317</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -2159,81 +2159,81 @@
       <x:c r="U10" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>37317</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>23692</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="S11" s="0" t="n">
+        <x:v>577540</x:v>
+      </x:c>
+      <x:c r="T11" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="U11" s="4" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
@@ -2564,51 +2564,51 @@
         <x:v>85</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>71111</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>600728</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>29798</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -3609,124 +3609,124 @@
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>71115</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>533690</x:v>
+        <x:v>533696</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>71115</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>533696</x:v>
+        <x:v>533690</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
@@ -4005,100 +4005,100 @@
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>586977</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>586972</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
@@ -4107,100 +4107,100 @@
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>586974</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>586980</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
@@ -4209,100 +4209,100 @@
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>586970</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>586971</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
@@ -4311,100 +4311,100 @@
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>586979</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>586968</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
@@ -4413,451 +4413,451 @@
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>586967</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>586976</x:v>
+        <x:v>586969</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>586969</x:v>
+        <x:v>586975</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>586975</x:v>
+        <x:v>586976</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>22398</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>534122</x:v>
+        <x:v>534117</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>22398</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>534115</x:v>
+        <x:v>534122</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>22398</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>534119</x:v>
+        <x:v>534115</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>22398</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>534117</x:v>
+        <x:v>534119</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38620</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -5281,100 +5281,100 @@
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>586927</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>586930</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
@@ -5383,100 +5383,100 @@
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>586928</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>586929</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>39848</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
@@ -5747,335 +5747,335 @@
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>602546</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>35466</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="H77" s="0" t="s">
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>596733</x:v>
+        <x:v>575969</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>35466</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>596734</x:v>
+        <x:v>596733</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>35466</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>97</x:v>
-[...2 lines deleted...]
-        <x:v>98</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>575969</x:v>
+        <x:v>596734</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>556139</x:v>
+        <x:v>509934</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>509934</x:v>
+        <x:v>556139</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>193</x:v>
@@ -7029,51 +7029,51 @@
       <x:c r="M98" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>22411</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>513337</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>37495</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -7268,51 +7268,51 @@
       <x:c r="M102" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>22411</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>515637</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>37495</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -7487,339 +7487,340 @@
       <x:c r="K106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>572450</x:v>
+        <x:v>588517</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>588517</x:v>
+        <x:v>572449</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>247</x:v>
-[...1 lines deleted...]
-      <x:c r="H108" s="14" t="s"/>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H108" s="14" t="s">
+        <x:v>72</x:v>
+      </x:c>
       <x:c r="I108" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>572449</x:v>
+        <x:v>509245</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>71</x:v>
-[...2 lines deleted...]
-        <x:v>72</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>509245</x:v>
+        <x:v>543658</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="U109" s="4" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>247</x:v>
-[...1 lines deleted...]
-      <x:c r="H110" s="14" t="s"/>
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="H110" s="14" t="s">
+        <x:v>254</x:v>
+      </x:c>
       <x:c r="I110" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>543658</x:v>
+        <x:v>620185</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>620185</x:v>
+        <x:v>572447</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
@@ -7828,380 +7829,377 @@
       <x:c r="K112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>572447</x:v>
+        <x:v>572446</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>493605</x:v>
+        <x:v>572450</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="U113" s="4" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>71</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>572446</x:v>
+        <x:v>493605</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
-        <x:v>71</x:v>
-[...2 lines deleted...]
-        <x:v>72</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="P115" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="P115" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>509244</x:v>
+        <x:v>581443</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>259</x:v>
-[...1 lines deleted...]
-      <x:c r="H116" s="14" t="s"/>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H116" s="14" t="s">
+        <x:v>72</x:v>
+      </x:c>
       <x:c r="I116" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>491056</x:v>
+        <x:v>509244</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="P117" s="0" t="s">
         <x:v>258</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>259</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>581443</x:v>
+        <x:v>491056</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="P118" s="14" t="s">
         <x:v>258</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>259</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>540864</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
@@ -8211,51 +8209,51 @@
       <x:c r="G119" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>541905</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
@@ -8270,120 +8268,120 @@
       <x:c r="G120" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>597742</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="P121" s="0" t="s">
         <x:v>258</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>259</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>491843</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
@@ -8398,51 +8396,51 @@
       <x:c r="L122" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>509255</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -8690,51 +8688,51 @@
       <x:c r="L127" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>494824</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>89</x:v>
@@ -8870,54 +8868,54 @@
       <x:c r="L130" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>547817</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
@@ -9112,51 +9110,51 @@
       <x:c r="L134" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>515634</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
@@ -9335,54 +9333,54 @@
       <x:c r="I138" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="R138" s="14" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>500985</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -9426,386 +9424,387 @@
         <x:v>602801</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>547694</x:v>
+        <x:v>550239</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H141" s="0" t="s">
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>552110</x:v>
+        <x:v>547694</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>276</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>602802</x:v>
+        <x:v>552110</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>550240</x:v>
+        <x:v>602802</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>604341</x:v>
+        <x:v>550240</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>605686</x:v>
+        <x:v>604341</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>88</x:v>
@@ -9813,60 +9812,60 @@
       <x:c r="H146" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>605687</x:v>
+        <x:v>605686</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
@@ -9882,116 +9881,118 @@
       <x:c r="K147" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>500986</x:v>
+        <x:v>605687</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>285</x:v>
-[...1 lines deleted...]
-      <x:c r="H148" s="14" t="s"/>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H148" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
       <x:c r="I148" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>514127</x:v>
+        <x:v>500986</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -10004,51 +10005,51 @@
       <x:c r="L149" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>515631</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>277</x:v>
@@ -10086,93 +10087,90 @@
       <x:c r="S150" s="14" t="n">
         <x:v>558857</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>88</x:v>
-[...2 lines deleted...]
-        <x:v>89</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="S151" s="0" t="n">
+        <x:v>514127</x:v>
+      </x:c>
+      <x:c r="T151" s="4" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="U151" s="4" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -10369,73 +10367,73 @@
         <x:v>594087</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>602255</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
@@ -10451,1662 +10449,1663 @@
       <x:c r="G157" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>515633</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="R158" s="14" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>614742</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H159" s="0" t="s">
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>493128</x:v>
+        <x:v>602213</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>88</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>500984</x:v>
+        <x:v>493128</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>605767</x:v>
+        <x:v>500984</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>550238</x:v>
+        <x:v>605767</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>547693</x:v>
+        <x:v>550238</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
-        <x:v>37464</x:v>
+        <x:v>38218</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>71</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
-        <x:v>31652</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>602213</x:v>
+        <x:v>515736</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H165" s="0" t="s">
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>547770</x:v>
+        <x:v>547693</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
-        <x:v>108</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
-      <x:c r="E166" s="14" t="s"/>
+      <x:c r="E166" s="14" t="s">
+        <x:v>70</x:v>
+      </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>595861</x:v>
+        <x:v>547770</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>595859</x:v>
+        <x:v>595861</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>595862</x:v>
+        <x:v>595859</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>595858</x:v>
+        <x:v>595862</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>595860</x:v>
+        <x:v>595858</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
-      <x:c r="E171" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>88</x:v>
-[...2 lines deleted...]
-        <x:v>89</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>605764</x:v>
+        <x:v>595860</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>500982</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>605763</x:v>
+        <x:v>605764</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>550301</x:v>
+        <x:v>605763</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>500983</x:v>
+        <x:v>550301</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>550237</x:v>
+        <x:v>500983</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
+      <x:c r="E177" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H177" s="0" t="s">
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>595870</x:v>
+        <x:v>550237</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
-        <x:v>38218</x:v>
+        <x:v>37464</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>31652</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>581444</x:v>
+        <x:v>595870</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>38218</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>540902</x:v>
+        <x:v>581444</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>38218</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>511581</x:v>
+        <x:v>540902</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38218</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
-      <x:c r="E181" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G181" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>547764</x:v>
+        <x:v>511581</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38218</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>604364</x:v>
+        <x:v>547764</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>38218</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>515736</x:v>
+        <x:v>604364</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>38218</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>593230</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>36191</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>31622</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
@@ -12119,51 +12118,51 @@
       <x:c r="U185" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>36191</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>31622</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
@@ -12173,162 +12172,162 @@
       <x:c r="T186" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>36191</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>31622</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>596504</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>36191</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>31622</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>596505</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>36191</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>31622</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
@@ -12341,51 +12340,51 @@
       <x:c r="U189" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>36191</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>31622</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
@@ -12395,51 +12394,51 @@
       <x:c r="T190" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>36191</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>31622</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>329</x:v>
       </x:c>