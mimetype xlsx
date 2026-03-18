--- v0 (2026-03-18)
+++ v1 (2026-03-18)
@@ -584,89 +584,89 @@
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional CFAI Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CFAI PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Les Iscles</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCIV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Montfavet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTFAVET</x:t>
+  </x:si>
+  <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Jean Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Général et Technologique Antonin Artaud</x:t>
   </x:si>
   <x:si>
-    <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Régional de la Bourse du Travail - CFA Régional de la Bourse du Travail</x:t>
   </x:si>
   <x:si>
     <x:t>CFBT</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Général et Tecnologique Marie-Madeleine Fourcade</x:t>
@@ -788,86 +788,86 @@
   <x:si>
     <x:t>07/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Electrotechnique ( à partir de la rentrée 2025)</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS électrotechnique</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée polyvalent Alphonse Benoît</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L ISLE SUR LA SORGUE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A Artaud</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP P Latécoère</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière Suzanne Lefort-Rouquette</x:t>
   </x:si>
   <x:si>
     <x:t>83070</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P de Girard</x:t>
   </x:si>
   <x:si>
     <x:t>84082</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 2</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée polyvalent Alphonse Benoît</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>LPO Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>13395</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 10</x:t>
   </x:si>
   <x:si>
     <x:t>LPO La Salle</x:t>
   </x:si>
   <x:si>
     <x:t>84008</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
@@ -1148,60 +1148,60 @@
   <x:si>
     <x:t>83190</x:t>
   </x:si>
   <x:si>
     <x:t>OLLIOULES</x:t>
   </x:si>
   <x:si>
     <x:t>Nice Sophia Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
     <x:t>83408</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>BTS cybersécurité, informatique et réseaux, électronique option A informatique et réseaux (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
+    <x:t>07/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Inatec</x:t>
   </x:si>
   <x:si>
     <x:t>PARIS</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2028 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>07/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS CIEL - Cybersécurité, informatique et réseaux, électronique - Option B Electronique et réseaux (CIEL ER)</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS CIEL - Cybersécurité, informatique et réseaux, électronique - Option A informatique et réseaux (CIEL IR)</x:t>
   </x:si>
   <x:si>
     <x:t>LE THOLONET</x:t>
   </x:si>
   <x:si>
     <x:t>09/19/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/29/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
@@ -4193,268 +4193,268 @@
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="Q44" s="16" t="s">
         <x:v>174</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>515635</x:v>
+        <x:v>602811</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="Q45" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="Q45" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>515636</x:v>
+        <x:v>515635</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>550259</x:v>
+        <x:v>515636</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>602811</x:v>
+        <x:v>550259</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>167</x:v>
@@ -4608,84 +4608,84 @@
       <x:c r="S50" s="14" t="n">
         <x:v>558733</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>558856</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -4908,78 +4908,78 @@
         <x:v>612718</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>602215</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
@@ -5126,51 +5126,51 @@
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>498691</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>167</x:v>
@@ -5550,51 +5550,51 @@
       <x:c r="M66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>500991</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
@@ -5723,54 +5723,54 @@
       <x:c r="L69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>494811</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
@@ -5845,51 +5845,51 @@
       <x:c r="M71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>502524</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
@@ -5922,84 +5922,84 @@
       <x:c r="S72" s="14" t="n">
         <x:v>514131</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>547697</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -6083,51 +6083,51 @@
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>500993</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>167</x:v>
@@ -6144,51 +6144,51 @@
       <x:c r="M76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>500994</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
@@ -6204,51 +6204,51 @@
       <x:c r="M77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>507323</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
@@ -6379,51 +6379,51 @@
       <x:c r="M80" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>556501</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -6439,51 +6439,51 @@
       <x:c r="M81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>498690</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>154</x:v>
@@ -6616,96 +6616,96 @@
       <x:c r="M84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>493129</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>556722</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
@@ -6816,144 +6816,144 @@
         <x:v>559072</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>602810</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>602214</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -6979,51 +6979,51 @@
       <x:c r="M90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>500990</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
@@ -7224,140 +7224,140 @@
       <x:c r="R94" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>620184</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>587891</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>587894</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
@@ -7453,81 +7453,81 @@
       <x:c r="R98" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>587898</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>587893</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
@@ -7789,84 +7789,84 @@
       <x:c r="R104" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>587890</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>587892</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
@@ -7966,303 +7966,303 @@
       <x:c r="T107" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>594146</x:v>
+        <x:v>594145</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>594152</x:v>
+        <x:v>594149</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>594155</x:v>
+        <x:v>594146</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="Q111" s="4" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="R111" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="Q111" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>594145</x:v>
+        <x:v>594152</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="Q112" s="16" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="R112" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="Q112" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>594149</x:v>
+        <x:v>594155</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
@@ -8691,84 +8691,84 @@
       <x:c r="R120" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>556585</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>541903</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
@@ -8861,93 +8861,93 @@
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>551763</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>509241</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
@@ -9011,54 +9011,54 @@
       <x:c r="L126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>587888</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
@@ -9085,254 +9085,254 @@
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>550631</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>509242</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>585529</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>585530</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>548627</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
@@ -9354,54 +9354,54 @@
       <x:c r="L132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>493595</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
@@ -9597,147 +9597,147 @@
       <x:c r="R136" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>543637</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>582019</x:v>
+        <x:v>489415</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>489415</x:v>
+        <x:v>582019</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
@@ -9804,51 +9804,51 @@
       <x:c r="M140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>494731</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
@@ -9864,51 +9864,51 @@
       <x:c r="M141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>501067</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>154</x:v>
@@ -9925,51 +9925,51 @@
       <x:c r="M142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>509351</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
@@ -10106,51 +10106,51 @@
       <x:c r="M145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>556774</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>154</x:v>
@@ -10362,82 +10362,82 @@
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>605691</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>596909</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
@@ -10861,81 +10861,81 @@
       <x:c r="R158" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>596920</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>596912</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
@@ -10972,81 +10972,81 @@
       <x:c r="R160" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>596913</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>596915</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -11072,51 +11072,51 @@
       <x:c r="M162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>509343</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -11311,51 +11311,51 @@
       <x:c r="M166" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>511023</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -11503,84 +11503,84 @@
         <x:v>611248</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>614573</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -11951,54 +11951,54 @@
       <x:c r="L177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>507189</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
@@ -12089,54 +12089,54 @@
         <x:v>558736</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
@@ -12176,57 +12176,57 @@
       <x:c r="H181" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>614369</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -12363,54 +12363,54 @@
       <x:c r="L184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>507188</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -12420,54 +12420,54 @@
       <x:c r="L185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>502395</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
@@ -12479,78 +12479,78 @@
       <x:c r="L186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>502396</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -12655,54 +12655,54 @@
       <x:c r="L189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>507187</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>161</x:v>
@@ -12795,54 +12795,54 @@
         <x:v>549730</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
@@ -12916,54 +12916,54 @@
         <x:v>555737</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
@@ -13018,51 +13018,51 @@
       <x:c r="M195" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>556772</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
@@ -13077,51 +13077,51 @@
       <x:c r="M196" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>493125</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
@@ -13137,51 +13137,51 @@
       <x:c r="M197" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>501068</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>334</x:v>
@@ -13316,51 +13316,51 @@
       <x:c r="M200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>504717</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
@@ -14108,138 +14108,138 @@
       <x:c r="R214" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>537199</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>596902</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>596904</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
@@ -14363,114 +14363,114 @@
       <x:c r="K219" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>544708</x:v>
+        <x:v>497023</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>618895</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -14531,57 +14531,57 @@
       <x:c r="K222" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>497023</x:v>
+        <x:v>544708</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>362</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
@@ -14719,81 +14719,81 @@
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>611967</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>35341</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>515282</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>35341</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
@@ -14815,51 +14815,51 @@
       <x:c r="M227" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>489482</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>35341</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
@@ -14889,81 +14889,81 @@
       <x:c r="R228" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>554787</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>35341</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>571299</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>35341</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
@@ -15044,54 +15044,54 @@
       <x:c r="L231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>507655</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>35341</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -15119,84 +15119,84 @@
       <x:c r="R232" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>550627</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>35341</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>613005</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>