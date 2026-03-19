--- v0 (2026-03-19)
+++ v1 (2026-03-19)
@@ -1004,77 +1004,77 @@
   <x:si>
     <x:t>83700</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
     <x:t>Cours Commerciaux Clovis Hugues</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Raynouard</x:t>
   </x:si>
   <x:si>
     <x:t>83170</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Centre d'Etudes Européen Méditérranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEEME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 2e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cours Commerciaux Clovis Hugues - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/26/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/16/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Anne-Sophie Pic</x:t>
   </x:si>
   <x:si>
-    <x:t>06/16/2028 00:00:00</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Keyce International Academy - Collège de Paris</x:t>
   </x:si>
   <x:si>
     <x:t>34470</x:t>
   </x:si>
   <x:si>
     <x:t>Keyce International Academy - Collège de Paris - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
     <x:t>Elysées Marbeuf Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
@@ -1169,69 +1169,69 @@
   <x:si>
     <x:t>LPO La Cadenelle</x:t>
   </x:si>
   <x:si>
     <x:t>13012</x:t>
   </x:si>
   <x:si>
     <x:t>Centre National d'Enseignement à Distance</x:t>
   </x:si>
   <x:si>
     <x:t>CNED</x:t>
   </x:si>
   <x:si>
     <x:t>86360</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>CHASSENEUIL-DU-POITOU</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Ste- Marie de Chavagnes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collège Sainte-Marie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans , Jeune 16-25 ans , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>GASSIN</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>École Tunon - Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée T Aubanel</x:t>
   </x:si>
   <x:si>
     <x:t>84025</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>09/19/2024 00:00:00</x:t>
   </x:si>
@@ -9242,327 +9242,323 @@
       <x:c r="S126" s="14" t="n">
         <x:v>600165</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>556215</x:v>
+        <x:v>553021</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>556264</x:v>
+        <x:v>608395</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>238</x:v>
-[...2 lines deleted...]
-        <x:v>239</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>515228</x:v>
+        <x:v>611254</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>154</x:v>
-[...1 lines deleted...]
-      <x:c r="H130" s="14" t="s"/>
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="H130" s="14" t="s">
+        <x:v>292</x:v>
+      </x:c>
       <x:c r="I130" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>497037</x:v>
+        <x:v>602742</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>238</x:v>
-[...2 lines deleted...]
-        <x:v>239</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>545175</x:v>
+        <x:v>554544</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
@@ -9580,154 +9576,154 @@
       <x:c r="M132" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>607867</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>598909</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>511101</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
@@ -9743,362 +9739,365 @@
       <x:c r="H135" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>607808</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>291</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>602742</x:v>
+        <x:v>497037</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="H137" s="0" t="s">
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>554544</x:v>
+        <x:v>545175</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>553021</x:v>
+        <x:v>556215</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>608395</x:v>
+        <x:v>556264</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>271</x:v>
-[...1 lines deleted...]
-      <x:c r="H140" s="14" t="s"/>
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="H140" s="14" t="s">
+        <x:v>239</x:v>
+      </x:c>
       <x:c r="I140" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>611254</x:v>
+        <x:v>515228</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -11705,75 +11704,75 @@
       <x:c r="R168" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>594996</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>595001</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
@@ -12554,429 +12553,428 @@
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>608567</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>200</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>509783</x:v>
+        <x:v>597602</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>367</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>597602</x:v>
+        <x:v>595008</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
-        <x:v>74</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H186" s="14" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="I186" s="16" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="J186" s="14" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="K186" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="H186" s="14" t="s"/>
-[...8 lines deleted...]
-      </x:c>
       <x:c r="L186" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="Q186" s="16" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="R186" s="14" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="S186" s="14" t="n">
+        <x:v>543836</x:v>
+      </x:c>
+      <x:c r="T186" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="Q186" s="16" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>56</x:v>
-[...2 lines deleted...]
-        <x:v>57</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>543836</x:v>
+        <x:v>518906</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>518906</x:v>
+        <x:v>572352</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>572352</x:v>
+        <x:v>589716</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>261</x:v>
-[...1 lines deleted...]
-      <x:c r="H190" s="14" t="s"/>
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="H190" s="14" t="s">
+        <x:v>201</x:v>
+      </x:c>
       <x:c r="I190" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>589716</x:v>
+        <x:v>509783</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -14116,51 +14114,51 @@
       <x:c r="J211" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>565239</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>345</x:v>
       </x:c>