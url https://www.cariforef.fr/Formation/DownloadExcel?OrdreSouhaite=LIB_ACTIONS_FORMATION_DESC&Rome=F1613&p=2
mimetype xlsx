--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -383,57 +383,57 @@
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Plâtrerie</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Var</x:t>
   </x:si>
   <x:si>
     <x:t>83078</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP étancheur du bâtiment et des travaux publics (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>Étanchéité</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique - UFA Jacques Raynaud</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
@@ -1845,57 +1845,57 @@
       <x:c r="K15" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>22412</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>604011</x:v>
+        <x:v>548342</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="U15" s="4" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>37918</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
@@ -1904,54 +1904,54 @@
       <x:c r="K16" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>22412</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>548342</x:v>
+        <x:v>604011</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>37892</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
@@ -1970,51 +1970,51 @@
       <x:c r="M17" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>22421</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>556838</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>37892</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>110</x:v>
@@ -2031,51 +2031,51 @@
       <x:c r="M18" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>22421</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>509153</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>37892</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
@@ -2088,51 +2088,51 @@
       <x:c r="L19" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>22421</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>609529</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>37892</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>109</x:v>
@@ -2149,54 +2149,54 @@
       <x:c r="L20" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>22421</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>609528</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>37892</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
@@ -2212,51 +2212,51 @@
       <x:c r="M21" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>22421</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>556839</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38300</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>110</x:v>
@@ -2270,51 +2270,51 @@
       <x:c r="L22" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>22421</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>609526</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38300</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
@@ -2333,51 +2333,51 @@
       <x:c r="M23" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>22421</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>509147</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38300</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>110</x:v>
@@ -2448,57 +2448,57 @@
       <x:c r="K25" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>22421</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>609525</x:v>
+        <x:v>556836</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="U25" s="4" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>38300</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>110</x:v>
@@ -2509,54 +2509,54 @@
       <x:c r="K26" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>22421</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>556836</x:v>
+        <x:v>609525</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>72</x:v>