--- v0 (2026-02-01)
+++ v1 (2026-02-01)
@@ -614,98 +614,98 @@
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Avignon Florentin Mouret</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Gap</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
+    <x:t>Greta-Cfa Alpes Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée des Métiers Louis Martin Bret</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Vaucluse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collège Henri Boudon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOLLENE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Btp Cfa Provence Alpes Côte d'Azur - Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Btp Cfa Provence Alpes Côte d'Azur - Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Centre Régional de la Bourse du Travail - CFA Régional de la Bourse du Travail</x:t>
   </x:si>
   <x:si>
     <x:t>CFBT</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Greta-Cfa Alpes Provence</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>Cma Formation Avignon - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>Association de Formation pour la Coopération et la Promotion Professionnelle Méditerranéenne</x:t>
   </x:si>
   <x:si>
     <x:t>ACPM</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fondation Don Bosco Marseille - Lycée Professionnel Privé et Lycée Technologique Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Digne les Bains</x:t>
@@ -1001,81 +1001,81 @@
   <x:si>
     <x:t>LP Ch Privat</x:t>
   </x:si>
   <x:si>
     <x:t>13632</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP École libre des métiers</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ecole libre des métiers</x:t>
   </x:si>
   <x:si>
     <x:t>LP L Blériot</x:t>
   </x:si>
   <x:si>
     <x:t>13700</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
+    <x:t>École de production Je fabrique mon avenir- site de La Seyne sur Mer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École de production Je fabrique mon avenir</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>LPO La Salle</x:t>
   </x:si>
   <x:si>
     <x:t>84008</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Janetti</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Electricien</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BP électricien (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>[Revit] Electricité - FBIM - 5 jours</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Tm - Fbim</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
@@ -4342,385 +4342,385 @@
         <x:v>604230</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>498716</x:v>
+        <x:v>556738</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>146</x:v>
-[...2 lines deleted...]
-        <x:v>147</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>556738</x:v>
+        <x:v>605947</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="Q52" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="Q52" s="16" t="s">
+      <x:c r="R52" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="R52" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>605947</x:v>
+        <x:v>559118</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>559118</x:v>
+        <x:v>604036</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>604036</x:v>
+        <x:v>503150</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H55" s="0" t="s">
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="Q55" s="4" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="R55" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="Q55" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>503150</x:v>
+        <x:v>498716</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>177</x:v>
@@ -4976,51 +4976,51 @@
       <x:c r="L60" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>501026</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
@@ -5058,81 +5058,81 @@
         <x:v>552727</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>547098</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
@@ -5179,51 +5179,51 @@
         <x:v>604743</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>208</x:v>
@@ -5382,51 +5382,51 @@
       <x:c r="G67" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>604037</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
@@ -5747,98 +5747,98 @@
       <x:c r="L73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>502046</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>548411</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
@@ -5888,139 +5888,139 @@
         <x:v>552859</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>494754</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>547599</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6180,81 +6180,81 @@
       <x:c r="S80" s="14" t="n">
         <x:v>552769</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>600501</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
@@ -6420,51 +6420,51 @@
       <x:c r="S84" s="14" t="n">
         <x:v>604231</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
@@ -6562,63 +6562,63 @@
       <x:c r="G87" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>503611</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>176</x:v>
@@ -6635,105 +6635,105 @@
       <x:c r="L88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>501938</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>547099</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6917,51 +6917,51 @@
       <x:c r="G93" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>548363</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
@@ -6990,72 +6990,72 @@
       <x:c r="L94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>502307</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
@@ -7129,112 +7129,112 @@
       <x:c r="S96" s="14" t="n">
         <x:v>567845</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>498712</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>225</x:v>
@@ -7526,98 +7526,98 @@
       <x:c r="L103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>503373</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>603130</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
@@ -7758,98 +7758,98 @@
       <x:c r="L107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>503691</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>548362</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
@@ -7877,51 +7877,51 @@
       <x:c r="L109" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>507315</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
@@ -8015,268 +8015,269 @@
         <x:v>603268</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>181</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>600502</x:v>
+        <x:v>603131</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H113" s="0" t="s">
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>603131</x:v>
+        <x:v>507321</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>507321</x:v>
+        <x:v>567844</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>567844</x:v>
+        <x:v>600502</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
@@ -8291,96 +8292,96 @@
       <x:c r="L116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>503526</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>548410</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
@@ -8407,51 +8408,51 @@
       <x:c r="L118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>503261</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -8487,75 +8488,75 @@
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>488073</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
@@ -9386,75 +9387,75 @@
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>488072</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
@@ -9665,75 +9666,75 @@
       <x:c r="T140" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>583755</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
@@ -10340,366 +10341,366 @@
       <x:c r="S152" s="14" t="n">
         <x:v>592998</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>592978</x:v>
+        <x:v>615950</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
-        <x:v>160</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
-      <x:c r="E154" s="14" t="s"/>
-      <x:c r="F154" s="14" t="s"/>
+      <x:c r="E154" s="14" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="F154" s="14" t="s">
+        <x:v>250</x:v>
+      </x:c>
       <x:c r="G154" s="14" t="s">
-        <x:v>313</x:v>
-[...1 lines deleted...]
-      <x:c r="H154" s="14" t="s"/>
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="H154" s="14" t="s">
+        <x:v>252</x:v>
+      </x:c>
       <x:c r="I154" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="Q154" s="16" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="R154" s="14" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="S154" s="14" t="n">
+        <x:v>583844</x:v>
+      </x:c>
+      <x:c r="T154" s="16" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="U154" s="16" t="s">
         <x:v>313</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
+      <x:c r="E155" s="0" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="F155" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="H155" s="0" t="s">
+        <x:v>252</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>615950</x:v>
+        <x:v>583845</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
-        <x:v>67</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
-      <x:c r="E156" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E156" s="14" t="s"/>
+      <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>251</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>583844</x:v>
+        <x:v>592978</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
-      <x:c r="E157" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>251</x:v>
-[...2 lines deleted...]
-        <x:v>252</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>583845</x:v>
+        <x:v>592987</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>493586</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
@@ -10857,193 +10858,193 @@
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>557450</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>557469</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>566299</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>557473</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
@@ -11134,414 +11135,414 @@
       <x:c r="R166" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>494742</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>557471</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>543643</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>557470</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>553799</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>543642</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>557474</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>493585</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11550,590 +11551,592 @@
         <x:v>167</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>548193</x:v>
+        <x:v>603118</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>548397</x:v>
+        <x:v>548193</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>181</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>547080</x:v>
+        <x:v>548397</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H177" s="0" t="s">
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>548260</x:v>
+        <x:v>600487</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>548346</x:v>
+        <x:v>503223</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="H179" s="0" t="s">
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>503223</x:v>
+        <x:v>604710</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>604710</x:v>
+        <x:v>547080</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>603118</x:v>
+        <x:v>548260</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>181</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>600487</x:v>
+        <x:v>548346</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>503109</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
         <x:v>176</x:v>
@@ -12195,63 +12198,63 @@
       <x:c r="G185" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>503580</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
@@ -12326,289 +12329,288 @@
       <x:c r="L187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>502271</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>167</x:v>
-[...1 lines deleted...]
-      <x:c r="H188" s="14" t="s"/>
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H188" s="14" t="s">
+        <x:v>193</x:v>
+      </x:c>
       <x:c r="I188" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>603951</x:v>
+        <x:v>498685</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>503322</x:v>
+        <x:v>604029</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>604029</x:v>
+        <x:v>503322</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>181</x:v>
-[...2 lines deleted...]
-        <x:v>182</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>498685</x:v>
+        <x:v>603951</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
@@ -12620,51 +12622,51 @@
       <x:c r="L192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>503486</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>129</x:v>
       </x:c>