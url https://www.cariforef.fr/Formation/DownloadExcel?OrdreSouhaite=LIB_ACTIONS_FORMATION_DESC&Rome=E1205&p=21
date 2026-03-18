--- v0 (2026-03-18)
+++ v1 (2026-03-18)
@@ -569,125 +569,125 @@
   <x:si>
     <x:t>Titre professionnel concepteur designer UI (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Performa</x:t>
   </x:si>
   <x:si>
     <x:t>83520</x:t>
   </x:si>
   <x:si>
     <x:t>Performa - Antenne Saint Raphaël</x:t>
   </x:si>
   <x:si>
     <x:t>83700</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Escial Académie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Aleo Innovation</x:t>
   </x:si>
   <x:si>
     <x:t>13770</x:t>
   </x:si>
   <x:si>
+    <x:t>12/10/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/07/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alpes Développement Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Belmont</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTFAVET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icademie Editions - Antenne Bouc Bel Air</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOUC-BEL-AIR</x:t>
+  </x:si>
+  <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/10/2025 00:00:00</x:t>
-[...58 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel concepteur designer UI - CCP 3 : réaliser, améliorer et animer des sites web</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel concepteur designer UI - CCP 2 : contribuer à la gestion et au suivi d'un projet de communication numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel concepteur designer UI - CCP 1 : concevoir les éléments graphiques d'une interface et de supports de communication</x:t>
   </x:si>
   <x:si>
     <x:t>12/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel concepteur designer UI</x:t>
@@ -2522,105 +2522,105 @@
   <x:si>
     <x:t>SUP'DE COM</x:t>
   </x:si>
   <x:si>
     <x:t>IFC Provence</x:t>
   </x:si>
   <x:si>
     <x:t>IDRAC BS</x:t>
   </x:si>
   <x:si>
     <x:t>06310</x:t>
   </x:si>
   <x:si>
     <x:t>09/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de communication (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Canva</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BUT spécialité métiers du multimédia et de l'internet parcours stratégie de communication numérique et design d'expérience (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université de Toulon - IUT La Garde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité métiers du multimédia et de l'internet parcours stratégie de communication numérique et design d'expérience</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE DE TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité métiers du multimédia et de l'internet parcours développement web et dispositifs interactifs (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Architecture orientée services</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité métiers du multimédia et de l'internet parcours développement web et dispositifs interactifs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité métiers du multimédia et de l'internet parcours création numérique (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité métiers du multimédia et de l'internet parcours création numérique</x:t>
-  </x:si>
-[...52 lines deleted...]
-    <x:t>BUT spécialité métiers du multimédia et de l'internet parcours création numérique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Bootstrap 5</x:t>
   </x:si>
   <x:si>
     <x:t>Framework Bootstrap</x:t>
   </x:si>
   <x:si>
     <x:t>BMA spécialité arts graphiques option B : décor peint (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Signalétique enseigne</x:t>
   </x:si>
@@ -6977,614 +6977,615 @@
       <x:c r="T64" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="R65" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="S65" s="0" t="n">
+        <x:v>560943</x:v>
+      </x:c>
+      <x:c r="T65" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="R65" s="0" t="s">
+      <x:c r="U65" s="4" t="s">
         <x:v>168</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>119</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>546921</x:v>
+        <x:v>553777</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>553777</x:v>
+        <x:v>509841</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>509841</x:v>
+        <x:v>599570</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="H69" s="0" t="s">
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>599570</x:v>
+        <x:v>495524</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>175</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>495524</x:v>
+        <x:v>569991</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>569991</x:v>
+        <x:v>553488</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>553488</x:v>
+        <x:v>608627</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>608627</x:v>
+        <x:v>553774</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>188</x:v>
-[...1 lines deleted...]
-      <x:c r="H74" s="14" t="s"/>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H74" s="14" t="s">
+        <x:v>120</x:v>
+      </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>560943</x:v>
+        <x:v>546921</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -9782,258 +9783,258 @@
       <x:c r="R114" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>601117</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>615571</x:v>
+        <x:v>571756</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>571756</x:v>
+        <x:v>583489</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>583489</x:v>
+        <x:v>601115</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>601115</x:v>
+        <x:v>615571</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -23690,206 +23691,206 @@
       <x:c r="S372" s="14" t="n">
         <x:v>554178</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>627</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>37662</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="E373" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>601660</x:v>
+        <x:v>601680</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>37662</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>601680</x:v>
+        <x:v>554153</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>37662</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="E375" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>554153</x:v>
+        <x:v>601660</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
-        <x:v>507</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>37662</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
@@ -28791,57 +28792,57 @@
       <x:c r="K466" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>554165</x:v>
+        <x:v>601675</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>627</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
         <x:v>39240</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="E467" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -28907,57 +28908,57 @@
       <x:c r="K468" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
-        <x:v>601675</x:v>
+        <x:v>554165</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>627</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
         <x:v>39240</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="E469" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -31384,142 +31385,142 @@
         <x:v>549696</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
         <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s"/>
       <x:c r="I512" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K512" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
-        <x:v>549695</x:v>
+        <x:v>549728</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="E513" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
-        <x:v>549728</x:v>
+        <x:v>549695</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="C514" s="15" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>494</x:v>
@@ -31713,157 +31714,157 @@
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
         <x:v>581534</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
         <x:v>778</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
-        <x:v>274</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s"/>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s"/>
       <x:c r="I518" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K518" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
-        <x:v>499</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
-        <x:v>593232</x:v>
+        <x:v>574074</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="G519" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
-        <x:v>574074</x:v>
+        <x:v>593232</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
         <x:v>38018</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s"/>
       <x:c r="I520" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s">
@@ -32172,216 +32173,216 @@
       </x:c>
       <x:c r="O525" s="0" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
         <x:v>578602</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
         <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
-        <x:v>789</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
         <x:v>38018</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s"/>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
-        <x:v>88</x:v>
-[...1 lines deleted...]
-      <x:c r="H526" s="14" t="s"/>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="H526" s="14" t="s">
+        <x:v>66</x:v>
+      </x:c>
       <x:c r="I526" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K526" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L526" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M526" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
-        <x:v>574456</x:v>
+        <x:v>615683</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
-        <x:v>791</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="C527" s="3" t="n">
         <x:v>38018</x:v>
       </x:c>
       <x:c r="D527" s="3" t="s"/>
       <x:c r="G527" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I527" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J527" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
-        <x:v>579002</x:v>
+        <x:v>574456</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
-        <x:v>792</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
-        <x:v>786</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>38018</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s"/>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
-        <x:v>65</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H528" s="14" t="s"/>
       <x:c r="I528" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K528" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L528" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M528" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O528" s="14" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="P528" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
-        <x:v>615683</x:v>
+        <x:v>579002</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
-        <x:v>788</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="C529" s="3" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D529" s="3" t="s"/>
       <x:c r="E529" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="H529" s="0" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="I529" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
@@ -32685,51 +32686,51 @@
       <x:c r="L534" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
         <x:v>560009</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
         <x:v>807</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="G535" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="H535" s="0" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
@@ -33300,1057 +33301,1055 @@
       </x:c>
       <x:c r="O545" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
         <x:v>576454</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="C546" s="15" t="n">
-        <x:v>35501</x:v>
+        <x:v>35500</x:v>
       </x:c>
       <x:c r="D546" s="15" t="s"/>
-      <x:c r="E546" s="14" t="s"/>
+      <x:c r="E546" s="14" t="s">
+        <x:v>115</x:v>
+      </x:c>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="H546" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="I546" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K546" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
-        <x:v>46081</x:v>
+        <x:v>24223</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
-        <x:v>433</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
-        <x:v>575984</x:v>
+        <x:v>556135</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>822</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>818</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="C547" s="3" t="n">
         <x:v>35500</x:v>
       </x:c>
       <x:c r="D547" s="3" t="s"/>
       <x:c r="E547" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="H547" s="0" t="s">
         <x:v>819</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>820</x:v>
       </x:c>
       <x:c r="I547" s="4" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
         <x:v>24223</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
+        <x:v>820</x:v>
+      </x:c>
+      <x:c r="Q547" s="4" t="s">
         <x:v>821</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>822</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
-        <x:v>556135</x:v>
+        <x:v>602561</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
         <x:v>823</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
-        <x:v>818</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="C548" s="15" t="n">
         <x:v>35500</x:v>
       </x:c>
       <x:c r="D548" s="15" t="s"/>
       <x:c r="E548" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="H548" s="14" t="s">
         <x:v>819</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>820</x:v>
       </x:c>
       <x:c r="I548" s="16" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K548" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M548" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
         <x:v>24223</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
+        <x:v>820</x:v>
+      </x:c>
+      <x:c r="Q548" s="16" t="s">
         <x:v>821</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>822</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
         <x:v>454251</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
         <x:v>825</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
-        <x:v>818</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="C549" s="3" t="n">
         <x:v>35500</x:v>
       </x:c>
       <x:c r="D549" s="3" t="s"/>
-      <x:c r="E549" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G549" s="0" t="s">
-        <x:v>819</x:v>
-[...2 lines deleted...]
-        <x:v>820</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="J549" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="L549" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M549" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N549" s="3" t="n">
         <x:v>24223</x:v>
       </x:c>
       <x:c r="O549" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="P549" s="0" t="s">
-        <x:v>821</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="Q549" s="4" t="s">
-        <x:v>822</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R549" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S549" s="0" t="n">
-        <x:v>602561</x:v>
+        <x:v>596794</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
-        <x:v>826</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
-        <x:v>827</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="C550" s="15" t="n">
         <x:v>35500</x:v>
       </x:c>
       <x:c r="D550" s="15" t="s"/>
       <x:c r="E550" s="14" t="s"/>
       <x:c r="F550" s="14" t="s"/>
       <x:c r="G550" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H550" s="14" t="s"/>
       <x:c r="I550" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="J550" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K550" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="L550" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M550" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N550" s="15" t="n">
         <x:v>24223</x:v>
       </x:c>
       <x:c r="O550" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="P550" s="14" t="s">
-        <x:v>828</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="Q550" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="R550" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
-        <x:v>596794</x:v>
+        <x:v>596795</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
-        <x:v>827</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="C551" s="3" t="n">
-        <x:v>35500</x:v>
+        <x:v>35502</x:v>
       </x:c>
       <x:c r="D551" s="3" t="s"/>
+      <x:c r="E551" s="0" t="s">
+        <x:v>115</x:v>
+      </x:c>
       <x:c r="G551" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="H551" s="0" t="s">
+        <x:v>819</x:v>
       </x:c>
       <x:c r="I551" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J551" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="L551" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M551" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N551" s="3" t="n">
-        <x:v>24223</x:v>
+        <x:v>31018</x:v>
       </x:c>
       <x:c r="O551" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="P551" s="0" t="s">
-        <x:v>828</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
-        <x:v>822</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
-        <x:v>596795</x:v>
+        <x:v>454246</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>825</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
-        <x:v>829</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="C552" s="15" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D552" s="15" t="s"/>
       <x:c r="E552" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="H552" s="14" t="s">
         <x:v>819</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>820</x:v>
       </x:c>
       <x:c r="I552" s="16" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K552" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
-        <x:v>830</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
+        <x:v>820</x:v>
+      </x:c>
+      <x:c r="Q552" s="16" t="s">
         <x:v>821</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>822</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
-        <x:v>454246</x:v>
+        <x:v>602560</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
-        <x:v>831</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
-        <x:v>825</x:v>
+        <x:v>823</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="C553" s="3" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="E553" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="H553" s="0" t="s">
         <x:v>819</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>820</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="J553" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L553" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
+        <x:v>820</x:v>
+      </x:c>
+      <x:c r="Q553" s="4" t="s">
         <x:v>821</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>822</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
-        <x:v>602560</x:v>
+        <x:v>513899</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
-        <x:v>826</x:v>
+        <x:v>832</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
-        <x:v>829</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="C554" s="15" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D554" s="15" t="s"/>
       <x:c r="E554" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F554" s="14" t="s"/>
       <x:c r="G554" s="14" t="s">
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="H554" s="14" t="s">
         <x:v>819</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>820</x:v>
       </x:c>
       <x:c r="I554" s="16" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="J554" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K554" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L554" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M554" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N554" s="15" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O554" s="14" t="s">
-        <x:v>830</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="P554" s="14" t="s">
+        <x:v>820</x:v>
+      </x:c>
+      <x:c r="Q554" s="16" t="s">
         <x:v>821</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>822</x:v>
       </x:c>
       <x:c r="R554" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S554" s="14" t="n">
-        <x:v>513899</x:v>
+        <x:v>556125</x:v>
       </x:c>
       <x:c r="T554" s="16" t="s">
-        <x:v>832</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
-        <x:v>833</x:v>
+        <x:v>822</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="C555" s="3" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D555" s="3" t="s"/>
-      <x:c r="E555" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G555" s="0" t="s">
-        <x:v>819</x:v>
-[...2 lines deleted...]
-        <x:v>820</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="I555" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="J555" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
+        <x:v>827</x:v>
+      </x:c>
+      <x:c r="Q555" s="4" t="s">
         <x:v>821</x:v>
       </x:c>
-      <x:c r="Q555" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R555" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
-        <x:v>556125</x:v>
+        <x:v>596793</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
-        <x:v>823</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
-        <x:v>834</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="C556" s="15" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s"/>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s"/>
       <x:c r="I556" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="J556" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K556" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
-        <x:v>830</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
-        <x:v>828</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
-        <x:v>822</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
-        <x:v>596793</x:v>
+        <x:v>596792</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
-        <x:v>35502</x:v>
+        <x:v>35501</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
+      <x:c r="E557" s="0" t="s">
+        <x:v>115</x:v>
+      </x:c>
       <x:c r="G557" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="H557" s="0" t="s">
+        <x:v>819</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
-        <x:v>31018</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
-        <x:v>828</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
-        <x:v>596792</x:v>
+        <x:v>556124</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>822</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
-        <x:v>835</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
         <x:v>35501</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="H558" s="14" t="s">
         <x:v>819</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>820</x:v>
       </x:c>
       <x:c r="I558" s="16" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K558" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
+        <x:v>820</x:v>
+      </x:c>
+      <x:c r="Q558" s="16" t="s">
         <x:v>821</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>822</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
-        <x:v>556124</x:v>
+        <x:v>454245</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
-        <x:v>823</x:v>
+        <x:v>825</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
         <x:v>35501</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="E559" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="H559" s="0" t="s">
         <x:v>819</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>820</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
+        <x:v>820</x:v>
+      </x:c>
+      <x:c r="Q559" s="4" t="s">
         <x:v>821</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>822</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
-        <x:v>454245</x:v>
+        <x:v>602557</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
-        <x:v>824</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
-        <x:v>825</x:v>
+        <x:v>823</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
-        <x:v>835</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
         <x:v>35501</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="H560" s="14" t="s">
         <x:v>819</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>820</x:v>
       </x:c>
       <x:c r="I560" s="16" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K560" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
+        <x:v>820</x:v>
+      </x:c>
+      <x:c r="Q560" s="16" t="s">
         <x:v>821</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>822</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
-        <x:v>602557</x:v>
+        <x:v>510676</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
-        <x:v>826</x:v>
+        <x:v>832</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="C561" s="3" t="n">
         <x:v>35501</x:v>
       </x:c>
       <x:c r="D561" s="3" t="s"/>
-      <x:c r="E561" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G561" s="0" t="s">
-        <x:v>819</x:v>
-[...2 lines deleted...]
-        <x:v>820</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="J561" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
+        <x:v>827</x:v>
+      </x:c>
+      <x:c r="Q561" s="4" t="s">
         <x:v>821</x:v>
       </x:c>
-      <x:c r="Q561" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R561" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
-        <x:v>510676</x:v>
+        <x:v>596791</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
-        <x:v>832</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
-        <x:v>833</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
-        <x:v>274</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
-        <x:v>817</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C562" s="15" t="n">
         <x:v>35501</x:v>
       </x:c>
       <x:c r="D562" s="15" t="s"/>
       <x:c r="E562" s="14" t="s"/>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
-        <x:v>388</x:v>
-[...1 lines deleted...]
-      <x:c r="H562" s="14" t="s"/>
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="H562" s="14" t="s">
+        <x:v>359</x:v>
+      </x:c>
       <x:c r="I562" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="J562" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K562" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
-        <x:v>828</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
-        <x:v>822</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
-        <x:v>596791</x:v>
+        <x:v>575984</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>817</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
         <x:v>35501</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="G563" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
         <x:v>46081</x:v>
@@ -34360,85 +34359,85 @@
       </x:c>
       <x:c r="P563" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
         <x:v>596790</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
-        <x:v>817</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C564" s="15" t="n">
         <x:v>35501</x:v>
       </x:c>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s"/>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H564" s="14" t="s"/>
       <x:c r="I564" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="J564" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K564" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
-        <x:v>828</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
         <x:v>596789</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="C565" s="3" t="s"/>
@@ -36110,51 +36109,51 @@
       <x:c r="L596" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M596" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N596" s="15" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O596" s="14" t="s">
         <x:v>883</x:v>
       </x:c>
       <x:c r="P596" s="14" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="Q596" s="16" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="R596" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S596" s="14" t="n">
         <x:v>498663</x:v>
       </x:c>
       <x:c r="T596" s="16" t="s">
-        <x:v>832</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="U596" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:21">
       <x:c r="A597" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="C597" s="3" t="n">
         <x:v>37232</x:v>
       </x:c>
       <x:c r="D597" s="3" t="s"/>
       <x:c r="E597" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="H597" s="0" t="s">
         <x:v>882</x:v>
       </x:c>
@@ -36170,51 +36169,51 @@
       <x:c r="L597" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M597" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N597" s="3" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O597" s="0" t="s">
         <x:v>883</x:v>
       </x:c>
       <x:c r="P597" s="0" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="Q597" s="4" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="R597" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S597" s="0" t="n">
         <x:v>452328</x:v>
       </x:c>
       <x:c r="T597" s="4" t="s">
-        <x:v>831</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="U597" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:21">
       <x:c r="A598" s="13" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B598" s="14" t="s">
         <x:v>884</x:v>
       </x:c>
       <x:c r="C598" s="15" t="n">
         <x:v>37232</x:v>
       </x:c>
       <x:c r="D598" s="15" t="s"/>
       <x:c r="E598" s="14" t="s"/>
       <x:c r="F598" s="14" t="s"/>
       <x:c r="G598" s="14" t="s">
         <x:v>885</x:v>
       </x:c>
       <x:c r="H598" s="14" t="s"/>
       <x:c r="I598" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
@@ -36508,51 +36507,51 @@
       <x:c r="L603" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M603" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N603" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O603" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="P603" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="Q603" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R603" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S603" s="0" t="n">
         <x:v>514673</x:v>
       </x:c>
       <x:c r="T603" s="4" t="s">
-        <x:v>832</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="U603" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:21">
       <x:c r="A604" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B604" s="14" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C604" s="15" t="n">
         <x:v>38472</x:v>
       </x:c>
       <x:c r="D604" s="15" t="s"/>
       <x:c r="E604" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F604" s="14" t="s"/>
       <x:c r="G604" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H604" s="14" t="s"/>
       <x:c r="I604" s="16" t="s">
@@ -36627,51 +36626,51 @@
       <x:c r="M605" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N605" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O605" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="P605" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="Q605" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R605" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S605" s="0" t="n">
         <x:v>608564</x:v>
       </x:c>
       <x:c r="T605" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U605" s="4" t="s">
-        <x:v>823</x:v>
+        <x:v>822</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:21">
       <x:c r="A606" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B606" s="14" t="s">
         <x:v>895</x:v>
       </x:c>
       <x:c r="C606" s="15" t="n">
         <x:v>38472</x:v>
       </x:c>
       <x:c r="D606" s="15" t="s"/>
       <x:c r="E606" s="14" t="s"/>
       <x:c r="F606" s="14" t="s"/>
       <x:c r="G606" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H606" s="14" t="s"/>
       <x:c r="I606" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="J606" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
@@ -36681,51 +36680,51 @@
       <x:c r="L606" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M606" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N606" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O606" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="P606" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q606" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R606" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S606" s="14" t="n">
         <x:v>514604</x:v>
       </x:c>
       <x:c r="T606" s="16" t="s">
-        <x:v>832</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="U606" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:21">
       <x:c r="A607" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>895</x:v>
       </x:c>
       <x:c r="C607" s="3" t="n">
         <x:v>38472</x:v>
       </x:c>
       <x:c r="D607" s="3" t="s"/>
       <x:c r="G607" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="H607" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="I607" s="4" t="s">
         <x:v>367</x:v>
       </x:c>