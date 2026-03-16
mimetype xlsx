--- v0 (2026-03-16)
+++ v1 (2026-03-16)
@@ -545,87 +545,87 @@
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
+    <x:t>07/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/23/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Découverte de la LSF N1</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
@@ -2061,139 +2061,139 @@
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>575707</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>40098</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>592393</x:v>
+        <x:v>592392</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>40098</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>592392</x:v>
+        <x:v>592393</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>39263</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
@@ -4706,117 +4706,117 @@
       <x:c r="J64" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="S64" s="14" t="n">
+        <x:v>576094</x:v>
+      </x:c>
+      <x:c r="T64" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="S64" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="S65" s="0" t="n">
+        <x:v>576051</x:v>
+      </x:c>
+      <x:c r="T65" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="S65" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
@@ -4825,111 +4825,111 @@
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>576094</x:v>
+        <x:v>576096</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>576088</x:v>
+        <x:v>576104</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
@@ -4938,349 +4938,349 @@
       <x:c r="J68" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>576164</x:v>
+        <x:v>576120</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>576177</x:v>
+        <x:v>576126</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>576051</x:v>
+        <x:v>576164</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>576096</x:v>
+        <x:v>576177</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>576104</x:v>
+        <x:v>576163</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>576120</x:v>
+        <x:v>576167</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
@@ -5289,57 +5289,57 @@
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>576126</x:v>
+        <x:v>576088</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>