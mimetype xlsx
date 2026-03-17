--- v1 (2026-03-17)
+++ v2 (2026-03-17)
@@ -368,75 +368,75 @@
   <x:si>
     <x:t>BTSA ACS'AGRI : analyse, conduite et stratégie de l'entreprise agricole option transition agricole dans les territoires métropolitains (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Environnement agriculture</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Carmejane</x:t>
   </x:si>
   <x:si>
     <x:t>04510</x:t>
   </x:si>
   <x:si>
     <x:t>LE CHAFFAUT-SAINT-JURSON</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Carpentras</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
+    <x:t>Sport 4.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PERTUIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maison Familiale et Rurale du Canton de Lambesc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAMBESC</x:t>
+  </x:si>
+  <x:si>
     <x:t>Miramas Formation - Cfa Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>LAMBESC</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA ACS'AGRI : analyse, conduite et stratégie de l'entreprise agricole option transition agricole dans les territoires métropolitains</x:t>
   </x:si>
   <x:si>
     <x:t>LA L Giraud</x:t>
   </x:si>
   <x:si>
     <x:t>84208</x:t>
   </x:si>
   <x:si>
     <x:t>LA Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13148</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Auxiliaire spécialisé vétérinaire (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut des Métiers de la Filière Animale - Esav Institut Bonaparte</x:t>
   </x:si>
@@ -1595,87 +1595,87 @@
       <x:c r="S10" s="14" t="n">
         <x:v>549652</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>36936</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>21022</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>496428</x:v>
+        <x:v>516901</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>36936</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>73</x:v>
@@ -1692,117 +1692,117 @@
       <x:c r="K12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>21022</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>549863</x:v>
+        <x:v>496428</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>36936</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>21022</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>516901</x:v>
+        <x:v>549863</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>36936</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>84</x:v>
@@ -2134,380 +2134,378 @@
         <x:v>549868</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>99</x:v>
-[...1 lines deleted...]
-      <x:c r="H20" s="14" t="s"/>
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="H20" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="I20" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>554250</x:v>
+        <x:v>605828</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>73</x:v>
-[...2 lines deleted...]
-        <x:v>74</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>605828</x:v>
+        <x:v>546877</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="H22" s="14" t="s"/>
+      <x:c r="H22" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>546877</x:v>
+        <x:v>558679</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="H23" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>558679</x:v>
+        <x:v>554250</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>605497</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>599636</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>