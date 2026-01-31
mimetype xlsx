--- v0 (2026-01-30)
+++ v1 (2026-01-31)
@@ -335,63 +335,63 @@
   <x:si>
     <x:t>Master mention géographie, aménagement, environnement et développement parcours géomatique et modélisation spatiale</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences de la mer</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>Biologie marine</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX 09</x:t>
   </x:si>
   <x:si>
+    <x:t>13288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 09</x:t>
+  </x:si>
+  <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de la mer parcours océanographie biologique et écologie marine</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de la mer parcours océanographie physique et biogéochimique</x:t>
   </x:si>
   <x:si>
     <x:t>Opérateur de drone en photogrammétrie</x:t>
   </x:si>
   <x:si>
     <x:t>Drone Up Academy</x:t>
   </x:si>
   <x:si>
     <x:t>31620</x:t>
   </x:si>
   <x:si>
     <x:t>Photo interprétation</x:t>
   </x:si>
@@ -1629,141 +1629,141 @@
       <x:c r="R12" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>592056</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>39194</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>592057</x:v>
+        <x:v>592058</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>39194</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>592058</x:v>
+        <x:v>592057</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>39194</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -1970,195 +1970,195 @@
       <x:c r="R18" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>595492</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38563</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>595493</x:v>
+        <x:v>595495</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38563</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>595494</x:v>
+        <x:v>595493</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38563</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>595495</x:v>
+        <x:v>595494</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38563</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">