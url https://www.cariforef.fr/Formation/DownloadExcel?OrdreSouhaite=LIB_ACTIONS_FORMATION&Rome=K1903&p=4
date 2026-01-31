--- v0 (2026-01-31)
+++ v1 (2026-01-31)
@@ -302,83 +302,83 @@
   <x:si>
     <x:t>Certificat de compétence conseil en droit social appliqué à l'entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
   </x:si>
   <x:si>
     <x:t>CNAM</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Certificat de formation à l'expertise judiciaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut d'Etudes Politiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IEP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Droit judiciaire privé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Certificat de Formation à l'Expertise judiciaire</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut d'Etudes Politiques</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>classe préparatoire économie et gestion option économie, droit et gestion (ENS Rennes D1), 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Stanislas</x:t>
   </x:si>
   <x:si>
     <x:t>06008</x:t>
   </x:si>
   <x:si>
     <x:t>Économie</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>13395</x:t>
@@ -404,68 +404,68 @@
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>Marché public</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Constituer son dossier d'appel d'offres</x:t>
   </x:si>
   <x:si>
     <x:t>Formapack</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Créer son entreprise dans l'achat revente de biens immobiliers (marchand de biens)</x:t>
   </x:si>
   <x:si>
+    <x:t>12/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/08/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Délégué à la protection des données (DPO)</x:t>
   </x:si>
   <x:si>
     <x:t>La Plateforme Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Règlement général protection données</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Délégué à la protection des données (DPO) (Apprentissage)</x:t>
@@ -1154,60 +1154,60 @@
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Répondez aux appels d’offre numériques</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Conjoint collaborateur d'artisan , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Dématérialisation marché public</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE- 8e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Répondre à mon premier appel d'offre public - de la théorie à la pratique dans le domaine de la formation professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>Nova</x:t>
   </x:si>
@@ -2302,188 +2302,188 @@
         <x:v>75</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>13266</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>590135</x:v>
+        <x:v>616139</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>13266</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>590298</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>13266</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>616139</x:v>
+        <x:v>590135</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="U13" s="4" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s"/>
       <x:c r="K14" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
@@ -2996,100 +2996,100 @@
       <x:c r="K24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>13286</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>615538</x:v>
+        <x:v>615539</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>13286</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>615539</x:v>
+        <x:v>615537</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>24</x:v>
@@ -3098,51 +3098,51 @@
       <x:c r="K26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>13286</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>615537</x:v>
+        <x:v>615538</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>40652</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
@@ -8076,141 +8076,141 @@
       <x:c r="R114" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>595446</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>36113</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>13231</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>595445</x:v>
+        <x:v>595447</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>36113</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>13231</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>595447</x:v>
+        <x:v>595445</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>36113</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
@@ -8419,204 +8419,203 @@
       <x:c r="R120" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>576320</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>591990</x:v>
+        <x:v>591992</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>249</x:v>
-[...1 lines deleted...]
-      <x:c r="H122" s="14" t="s"/>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="H122" s="14" t="s">
+        <x:v>175</x:v>
+      </x:c>
       <x:c r="I122" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>591992</x:v>
+        <x:v>598413</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>174</x:v>
-[...2 lines deleted...]
-        <x:v>175</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>598413</x:v>
+        <x:v>591990</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -10983,109 +10982,109 @@
         <x:v>358</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>13210</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>611414</x:v>
+        <x:v>611417</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>13210</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="S167" s="0" t="n">
+        <x:v>611414</x:v>
+      </x:c>
+      <x:c r="T167" s="4" t="s">
         <x:v>363</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
@@ -11626,103 +11625,103 @@
       <x:c r="L178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>610982</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>21081</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>579468</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>