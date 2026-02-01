--- v0 (2026-02-01)
+++ v1 (2026-02-01)
@@ -569,56 +569,56 @@
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>Droit du travail appliqué</x:t>
   </x:si>
   <x:si>
     <x:t>Dc Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2018 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2030 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
     <x:t>VILLENEUVE-LOUBET</x:t>
   </x:si>
   <x:si>
-    <x:t>TOULON</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Droit et achat des images et deviser une prestation</x:t>
   </x:si>
   <x:si>
     <x:t>Droit auteur</x:t>
   </x:si>
   <x:si>
     <x:t>DU DESU droit du sport</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion sport</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>DU droit fiscal</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
@@ -716,74 +716,74 @@
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>Politique publique</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention droit</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention droit bancaire et financier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Droit affaires</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit bancaire et financier (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de la Banque</x:t>
   </x:si>
   <x:si>
     <x:t>ESBANQUE</x:t>
   </x:si>
   <x:si>
     <x:t>92000</x:t>
   </x:si>
   <x:si>
-    <x:t>Droit affaires</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention droit bancaire et financier</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention droit bancaire et financier parcours droit de la banque et des opérations patrimoniales (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de la Banque - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit bancaire et financier parcours droit de la banque et gestion de patrimoine (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit bancaire et financier parcours procédures bancaires et marché des professionnels (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>master mention droit de la santé</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit de la santé parcours droit de la santé et encadrement de la recherche</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit de la santé parcours droit et gestion des institutions en santé (Contrat de Professionnalisation)</x:t>
@@ -1109,62 +1109,62 @@
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation au concours de greffier</x:t>
   </x:si>
   <x:si>
     <x:t>LEX-ELAN</x:t>
   </x:si>
   <x:si>
     <x:t>13510</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Cadre demandeur d'emploi , Demandeur d'emploi , Licencié pour motif économique</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation examen concours</x:t>
   </x:si>
   <x:si>
     <x:t>EGUILLES</x:t>
   </x:si>
   <x:si>
+    <x:t>02/11/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/11/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation Pré-CAPA</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Répondez aux appels d’offre numériques</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
@@ -1172,102 +1172,102 @@
   <x:si>
     <x:t>Artisan , Conjoint collaborateur d'artisan , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Dématérialisation marché public</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/02/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Répondre à mon premier appel d'offre public - de la théorie à la pratique dans le domaine de la formation professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>Nova</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>Savoir répondre à un appel d'offre</x:t>
   </x:si>
   <x:si>
     <x:t>Sécuriser ses pratiques numériques (cyber sécurité / RGPD)</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>LES ARCS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>LES ARCS</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">S'installer en société </x:t>
   </x:si>
   <x:si>
     <x:t>Chambre Départementale d'Agriculture du Var</x:t>
   </x:si>
   <x:si>
     <x:t>83006</x:t>
   </x:si>
   <x:si>
     <x:t>Droit rural</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
@@ -4158,51 +4158,51 @@
       <x:c r="K45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>13222</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>177061</x:v>
+        <x:v>177060</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>161</x:v>
@@ -4211,51 +4211,51 @@
       <x:c r="K46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>13222</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>177060</x:v>
+        <x:v>177061</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>
@@ -4362,51 +4362,51 @@
       <x:c r="I49" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>13354</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>614588</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -4969,373 +4969,373 @@
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>597266</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B61" s="0" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38170</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>217</x:v>
-[...2 lines deleted...]
-        <x:v>218</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>572393</x:v>
+        <x:v>597439</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>38170</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>597439</x:v>
+        <x:v>597440</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38170</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="H63" s="0" t="s">
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>597440</x:v>
+        <x:v>572393</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>38170</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>542131</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38170</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>581229</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>38170</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>581230</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
@@ -5427,51 +5427,51 @@
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>576300</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38194</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
@@ -5714,51 +5714,51 @@
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>576302</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>36761</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -6553,51 +6553,51 @@
       <x:c r="J88" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>580564</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -6683,51 +6683,51 @@
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>576309</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>26</x:v>
@@ -6958,51 +6958,51 @@
       <x:c r="J95" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>571231</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
@@ -7204,51 +7204,51 @@
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>581247</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -7334,57 +7334,57 @@
         <x:v>581248</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
@@ -7755,51 +7755,51 @@
         <x:v>38197</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>597465</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
@@ -7814,51 +7814,51 @@
       <x:c r="G110" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>581249</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
@@ -7871,51 +7871,51 @@
       <x:c r="G111" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>576315</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
@@ -7930,51 +7930,51 @@
       <x:c r="G112" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>576316</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
@@ -7987,51 +7987,51 @@
       <x:c r="G113" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>576317</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
@@ -8077,141 +8077,141 @@
       <x:c r="R114" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>595446</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>36113</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>13231</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>595447</x:v>
+        <x:v>595445</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>36113</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>13231</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>595445</x:v>
+        <x:v>595447</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>36113</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
@@ -8453,222 +8453,222 @@
       <x:c r="J121" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>598413</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>591992</x:v>
+        <x:v>591990</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>591990</x:v>
+        <x:v>591991</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>591991</x:v>
+        <x:v>591992</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -9440,51 +9440,51 @@
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>597447</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38206</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>26</x:v>
@@ -10567,51 +10567,51 @@
       <x:c r="J158" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>587480</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -10729,153 +10729,153 @@
       <x:c r="K161" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>15073</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>615180</x:v>
+        <x:v>566938</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>15073</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>615183</x:v>
+        <x:v>615180</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>15073</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>566938</x:v>
+        <x:v>615183</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>342</x:v>
@@ -11092,109 +11092,109 @@
         <x:v>358</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>13210</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="S168" s="14" t="n">
+        <x:v>611414</x:v>
+      </x:c>
+      <x:c r="T168" s="16" t="s">
         <x:v>367</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>13210</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>611414</x:v>
+        <x:v>611417</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
@@ -11353,268 +11353,268 @@
       <x:c r="I173" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>610983</x:v>
+        <x:v>610985</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>380</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>610984</x:v>
+        <x:v>610982</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>610985</x:v>
+        <x:v>610987</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>610982</x:v>
+        <x:v>610986</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>610987</x:v>
+        <x:v>610983</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
@@ -11622,54 +11622,54 @@
         <x:v>358</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>610986</x:v>
+        <x:v>610984</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>25</x:v>