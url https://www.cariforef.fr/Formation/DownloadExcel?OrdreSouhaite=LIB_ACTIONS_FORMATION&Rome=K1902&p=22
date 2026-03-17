--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -302,167 +302,167 @@
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Le Cours Messidoro - Pigier</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation en contrat de pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Assistant juridique (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Privé du Para-Médical</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IPAM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>permanente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Secrétariat assistanat juridique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Privé du Para-Médical - Antenne Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Assistant juridique</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>INEAD-ESMAC</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
-    <x:t>permanente</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
-    <x:t>Secrétariat assistanat juridique</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/29/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation en contrat de pro</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Assistant juridique (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>01/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>06250</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
+    <x:t>02/28/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/07/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/28/2027 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assistante juridique</x:t>
   </x:si>
   <x:si>
     <x:t>Ajfr</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Particulier, individuel , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
@@ -485,65 +485,65 @@
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Collaborateur juriste notarial</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
+    <x:t>07/28/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée H d'Estienne d'Orves</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 1</x:t>
+  </x:si>
+  <x:si>
     <x:t>INFN</x:t>
   </x:si>
   <x:si>
-    <x:t>07/28/2028 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée V Hugo</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>IFC</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Jean</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
@@ -557,152 +557,152 @@
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Beaussier</x:t>
   </x:si>
   <x:si>
     <x:t>83512</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>BTS collaborateur juriste notarial (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Aurlom Prépa</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
     <x:t>Aurlom Prépa - Antenne Nice</x:t>
   </x:si>
   <x:si>
+    <x:t>Greta-Cfa Marseille Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Général et Technologique Victor Hugo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sciences-U Lyon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Académie du Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACAMAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FREJUS</x:t>
+  </x:si>
+  <x:si>
     <x:t>Institut Libre d'Etudes Commerciales Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>Cfd</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Greta-Cfa Marseille Méditerranée</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>Igpepm - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>Ism Fénélon</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National des Formations Notariales - Antenne d'Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Liberté Formation - Iscae</x:t>
   </x:si>
   <x:si>
     <x:t>Académie du Management - Antenne Cannes</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maestris - Groupe Eductive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92100</x:t>
+  </x:si>
+  <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Maestris - Groupe Eductive</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>capacité en droit</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Droit</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
@@ -836,65 +836,65 @@
   <x:si>
     <x:t xml:space="preserve">diplôme d'études supérieures de notariat </x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>DU DESU droit du sport</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion sport</x:t>
   </x:si>
   <x:si>
     <x:t>EJM Expertise Judicaire Maritime</x:t>
   </x:si>
   <x:si>
     <x:t>Hsce</x:t>
   </x:si>
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>SANARY-SUR-MER</x:t>
   </x:si>
   <x:si>
+    <x:t>licence mention droit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention droit</x:t>
   </x:si>
   <x:si>
-    <x:t>Bac + 3 et 4</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention activités juridiques : assistant juridique</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention activités juridiques : assistant juridique parcours métier du droit de l'assurance</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention activités juridiques : assistant juridique parcours métier du droit et de la justice</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention activités juridiques : assistant juridique parcours métier du droit et du chiffre</x:t>
@@ -902,123 +902,123 @@
   <x:si>
     <x:t>Licence pro mention activités juridiques : métiers du droit de l'immobilier (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCIMP</x:t>
   </x:si>
   <x:si>
     <x:t>13221</x:t>
   </x:si>
   <x:si>
     <x:t>Droit immobilier</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (St Sébasien)</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
+    <x:t>licence pro mention activités juridiques : métiers du droit social</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Droit social</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence pro mention activités juridiques : métiers du droit social</x:t>
   </x:si>
   <x:si>
-    <x:t>Droit social</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>licence pro mention métiers du notariat</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers du notariat parcours comptable taxateur</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers du notariat parcours formaliste</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers du notariat parcours métiers du notariat</x:t>
   </x:si>
   <x:si>
     <x:t>Location meublée de courte durée</x:t>
   </x:si>
   <x:si>
     <x:t>Moya conciergerie Pro</x:t>
   </x:si>
   <x:si>
     <x:t>83110</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi plus de 26 ans , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>master mention administration et liquidation d'entreprises en difficulté</x:t>
   </x:si>
   <x:si>
     <x:t>Droit société</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention administration et liquidation d'entreprises en difficulté parcours entreprises en difficulté</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit</x:t>
   </x:si>
   <x:si>
     <x:t>Politique publique</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention droit</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention droit bancaire et financier</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention droit bancaire et financier (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de la Banque</x:t>
   </x:si>
   <x:si>
     <x:t>ESBANQUE</x:t>
   </x:si>
   <x:si>
     <x:t>92000</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>master mention droit bancaire et financier</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit bancaire et financier parcours droit de la banque et des opérations patrimoniales (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de la Banque - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit bancaire et financier parcours droit de la banque et gestion de patrimoine (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit bancaire et financier parcours procédures bancaires et marché des professionnels (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>master mention droit de l'environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Droit environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit de l'environnement parcours droit de la transition environnementale</x:t>
   </x:si>
@@ -2277,845 +2277,845 @@
       <x:c r="K9" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>35047</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>508729</x:v>
+        <x:v>545998</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>37345</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>35047</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>499872</x:v>
+        <x:v>508729</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>37345</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>35047</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>545998</x:v>
+        <x:v>499872</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>77</x:v>
-[...1 lines deleted...]
-      <x:c r="C12" s="15" t="s"/>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C12" s="15" t="n">
+        <x:v>40249</x:v>
+      </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
-        <x:v>80</x:v>
-[...1 lines deleted...]
-      <x:c r="J12" s="14" t="s"/>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="J12" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>521677</x:v>
+        <x:v>576238</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>87</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>47</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>576238</x:v>
+        <x:v>521677</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
-        <x:v>40249</x:v>
+        <x:v>36389</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>97</x:v>
-[...1 lines deleted...]
-      <x:c r="H14" s="14" t="s"/>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="H14" s="14" t="s">
+        <x:v>80</x:v>
+      </x:c>
       <x:c r="I14" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>603606</x:v>
+        <x:v>546657</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>40249</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="Q15" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="R15" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="S15" s="0" t="n">
+        <x:v>579346</x:v>
+      </x:c>
+      <x:c r="T15" s="4" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="U15" s="4" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>40249</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>599791</x:v>
+        <x:v>599789</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>40249</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>579343</x:v>
+        <x:v>603606</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>40249</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>88</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>599789</x:v>
+        <x:v>603607</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>40249</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="H19" s="0" t="s">
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>579346</x:v>
+        <x:v>599791</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>36389</x:v>
+        <x:v>40249</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>88</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>546657</x:v>
+        <x:v>579343</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>40249</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>599790</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>39768</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>587810</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>39768</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>581455</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
@@ -3214,318 +3214,318 @@
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>507650</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>126</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>138</x:v>
-[...1 lines deleted...]
-      <x:c r="H26" s="14" t="s"/>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H26" s="14" t="s">
+        <x:v>136</x:v>
+      </x:c>
       <x:c r="I26" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>596463</x:v>
+        <x:v>608348</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>608348</x:v>
+        <x:v>554786</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>135</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>554786</x:v>
+        <x:v>596457</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>596457</x:v>
+        <x:v>596463</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>596456</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
@@ -3803,431 +3803,431 @@
       <x:c r="B36" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>552269</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>607860</x:v>
+        <x:v>547690</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>601691</x:v>
+        <x:v>607300</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="I39" s="4" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="Q39" s="4" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="R39" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="S39" s="0" t="n">
+        <x:v>536151</x:v>
+      </x:c>
+      <x:c r="T39" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="Q39" s="4" t="s">
-[...8 lines deleted...]
-      <x:c r="T39" s="4" t="s">
+      <x:c r="U39" s="4" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>159</x:v>
-[...1 lines deleted...]
-      <x:c r="H40" s="14" t="s"/>
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s">
+        <x:v>172</x:v>
+      </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>607300</x:v>
+        <x:v>599420</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="H41" s="0" t="s">
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>536151</x:v>
+        <x:v>607860</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="H42" s="14" t="s">
+      <x:c r="H42" s="14" t="s"/>
+      <x:c r="I42" s="16" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="R42" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="R42" s="14" t="s">
+      <x:c r="S42" s="14" t="n">
+        <x:v>601691</x:v>
+      </x:c>
+      <x:c r="T42" s="16" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
@@ -4265,91 +4265,91 @@
         <x:v>549207</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>550656</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -4381,986 +4381,986 @@
         <x:v>566746</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>536145</x:v>
+        <x:v>536143</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>187</x:v>
-[...2 lines deleted...]
-        <x:v>138</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>536143</x:v>
+        <x:v>536148</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>536148</x:v>
+        <x:v>517916</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="H49" s="0" t="s">
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>517916</x:v>
+        <x:v>599418</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>176</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>599418</x:v>
+        <x:v>550655</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>515189</x:v>
+        <x:v>545140</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>187</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>549535</x:v>
+        <x:v>608568</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H53" s="0" t="s">
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>559999</x:v>
+        <x:v>556396</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>135</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>608114</x:v>
+        <x:v>559999</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="Q55" s="4" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="R55" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="S55" s="0" t="n">
+        <x:v>515189</x:v>
+      </x:c>
+      <x:c r="T55" s="4" t="s">
         <x:v>169</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>181</x:v>
-[...1 lines deleted...]
-      <x:c r="H56" s="14" t="s"/>
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="H56" s="14" t="s">
+        <x:v>142</x:v>
+      </x:c>
       <x:c r="I56" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>606942</x:v>
+        <x:v>549535</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>545140</x:v>
+        <x:v>608114</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>193</x:v>
-[...1 lines deleted...]
-      <x:c r="H58" s="14" t="s"/>
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="H58" s="14" t="s">
+        <x:v>163</x:v>
+      </x:c>
       <x:c r="I58" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>608568</x:v>
+        <x:v>536147</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>556396</x:v>
+        <x:v>536145</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>171</x:v>
-[...1 lines deleted...]
-      <x:c r="H60" s="14" t="s"/>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="H60" s="14" t="s">
+        <x:v>147</x:v>
+      </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>550655</x:v>
+        <x:v>536137</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>146</x:v>
-[...2 lines deleted...]
-        <x:v>147</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>536137</x:v>
+        <x:v>606942</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>129</x:v>
@@ -5410,103 +5410,103 @@
         <x:v>158</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>517236</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
@@ -5516,84 +5516,84 @@
       <x:c r="S64" s="14" t="n">
         <x:v>599421</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>556086</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>36685</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -5980,54 +5980,54 @@
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>590512</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -6051,51 +6051,51 @@
         <x:v>232</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>595632</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>232</x:v>
@@ -6202,51 +6202,51 @@
       <x:c r="I77" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>595636</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
@@ -6393,54 +6393,54 @@
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>41134</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>13266</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>617101</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
@@ -6452,236 +6452,236 @@
       <x:c r="B82" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>41134</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>13266</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>602654</x:v>
+        <x:v>602651</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>41134</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>13266</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>602655</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>41134</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>13266</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>602651</x:v>
+        <x:v>602654</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>39262</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>597498</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>39262</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
@@ -6781,313 +6781,311 @@
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>13266</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>585407</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>216</x:v>
-[...2 lines deleted...]
-        <x:v>217</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="S89" s="0" t="n">
+        <x:v>597419</x:v>
+      </x:c>
+      <x:c r="T89" s="4" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="U89" s="4" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>597419</x:v>
+        <x:v>597421</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="H91" s="0" t="s">
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>597421</x:v>
+        <x:v>576294</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>216</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>576292</x:v>
+        <x:v>597425</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>49</x:v>
@@ -7100,493 +7098,495 @@
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>576293</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>597425</x:v>
+        <x:v>597422</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>216</x:v>
-[...2 lines deleted...]
-        <x:v>217</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>576291</x:v>
+        <x:v>597423</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>597793</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>587478</x:v>
+        <x:v>576292</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
-        <x:v>126</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>205</x:v>
-[...1 lines deleted...]
-      <x:c r="H98" s="14" t="s"/>
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="H98" s="14" t="s">
+        <x:v>262</x:v>
+      </x:c>
       <x:c r="I98" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>597422</x:v>
+        <x:v>587478</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="H99" s="0" t="s">
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>597423</x:v>
+        <x:v>576291</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>597420</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>597424</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>40292</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
@@ -7893,159 +7893,160 @@
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>549372</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>40988</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>261</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>13234</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>609284</x:v>
+        <x:v>592798</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>40988</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="H109" s="0" t="s">
+        <x:v>262</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>13234</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>592798</x:v>
+        <x:v>609284</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>40070</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
@@ -8257,78 +8258,78 @@
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>618337</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38201</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
@@ -8424,424 +8425,425 @@
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>38158</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>611986</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>38158</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>597266</x:v>
+        <x:v>597267</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>38158</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>597267</x:v>
+        <x:v>597266</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
-        <x:v>86</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38170</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>296</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>572393</x:v>
+        <x:v>597440</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38170</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="H121" s="0" t="s">
+        <x:v>298</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>597439</x:v>
+        <x:v>572393</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38170</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>597440</x:v>
+        <x:v>597439</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38170</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>542131</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
-        <x:v>86</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38170</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -8856,51 +8858,51 @@
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>581229</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38170</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
@@ -9143,51 +9145,51 @@
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>576302</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
-        <x:v>86</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>36761</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -9755,51 +9757,51 @@
       <x:c r="J140" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>580564</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
@@ -9885,51 +9887,51 @@
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>576309</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>27</x:v>
@@ -10160,60 +10162,60 @@
       <x:c r="J147" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>571231</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
@@ -10406,51 +10408,51 @@
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>581247</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
-        <x:v>86</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -10536,90 +10538,90 @@
         <x:v>581248</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>542134</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
@@ -11049,84 +11051,84 @@
       <x:c r="R162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>581249</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38206</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>13274</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>597446</x:v>
+        <x:v>597447</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>38197</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
@@ -11367,51 +11369,51 @@
       <x:c r="J168" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>598413</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
@@ -11636,51 +11638,51 @@
         <x:v>354</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>38158</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>576298</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
@@ -11695,51 +11697,51 @@
       <x:c r="C174" s="15" t="n">
         <x:v>38158</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>576299</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
@@ -12138,153 +12140,153 @@
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>576327</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38206</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>13274</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>597447</x:v>
+        <x:v>597446</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>38206</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>13274</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>606792</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
-        <x:v>86</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>38206</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -12679,54 +12681,54 @@
       <x:c r="I191" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>597453</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
@@ -13813,54 +13815,54 @@
       <x:c r="I211" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>597247</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
@@ -14048,51 +14050,51 @@
       <x:c r="J215" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>587480</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">