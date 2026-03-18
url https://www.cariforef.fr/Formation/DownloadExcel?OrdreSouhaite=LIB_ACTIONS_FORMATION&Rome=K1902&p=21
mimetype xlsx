--- v0 (2026-03-18)
+++ v1 (2026-03-18)
@@ -701,81 +701,81 @@
   <x:si>
     <x:t>13628</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
+    <x:t>Univ. de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE DE TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Capacité en droit</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté de Droit et Science Politique</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de compétence droit des affaires</x:t>
   </x:si>
   <x:si>
     <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
   </x:si>
   <x:si>
     <x:t>CNAM</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>Sans niveau spécifique</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Droit affaires</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
@@ -5841,160 +5841,159 @@
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>592209</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>39823</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="I71" s="4" t="s">
         <x:v>211</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>213</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>576289</x:v>
+        <x:v>592208</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
-        <x:v>126</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>39823</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="H72" s="14" t="s"/>
+      <x:c r="H72" s="14" t="s">
+        <x:v>217</x:v>
+      </x:c>
       <x:c r="I72" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="Q72" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="Q72" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R72" s="14" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="S72" s="14" t="n">
+        <x:v>576289</x:v>
+      </x:c>
+      <x:c r="T72" s="16" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="U72" s="16" t="s">
         <x:v>220</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>226</x:v>
@@ -6821,320 +6820,320 @@
       <x:c r="R88" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>585407</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>576292</x:v>
+        <x:v>576293</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>576293</x:v>
+        <x:v>576294</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="I91" s="4" t="s">
         <x:v>211</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>213</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>576294</x:v>
+        <x:v>597422</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>597422</x:v>
+        <x:v>597423</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
+      <x:c r="H93" s="0" t="s">
+        <x:v>217</x:v>
+      </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="Q93" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="Q93" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>597423</x:v>
+        <x:v>576292</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
@@ -7332,93 +7331,93 @@
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>597425</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>576291</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
@@ -7667,209 +7666,209 @@
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>592405</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>40292</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>580890</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>40292</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>580614</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>40292</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>580615</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>30038</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
@@ -7902,82 +7901,82 @@
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>549372</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>40988</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>13234</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>592798</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>40988</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
@@ -8071,209 +8070,209 @@
       <x:c r="R110" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>592301</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>40070</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>580915</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>40070</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>580917</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>40070</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>580916</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
@@ -8353,93 +8352,93 @@
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>595448</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38201</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>13262</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>576297</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>38158</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
@@ -8807,150 +8806,150 @@
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>542131</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38170</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>581229</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38170</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>581230</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>36761</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
@@ -8978,268 +8977,268 @@
       <x:c r="R126" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>596279</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>36761</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>12518</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>576301</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>36761</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>12518</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>581233</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>36761</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>12518</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>576302</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>36761</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>12518</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>581232</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
@@ -9266,82 +9265,82 @@
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>597437</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>597438</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
@@ -9488,266 +9487,266 @@
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>597436</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>581239</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>581240</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>576305</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>576307</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
@@ -9777,384 +9776,384 @@
       <x:c r="R140" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>580564</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>576308</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>576309</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>581235</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>581241</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>581242</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>581243</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
@@ -10184,382 +10183,382 @@
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>571231</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>581245</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>581246</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>576310</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>581247</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>581234</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>581248</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>299</x:v>
@@ -10591,93 +10590,93 @@
       <x:c r="R154" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>542134</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>576311</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>38172</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
@@ -10761,209 +10760,209 @@
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>597445</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>38172</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>576312</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38172</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>576313</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>38172</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>576314</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>38197</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
@@ -10990,314 +10989,314 @@
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>597465</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>38197</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>581249</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38197</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>576315</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>38197</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>576316</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38197</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>576317</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>591990</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
@@ -11446,266 +11445,266 @@
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>591992</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>576321</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>576322</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>38158</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>576298</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>38158</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>576299</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38200</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
@@ -11733,384 +11732,384 @@
       <x:c r="R174" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>597450</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>38200</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>576323</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38200</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>581250</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>38200</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>576324</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>38200</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>576325</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>38200</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>576326</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>38200</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>576327</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38206</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
@@ -12251,325 +12250,325 @@
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>597446</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>38206</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>13274</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>581236</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38206</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>13274</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>581251</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>38206</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>13274</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>576329</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38206</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>13274</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>576328</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>38206</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>13274</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>576330</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
@@ -12651,138 +12650,138 @@
       <x:c r="R190" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>597452</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>597453</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>597456</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
@@ -12929,546 +12928,546 @@
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>597455</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>576331</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>576332</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>576333</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>581252</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>576334</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>581253</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>576335</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>576336</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>38160</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>13234</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>597459</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38160</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
@@ -13504,93 +13503,93 @@
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>597460</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>38160</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>13234</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>581254</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>38171</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
@@ -13617,93 +13616,93 @@
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>597255</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>38171</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>13087</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>576337</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
@@ -13730,320 +13729,320 @@
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>597245</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>597247</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>597246</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>580924</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>576338</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>576341</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
@@ -14073,93 +14072,93 @@
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>587480</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>580925</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>49</x:v>