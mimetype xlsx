--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -191,60 +191,60 @@
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assistance de partie dans le cadre d’une expertise judiciaire civile</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Formation des Experts Maritimes et Fluviaux</x:t>
   </x:si>
   <x:si>
     <x:t>CFEMF</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Profession libérale</x:t>
   </x:si>
   <x:si>
     <x:t>Droit judiciaire privé</x:t>
   </x:si>
   <x:si>
     <x:t>LE CANNET-DES-MAURES</x:t>
   </x:si>
   <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/20/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Clerc assistant</x:t>
   </x:si>
   <x:si>
     <x:t>Exxea</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
@@ -1218,51 +1218,51 @@
       <x:c r="K3" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>13266</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>621870</x:v>
+        <x:v>621871</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C4" s="15" t="s"/>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -1273,51 +1273,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>13266</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>621871</x:v>
+        <x:v>621870</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>41134</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -3248,160 +3248,159 @@
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>591992</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>64</x:v>
-[...1 lines deleted...]
-      <x:c r="H40" s="14" t="s"/>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>591991</x:v>
+        <x:v>598413</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>98</x:v>
-[...2 lines deleted...]
-        <x:v>99</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>598413</x:v>
+        <x:v>591991</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">